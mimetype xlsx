--- v0 (2025-10-09)
+++ v1 (2025-11-08)
@@ -155,59 +155,59 @@
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>Projectes: instal·lacions/intervencions 19961974</t>
   </si>
   <si>
     <t>Proyectos [1971-1998]</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Adhesivo]</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
   </si>
   <si>
     <t>Aller/Retour. Citoyenneté et déplacements</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
+    <t>On Translation: Warning (Ciudad Real) [Imán]</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
   </si>
   <si>
-    <t>Ciudad Real</t>
-[...4 lines deleted...]
-  <si>
     <t>Stadium XV</t>
   </si>
   <si>
     <t>On Translation: Fortune Cookies</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Dérive Veneziane: The Edition [con vídeo]</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Dérive Veneziane: The Edition</t>
   </si>
   <si>
     <t>Finisterre: The Edition, 2018</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana: The Edition, 2018</t>
@@ -221,87 +221,159 @@
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
     <t>Contexto</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
     <t>Gestes II</t>
   </si>
   <si>
     <t>Complicado [Puzzle]</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
+    <t>Sensorial Way</t>
+  </si>
+  <si>
+    <t>Stadium IX</t>
+  </si>
+  <si>
+    <t>Berlín</t>
+  </si>
+  <si>
+    <t>Wörter: Der Pressekonferenzraum</t>
+  </si>
+  <si>
+    <t>Munich</t>
+  </si>
+  <si>
+    <t>La Televisión</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación II</t>
+  </si>
+  <si>
+    <t>Piano Táctil</t>
+  </si>
+  <si>
+    <t>Stadium I</t>
+  </si>
+  <si>
+    <t>Banff</t>
+  </si>
+  <si>
+    <t>Fear, Panic, Terror</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Polución Audiovisual</t>
+  </si>
+  <si>
+    <t>Marseille: Mythes et Stéréotypes</t>
+  </si>
+  <si>
+    <t>Worte: Die Pressekonferenz</t>
+  </si>
+  <si>
+    <t>Innsbruck</t>
+  </si>
+  <si>
+    <t>Diálogo [Caja de Luz]</t>
+  </si>
+  <si>
+    <t>On Translation: Die Sammlung</t>
+  </si>
+  <si>
+    <t>Dortmund, Stuttgart</t>
+  </si>
+  <si>
+    <t>Columna de Materiales</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Stadium II</t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
+    <t>Espacio / Situación</t>
+  </si>
+  <si>
     <t>Propuesta Mori's Form</t>
   </si>
   <si>
     <t>Los Angeles (CA)</t>
   </si>
   <si>
     <t>ICI/Maintenant</t>
   </si>
   <si>
     <t>Verbas: A sala de prensa</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>haute CULTURE I</t>
   </si>
   <si>
     <t>Montpellier, Valencia</t>
   </si>
   <si>
     <t>Proyectos [1974-2004]</t>
   </si>
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
     <t>Cámara Subsensorial</t>
   </si>
   <si>
     <t>Stadium III</t>
   </si>
   <si>
     <t>Birmingham</t>
   </si>
   <si>
-    <t>On Translation: Pille, 2006-2014</t>
+    <t>On Translation: Pille</t>
   </si>
   <si>
     <t>China, Seúl, Japón</t>
   </si>
   <si>
     <t>Informació d'Art Concepte 1973 a Banyoles</t>
   </si>
   <si>
     <t>Banyoles</t>
   </si>
   <si>
     <t>La Siesta / The Nap / Het Dutje</t>
   </si>
   <si>
     <t>Amsterdam</t>
   </si>
   <si>
     <t>Palabras: la conferencia de prensa</t>
   </si>
   <si>
     <t>Exposición [Madrid]</t>
   </si>
   <si>
     <t>Stadium XII [Hommage to the Audience]</t>
   </si>
@@ -510,122 +582,50 @@
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
   <si>
     <t>Palavras: Sala de imprensa</t>
   </si>
   <si>
     <t>Dos Colors</t>
   </si>
   <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
   <si>
     <t>Manipulables</t>
   </si>
   <si>
     <t>Words: The Press Conference Room [1991]</t>
   </si>
   <si>
     <t>Indianapolis (IN)</t>
   </si>
   <si>
     <t>Tactile Box</t>
-  </si>
-[...70 lines deleted...]
-    <t>Espacio / Situación</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1736,1463 +1736,1463 @@
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
         <v>2012</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>68</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>69</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
         <v>1972</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1994</v>
+        <v>1993</v>
       </c>
       <c r="E47"/>
-      <c r="F47"/>
+      <c r="F47" t="s">
+        <v>71</v>
+      </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>72</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>73</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>74</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1983</v>
-[...3 lines deleted...]
-      </c>
+        <v>1980</v>
+      </c>
+      <c r="E49"/>
       <c r="F49" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E50"/>
+        <v>1998</v>
+      </c>
+      <c r="E50">
+        <v>2005</v>
+      </c>
       <c r="F50" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
         <v>1971</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
         <v>1989</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="E53"/>
       <c r="F53" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>84</v>
+        <v>35</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
+        <v>1992</v>
+      </c>
+      <c r="E55">
         <v>1995</v>
       </c>
-      <c r="E55"/>
       <c r="F55" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2004</v>
+        <v>1993</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1985</v>
+        <v>1980</v>
       </c>
       <c r="E57">
-        <v>1987</v>
+        <v>2012</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
+        <v>2003</v>
+      </c>
+      <c r="E58">
         <v>2006</v>
       </c>
-      <c r="E58"/>
       <c r="F58" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
         <v>1971</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>2016</v>
+        <v>1975</v>
       </c>
       <c r="E61"/>
-      <c r="F61"/>
+      <c r="F61" t="s">
+        <v>25</v>
+      </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E63"/>
-      <c r="F63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F63"/>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1995</v>
+      </c>
+      <c r="E64"/>
       <c r="F64" t="s">
-        <v>25</v>
+        <v>97</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1987</v>
-[...1 lines deleted...]
-      <c r="E65"/>
+        <v>1983</v>
+      </c>
+      <c r="E65">
+        <v>1985</v>
+      </c>
       <c r="F65" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
         <v>1971</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E69"/>
+        <v>2006</v>
+      </c>
+      <c r="E69">
+        <v>2014</v>
+      </c>
       <c r="F69" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
         <v>1973</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>109</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>25</v>
+        <v>110</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>112</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
+        <v>1985</v>
+      </c>
+      <c r="E73">
         <v>1987</v>
       </c>
-      <c r="E73"/>
-      <c r="F73"/>
+      <c r="F73" t="s">
+        <v>25</v>
+      </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>113</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>114</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>115</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>9</v>
+        <v>116</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E77"/>
-      <c r="F77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F77"/>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E78"/>
       <c r="F78" t="s">
-        <v>120</v>
+        <v>25</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>121</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>122</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>123</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1997</v>
-[...1 lines deleted...]
-      <c r="E80"/>
+        <v>1991</v>
+      </c>
+      <c r="E80">
+        <v>2017</v>
+      </c>
       <c r="F80" t="s">
-        <v>124</v>
+        <v>25</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
         <v>1987</v>
       </c>
-      <c r="E81">
-[...1 lines deleted...]
-      </c>
+      <c r="E81"/>
       <c r="F81" t="s">
-        <v>25</v>
+        <v>125</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>126</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>9</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>129</v>
+        <v>22</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>130</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>2017</v>
+        <v>1973</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>9</v>
+        <v>131</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
         <v>1973</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>132</v>
+        <v>22</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>63</v>
+        <v>133</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>1991</v>
+        <v>1998</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>25</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>1980</v>
+        <v>1993</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>25</v>
+        <v>135</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1978</v>
+        <v>1987</v>
       </c>
       <c r="E89"/>
-      <c r="F89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F89"/>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>1973</v>
+        <v>2011</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>22</v>
+        <v>138</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
         <v>1972</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
-        <v>1976</v>
-[...1 lines deleted...]
-      <c r="E94"/>
+        <v>1973</v>
+      </c>
+      <c r="E94">
+        <v>1975</v>
+      </c>
       <c r="F94" t="s">
-        <v>54</v>
+        <v>144</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>1978</v>
-[...4 lines deleted...]
-      <c r="F95"/>
+        <v>1999</v>
+      </c>
+      <c r="E95"/>
+      <c r="F95" t="s">
+        <v>146</v>
+      </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>1973</v>
+        <v>1997</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>22</v>
+        <v>148</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E97"/>
+        <v>1987</v>
+      </c>
+      <c r="E97">
+        <v>1988</v>
+      </c>
       <c r="F97" t="s">
-        <v>114</v>
+        <v>25</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
-        <v>1972</v>
+        <v>2009</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>1992</v>
+        <v>1972</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>146</v>
+        <v>9</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>1978</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="E101"/>
       <c r="F101" t="s">
-        <v>150</v>
+        <v>9</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>2000</v>
+        <v>1973</v>
       </c>
       <c r="E102"/>
-      <c r="F102"/>
+      <c r="F102" t="s">
+        <v>156</v>
+      </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>152</v>
+        <v>63</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>153</v>
+        <v>25</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>2009</v>
+        <v>1980</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>1972</v>
+        <v>1978</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
         <v>22</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106"/>
       <c r="D106">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E106"/>
       <c r="F106" t="s">
-        <v>157</v>
+        <v>22</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107"/>
       <c r="D107">
-        <v>1992</v>
+        <v>1972</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108"/>
       <c r="D108">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>9</v>
+        <v>162</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E109"/>
       <c r="F109" t="s">
-        <v>161</v>
+        <v>25</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>1991</v>
-[...4 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E111">
+        <v>2002</v>
+      </c>
+      <c r="F111"/>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112"/>
       <c r="D112">
         <v>1973</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>22</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>1972</v>
+        <v>2011</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>22</v>
+        <v>138</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>1993</v>
+        <v>1972</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>169</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115"/>
       <c r="D115">
         <v>1992</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>170</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>171</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116"/>
       <c r="D116">
-        <v>1980</v>
+        <v>1992</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>25</v>
+        <v>172</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117"/>
       <c r="D117">
-        <v>1998</v>
+        <v>1978</v>
       </c>
       <c r="E117">
-        <v>2005</v>
+        <v>1979</v>
       </c>
       <c r="F117" t="s">
-        <v>54</v>
+        <v>174</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118"/>
       <c r="D118">
-        <v>1971</v>
+        <v>2000</v>
       </c>
       <c r="E118"/>
-      <c r="F118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F118"/>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119"/>
       <c r="D119">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120"/>
       <c r="D120">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>177</v>
+        <v>9</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121"/>
       <c r="D121">
         <v>1972</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122"/>
       <c r="D122">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="E122">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="F122" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123"/>
       <c r="D123">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>181</v>
+        <v>138</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124"/>
       <c r="D124">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>1979</v>
+      </c>
+      <c r="E124"/>
       <c r="F124" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125"/>
       <c r="D125">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="E125">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="F125" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126"/>
       <c r="D126">
         <v>1971</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>186</v>
+        <v>9</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>187</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127"/>
       <c r="D127">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
         <v>188</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>189</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128"/>
       <c r="D128">
-        <v>1975</v>
+        <v>1973</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G128"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>