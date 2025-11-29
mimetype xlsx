--- v1 (2025-11-08)
+++ v2 (2025-11-29)
@@ -155,59 +155,59 @@
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>Projectes: instal·lacions/intervencions 19961974</t>
   </si>
   <si>
     <t>Proyectos [1971-1998]</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Adhesivo]</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
   </si>
   <si>
     <t>Aller/Retour. Citoyenneté et déplacements</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
+    <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Ciudad Real) [Imán]</t>
   </si>
   <si>
-    <t>Ciudad Real</t>
-[...4 lines deleted...]
-  <si>
     <t>Stadium XV</t>
   </si>
   <si>
     <t>On Translation: Fortune Cookies</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Dérive Veneziane: The Edition [con vídeo]</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Dérive Veneziane: The Edition</t>
   </si>
   <si>
     <t>Finisterre: The Edition, 2018</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana: The Edition, 2018</t>
@@ -221,50 +221,341 @@
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
     <t>Contexto</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
     <t>Gestes II</t>
   </si>
   <si>
     <t>Complicado [Puzzle]</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
+    <t>Propuesta Mori's Form</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>ICI/Maintenant</t>
+  </si>
+  <si>
+    <t>Verbas: A sala de prensa</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>haute CULTURE I</t>
+  </si>
+  <si>
+    <t>Montpellier, Valencia</t>
+  </si>
+  <si>
+    <t>Proyectos [1974-2004]</t>
+  </si>
+  <si>
+    <t>Ciudad de México</t>
+  </si>
+  <si>
+    <t>Cámara Subsensorial</t>
+  </si>
+  <si>
+    <t>Stadium III</t>
+  </si>
+  <si>
+    <t>Birmingham</t>
+  </si>
+  <si>
+    <t>On Translation: Pille</t>
+  </si>
+  <si>
+    <t>China, Seúl, Japón</t>
+  </si>
+  <si>
+    <t>Informació d'Art Concepte 1973 a Banyoles</t>
+  </si>
+  <si>
+    <t>Banyoles</t>
+  </si>
+  <si>
+    <t>La Siesta / The Nap / Het Dutje</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>Palabras: la conferencia de prensa</t>
+  </si>
+  <si>
+    <t>Exposición [Madrid]</t>
+  </si>
+  <si>
+    <t>Stadium XII [Hommage to the Audience]</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>Vacuflex</t>
+  </si>
+  <si>
+    <t>Ibiza</t>
+  </si>
+  <si>
+    <t>Stadium IV</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>On Translation: Abroad</t>
+  </si>
+  <si>
+    <t>Espacio (Acción-Interacción)</t>
+  </si>
+  <si>
+    <t>On Translation: The Games</t>
+  </si>
+  <si>
+    <t>Atlanta (GA)</t>
+  </si>
+  <si>
+    <t>The Press Conference Room-La conferencia de prensa</t>
+  </si>
+  <si>
+    <t>The Board Room</t>
+  </si>
+  <si>
+    <t>Boston (MA)</t>
+  </si>
+  <si>
+    <t>Stadium XIII [Muntadas/Bs.As.]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Homenaje a Picasso</t>
+  </si>
+  <si>
+    <t>Stadium V</t>
+  </si>
+  <si>
+    <t>Proyecto: 4 elementos</t>
+  </si>
+  <si>
+    <t>Sevilla, Valencia</t>
+  </si>
+  <si>
+    <t>Arts Awareness II</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación I</t>
+  </si>
+  <si>
+    <t>Words: The Press Conference Room [1993]</t>
+  </si>
+  <si>
+    <t>Sydney</t>
+  </si>
+  <si>
+    <t>Slogans</t>
+  </si>
+  <si>
+    <t>Stadium XIV [Muntadas. Informação&gt;&gt;Espaço&gt;&gt;Controle]</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>Poema táctil</t>
+  </si>
+  <si>
+    <t>Stadium VI</t>
+  </si>
+  <si>
+    <t>Nueva Orleans (LA)</t>
+  </si>
+  <si>
+    <t>Prohibido Prohibir</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>Stadium X [Intersecciones]</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
+    <t>Mots: La salle de conference de presse</t>
+  </si>
+  <si>
+    <t>Arlés</t>
+  </si>
+  <si>
+    <t>Monumento Genérico</t>
+  </si>
+  <si>
+    <t>On Translation: Paper BP/MVDR</t>
+  </si>
+  <si>
+    <t>Estructura táctil móvil</t>
+  </si>
+  <si>
+    <t>Stadium VII</t>
+  </si>
+  <si>
+    <t>Santa Barbara (CA)</t>
+  </si>
+  <si>
+    <t>Palabras, Palabras…</t>
+  </si>
+  <si>
+    <t>Mensaje</t>
+  </si>
+  <si>
+    <t>Olhos de Água</t>
+  </si>
+  <si>
+    <t>Diálogo [Instalación]</t>
+  </si>
+  <si>
+    <t>Yesterday / Today / Tomorrow</t>
+  </si>
+  <si>
+    <t>About 405 East 13 Street</t>
+  </si>
+  <si>
+    <t>Localización Bolsas</t>
+  </si>
+  <si>
+    <t>Stadium VIII [Muntadas: Trabajos recientes]</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Carteras sin Ministro</t>
+  </si>
+  <si>
+    <t>N / S / E / O</t>
+  </si>
+  <si>
+    <t>On Translation: Sicherheitsvorschriften</t>
+  </si>
+  <si>
+    <t>Presión</t>
+  </si>
+  <si>
+    <t>Alphaville e outros</t>
+  </si>
+  <si>
+    <t>Acción Bolsas (Wall Street)</t>
+  </si>
+  <si>
+    <t>Intervenções: A propósito do público e do privado</t>
+  </si>
+  <si>
+    <t>Porto / Oporto</t>
+  </si>
+  <si>
+    <t>Palavras: A sala de conferencia de imprensa</t>
+  </si>
+  <si>
+    <t>Lisboa</t>
+  </si>
+  <si>
+    <t>Two Landscapes</t>
+  </si>
+  <si>
+    <t>Dayton (OH)</t>
+  </si>
+  <si>
+    <t>On Translation: The Edition</t>
+  </si>
+  <si>
+    <t>Home, Where is Home?</t>
+  </si>
+  <si>
+    <t>Newcastle</t>
+  </si>
+  <si>
+    <t>Mirar Ver Percibir</t>
+  </si>
+  <si>
+    <t>West - Side</t>
+  </si>
+  <si>
+    <t>CEE Project</t>
+  </si>
+  <si>
+    <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
+  </si>
+  <si>
+    <t>Palavras: Sala de imprensa</t>
+  </si>
+  <si>
+    <t>Dos Colors</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Lille</t>
+  </si>
+  <si>
+    <t>Manipulables</t>
+  </si>
+  <si>
+    <t>Words: The Press Conference Room [1991]</t>
+  </si>
+  <si>
+    <t>Indianapolis (IN)</t>
+  </si>
+  <si>
+    <t>Tactile Box</t>
+  </si>
+  <si>
     <t>Sensorial Way</t>
   </si>
   <si>
     <t>Stadium IX</t>
   </si>
   <si>
     <t>Berlín</t>
   </si>
   <si>
     <t>Wörter: Der Pressekonferenzraum</t>
   </si>
   <si>
     <t>Munich</t>
   </si>
   <si>
     <t>La Televisión</t>
   </si>
   <si>
     <t>On Translation: La mesa de negociación II</t>
   </si>
   <si>
     <t>Piano Táctil</t>
   </si>
   <si>
     <t>Stadium I</t>
@@ -291,341 +582,50 @@
     <t>Innsbruck</t>
   </si>
   <si>
     <t>Diálogo [Caja de Luz]</t>
   </si>
   <si>
     <t>On Translation: Die Sammlung</t>
   </si>
   <si>
     <t>Dortmund, Stuttgart</t>
   </si>
   <si>
     <t>Columna de Materiales</t>
   </si>
   <si>
     <t>Vilanova de la Roca</t>
   </si>
   <si>
     <t>Stadium II</t>
   </si>
   <si>
     <t>Manchester</t>
   </si>
   <si>
     <t>Espacio / Situación</t>
-  </si>
-[...289 lines deleted...]
-    <t>Tactile Box</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1736,1463 +1736,1463 @@
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
         <v>2012</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>68</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>69</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
         <v>1972</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="E47"/>
-      <c r="F47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F47"/>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>72</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>73</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>74</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1980</v>
-[...1 lines deleted...]
-      <c r="E49"/>
+        <v>1983</v>
+      </c>
+      <c r="E49">
+        <v>1985</v>
+      </c>
       <c r="F49" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E50"/>
       <c r="F50" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
         <v>1971</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
         <v>1989</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E53"/>
+        <v>2006</v>
+      </c>
+      <c r="E53">
+        <v>2014</v>
+      </c>
       <c r="F53" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E55">
         <v>1995</v>
       </c>
+      <c r="E55"/>
       <c r="F55" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1980</v>
+        <v>1985</v>
       </c>
       <c r="E57">
-        <v>2012</v>
+        <v>1987</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="E58">
         <v>2006</v>
       </c>
+      <c r="E58"/>
       <c r="F58" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
         <v>1971</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1975</v>
+        <v>2016</v>
       </c>
       <c r="E61"/>
-      <c r="F61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F61"/>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>94</v>
+        <v>25</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E63"/>
-      <c r="F63"/>
+      <c r="F63" t="s">
+        <v>98</v>
+      </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E64"/>
+        <v>1991</v>
+      </c>
+      <c r="E64">
+        <v>2017</v>
+      </c>
       <c r="F64" t="s">
-        <v>97</v>
+        <v>25</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1983</v>
-[...3 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="E65"/>
       <c r="F65" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
         <v>1971</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E69"/>
       <c r="F69" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
         <v>1973</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>108</v>
+        <v>22</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>109</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>2004</v>
+        <v>1993</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>112</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1985</v>
-[...1 lines deleted...]
-      <c r="E73">
         <v>1987</v>
       </c>
-      <c r="F73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E73"/>
+      <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>113</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>114</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>115</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>116</v>
+        <v>9</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E77"/>
-      <c r="F77"/>
+      <c r="F77" t="s">
+        <v>48</v>
+      </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E78"/>
+        <v>1973</v>
+      </c>
+      <c r="E78">
+        <v>1975</v>
+      </c>
       <c r="F78" t="s">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>121</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>122</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>123</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1997</v>
+      </c>
+      <c r="E80"/>
       <c r="F80" t="s">
-        <v>25</v>
+        <v>124</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
         <v>1987</v>
       </c>
-      <c r="E81"/>
+      <c r="E81">
+        <v>1988</v>
+      </c>
       <c r="F81" t="s">
-        <v>125</v>
+        <v>25</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>126</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>127</v>
+        <v>9</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>9</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>22</v>
+        <v>129</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>130</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>1973</v>
+        <v>2017</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>131</v>
+        <v>9</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
         <v>1973</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>22</v>
+        <v>132</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>133</v>
+        <v>63</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>1998</v>
+        <v>1991</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>25</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>1993</v>
+        <v>1980</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>135</v>
+        <v>25</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1987</v>
+        <v>1978</v>
       </c>
       <c r="E89"/>
-      <c r="F89"/>
+      <c r="F89" t="s">
+        <v>22</v>
+      </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>2011</v>
+        <v>1973</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>138</v>
+        <v>22</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
         <v>1972</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1976</v>
+      </c>
+      <c r="E94"/>
       <c r="F94" t="s">
-        <v>144</v>
+        <v>54</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>1999</v>
-[...4 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E95">
+        <v>2002</v>
+      </c>
+      <c r="F95"/>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>1997</v>
+        <v>1973</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>148</v>
+        <v>22</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>1987</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E97"/>
       <c r="F97" t="s">
-        <v>25</v>
+        <v>114</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
-        <v>2009</v>
+        <v>1972</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>1972</v>
+        <v>1992</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>9</v>
+        <v>146</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="E101"/>
+        <v>1978</v>
+      </c>
+      <c r="E101">
+        <v>1979</v>
+      </c>
       <c r="F101" t="s">
-        <v>9</v>
+        <v>150</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>1973</v>
+        <v>2000</v>
       </c>
       <c r="E102"/>
-      <c r="F102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F102"/>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>63</v>
+        <v>152</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>25</v>
+        <v>153</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>1980</v>
+        <v>2009</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>1978</v>
+        <v>1972</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
         <v>22</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106"/>
       <c r="D106">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E106"/>
+        <v>1989</v>
+      </c>
+      <c r="E106">
+        <v>1999</v>
+      </c>
       <c r="F106" t="s">
-        <v>22</v>
+        <v>157</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107"/>
       <c r="D107">
-        <v>1972</v>
+        <v>1992</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108"/>
       <c r="D108">
-        <v>1992</v>
+        <v>1979</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>162</v>
+        <v>9</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E109"/>
+        <v>1999</v>
+      </c>
+      <c r="E109">
+        <v>2004</v>
+      </c>
       <c r="F109" t="s">
-        <v>25</v>
+        <v>161</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>1976</v>
+        <v>1971</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>1978</v>
-[...4 lines deleted...]
-      <c r="F111"/>
+        <v>1991</v>
+      </c>
+      <c r="E111"/>
+      <c r="F111" t="s">
+        <v>164</v>
+      </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112"/>
       <c r="D112">
         <v>1973</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>22</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>2011</v>
+        <v>1972</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>138</v>
+        <v>22</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>1972</v>
+        <v>1993</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>22</v>
+        <v>168</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>169</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115"/>
       <c r="D115">
         <v>1992</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>170</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>171</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116"/>
       <c r="D116">
-        <v>1992</v>
+        <v>1980</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>172</v>
+        <v>25</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117"/>
       <c r="D117">
-        <v>1978</v>
+        <v>1998</v>
       </c>
       <c r="E117">
-        <v>1979</v>
+        <v>2005</v>
       </c>
       <c r="F117" t="s">
-        <v>174</v>
+        <v>54</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118"/>
       <c r="D118">
-        <v>2000</v>
+        <v>1971</v>
       </c>
       <c r="E118"/>
-      <c r="F118"/>
+      <c r="F118" t="s">
+        <v>9</v>
+      </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119"/>
       <c r="D119">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120"/>
       <c r="D120">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>9</v>
+        <v>177</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121"/>
       <c r="D121">
         <v>1972</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122"/>
       <c r="D122">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E122">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="F122" t="s">
-        <v>181</v>
+        <v>46</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123"/>
       <c r="D123">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124"/>
       <c r="D124">
-        <v>1979</v>
-[...1 lines deleted...]
-      <c r="E124"/>
+        <v>1980</v>
+      </c>
+      <c r="E124">
+        <v>2012</v>
+      </c>
       <c r="F124" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125"/>
       <c r="D125">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="E125">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="F125" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126"/>
       <c r="D126">
         <v>1971</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>9</v>
+        <v>186</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>187</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127"/>
       <c r="D127">
-        <v>1991</v>
+        <v>1989</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
         <v>188</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>189</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128"/>
       <c r="D128">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G128"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>