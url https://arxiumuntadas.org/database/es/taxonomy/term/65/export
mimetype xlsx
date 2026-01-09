--- v2 (2025-11-29)
+++ v3 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Objeto manufacturado" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>...On vas?</t>
   </si>
   <si>
@@ -155,59 +155,59 @@
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>Projectes: instal·lacions/intervencions 19961974</t>
   </si>
   <si>
     <t>Proyectos [1971-1998]</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Adhesivo]</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
   </si>
   <si>
     <t>Aller/Retour. Citoyenneté et déplacements</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
+    <t>On Translation: Warning (Ciudad Real) [Imán]</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
   </si>
   <si>
-    <t>Ciudad Real</t>
-[...4 lines deleted...]
-  <si>
     <t>Stadium XV</t>
   </si>
   <si>
     <t>On Translation: Fortune Cookies</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Dérive Veneziane: The Edition [con vídeo]</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Dérive Veneziane: The Edition</t>
   </si>
   <si>
     <t>Finisterre: The Edition, 2018</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana: The Edition, 2018</t>
@@ -227,405 +227,414 @@
   <si>
     <t>Contexto</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
     <t>Gestes II</t>
   </si>
   <si>
     <t>Complicado [Puzzle]</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
     <t>Propuesta Mori's Form</t>
   </si>
   <si>
     <t>Los Angeles (CA)</t>
   </si>
   <si>
+    <t>Marseille: Mythes et Stéréotypes</t>
+  </si>
+  <si>
+    <t>Wörter: Der Pressekonferenzraum</t>
+  </si>
+  <si>
+    <t>Munich</t>
+  </si>
+  <si>
+    <t>haute CULTURE I</t>
+  </si>
+  <si>
+    <t>Montpellier, Valencia</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación II</t>
+  </si>
+  <si>
+    <t>Cámara Subsensorial</t>
+  </si>
+  <si>
+    <t>Stadium II</t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
+    <t>Fear, Panic, Terror</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Informació d'Art Concepte 1973 a Banyoles</t>
+  </si>
+  <si>
+    <t>Banyoles</t>
+  </si>
+  <si>
+    <t>Free Trade?</t>
+  </si>
+  <si>
+    <t>Worte: Die Pressekonferenz</t>
+  </si>
+  <si>
+    <t>Innsbruck</t>
+  </si>
+  <si>
+    <t>Exposición [Madrid]</t>
+  </si>
+  <si>
+    <t>On Translation: Die Sammlung</t>
+  </si>
+  <si>
+    <t>Dortmund, Stuttgart</t>
+  </si>
+  <si>
+    <t>Vacuflex</t>
+  </si>
+  <si>
+    <t>Ibiza</t>
+  </si>
+  <si>
+    <t>Stadium III</t>
+  </si>
+  <si>
+    <t>Birmingham</t>
+  </si>
+  <si>
+    <t>Espacio / Situación</t>
+  </si>
+  <si>
+    <t>Espacio (Acción-Interacción)</t>
+  </si>
+  <si>
     <t>ICI/Maintenant</t>
   </si>
   <si>
     <t>Verbas: A sala de prensa</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
-    <t>haute CULTURE I</t>
-[...2 lines deleted...]
-    <t>Montpellier, Valencia</t>
+    <t>The Board Room</t>
+  </si>
+  <si>
+    <t>Boston (MA)</t>
   </si>
   <si>
     <t>Proyectos [1974-2004]</t>
   </si>
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
-    <t>Cámara Subsensorial</t>
-[...5 lines deleted...]
-    <t>Birmingham</t>
+    <t>Homenaje a Picasso</t>
+  </si>
+  <si>
+    <t>Stadium IV</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
   </si>
   <si>
     <t>On Translation: Pille</t>
   </si>
   <si>
     <t>China, Seúl, Japón</t>
   </si>
   <si>
-    <t>Informació d'Art Concepte 1973 a Banyoles</t>
-[...2 lines deleted...]
-    <t>Banyoles</t>
+    <t>Arts Awareness II</t>
   </si>
   <si>
     <t>La Siesta / The Nap / Het Dutje</t>
   </si>
   <si>
     <t>Amsterdam</t>
   </si>
   <si>
     <t>Palabras: la conferencia de prensa</t>
   </si>
   <si>
-    <t>Exposición [Madrid]</t>
+    <t>Slogans</t>
   </si>
   <si>
     <t>Stadium XII [Hommage to the Audience]</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
-    <t>Vacuflex</t>
-[...8 lines deleted...]
-    <t>Vancouver</t>
+    <t>Poema táctil</t>
+  </si>
+  <si>
+    <t>Stadium V</t>
   </si>
   <si>
     <t>On Translation: Abroad</t>
   </si>
   <si>
-    <t>Espacio (Acción-Interacción)</t>
+    <t>Tokio</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
   <si>
     <t>On Translation: The Games</t>
   </si>
   <si>
     <t>Atlanta (GA)</t>
   </si>
   <si>
     <t>The Press Conference Room-La conferencia de prensa</t>
   </si>
   <si>
-    <t>The Board Room</t>
-[...2 lines deleted...]
-    <t>Boston (MA)</t>
+    <t>Natures Mortes Génériques</t>
   </si>
   <si>
     <t>Stadium XIII [Muntadas/Bs.As.]</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
-    <t>Homenaje a Picasso</t>
-[...2 lines deleted...]
-    <t>Stadium V</t>
+    <t>Estructura táctil móvil</t>
+  </si>
+  <si>
+    <t>Stadium VI</t>
+  </si>
+  <si>
+    <t>Nueva Orleans (LA)</t>
   </si>
   <si>
     <t>Proyecto: 4 elementos</t>
   </si>
   <si>
     <t>Sevilla, Valencia</t>
   </si>
   <si>
-    <t>Arts Awareness II</t>
+    <t>Mensaje</t>
+  </si>
+  <si>
+    <t>Olhos de Água</t>
   </si>
   <si>
     <t>On Translation: La mesa de negociación I</t>
   </si>
   <si>
     <t>Words: The Press Conference Room [1993]</t>
   </si>
   <si>
     <t>Sydney</t>
   </si>
   <si>
-    <t>Slogans</t>
+    <t>Monumento Genérico</t>
   </si>
   <si>
     <t>Stadium XIV [Muntadas. Informação&gt;&gt;Espaço&gt;&gt;Controle]</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
-    <t>Poema táctil</t>
-[...5 lines deleted...]
-    <t>Nueva Orleans (LA)</t>
+    <t>Localización Bolsas</t>
+  </si>
+  <si>
+    <t>Stadium VII</t>
+  </si>
+  <si>
+    <t>Santa Barbara (CA)</t>
   </si>
   <si>
     <t>Prohibido Prohibir</t>
   </si>
   <si>
-    <t>Arte ⇄ Vida</t>
-[...2 lines deleted...]
-    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+    <t>N / S / E / O</t>
   </si>
   <si>
     <t>Stadium X [Intersecciones]</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>Mots: La salle de conference de presse</t>
   </si>
   <si>
     <t>Arlés</t>
   </si>
   <si>
-    <t>Monumento Genérico</t>
+    <t>Yesterday / Today / Tomorrow</t>
   </si>
   <si>
     <t>On Translation: Paper BP/MVDR</t>
   </si>
   <si>
-    <t>Estructura táctil móvil</t>
-[...5 lines deleted...]
-    <t>Santa Barbara (CA)</t>
+    <t>Acción Bolsas (Wall Street)</t>
+  </si>
+  <si>
+    <t>Stadium VIII [Muntadas: Trabajos recientes]</t>
+  </si>
+  <si>
+    <t>Valencia</t>
   </si>
   <si>
     <t>Palabras, Palabras…</t>
   </si>
   <si>
-    <t>Mensaje</t>
-[...2 lines deleted...]
-    <t>Olhos de Água</t>
+    <t>Two Landscapes</t>
+  </si>
+  <si>
+    <t>Dayton (OH)</t>
   </si>
   <si>
     <t>Diálogo [Instalación]</t>
   </si>
   <si>
-    <t>Yesterday / Today / Tomorrow</t>
+    <t>Presión</t>
   </si>
   <si>
     <t>About 405 East 13 Street</t>
   </si>
   <si>
-    <t>Localización Bolsas</t>
-[...5 lines deleted...]
-    <t>Valencia</t>
+    <t>West - Side</t>
+  </si>
+  <si>
+    <t>Intervenções: A propósito do público e do privado</t>
+  </si>
+  <si>
+    <t>Porto / Oporto</t>
   </si>
   <si>
     <t>Carteras sin Ministro</t>
   </si>
   <si>
-    <t>N / S / E / O</t>
+    <t>Dos Colors</t>
   </si>
   <si>
     <t>On Translation: Sicherheitsvorschriften</t>
   </si>
   <si>
-    <t>Presión</t>
+    <t>Manipulables</t>
+  </si>
+  <si>
+    <t>Home, Where is Home?</t>
+  </si>
+  <si>
+    <t>Newcastle</t>
   </si>
   <si>
     <t>Alphaville e outros</t>
   </si>
   <si>
-    <t>Acción Bolsas (Wall Street)</t>
-[...5 lines deleted...]
-    <t>Porto / Oporto</t>
+    <t>Sensorial Way</t>
+  </si>
+  <si>
+    <t>CEE Project</t>
+  </si>
+  <si>
+    <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
   <si>
     <t>Palavras: A sala de conferencia de imprensa</t>
   </si>
   <si>
     <t>Lisboa</t>
   </si>
   <si>
-    <t>Two Landscapes</t>
-[...2 lines deleted...]
-    <t>Dayton (OH)</t>
+    <t>La Televisión</t>
   </si>
   <si>
     <t>On Translation: The Edition</t>
   </si>
   <si>
-    <t>Home, Where is Home?</t>
-[...2 lines deleted...]
-    <t>Newcastle</t>
+    <t>Piano Táctil</t>
+  </si>
+  <si>
+    <t>Words: The Press Conference Room [1991]</t>
+  </si>
+  <si>
+    <t>Indianapolis (IN)</t>
   </si>
   <si>
     <t>Mirar Ver Percibir</t>
   </si>
   <si>
-    <t>West - Side</t>
-[...5 lines deleted...]
-    <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
+    <t>Polución Audiovisual</t>
+  </si>
+  <si>
+    <t>Stadium IX</t>
+  </si>
+  <si>
+    <t>Berlín</t>
   </si>
   <si>
     <t>Palavras: Sala de imprensa</t>
   </si>
   <si>
-    <t>Dos Colors</t>
+    <t>Diálogo [Caja de Luz]</t>
   </si>
   <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
   <si>
-    <t>Manipulables</t>
-[...5 lines deleted...]
-    <t>Indianapolis (IN)</t>
+    <t>Columna de Materiales</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Stadium I</t>
+  </si>
+  <si>
+    <t>Banff</t>
   </si>
   <si>
     <t>Tactile Box</t>
-  </si>
-[...70 lines deleted...]
-    <t>Espacio / Situación</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -925,51 +934,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G128"/>
+  <dimension ref="A1:G130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="115" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="153" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1749,1452 +1758,1488 @@
       <c r="A46" t="s">
         <v>69</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
         <v>1972</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>70</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>71</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1994</v>
-[...2 lines deleted...]
-      <c r="F47"/>
+        <v>1992</v>
+      </c>
+      <c r="E47">
+        <v>1995</v>
+      </c>
+      <c r="F47" t="s">
+        <v>46</v>
+      </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>72</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>73</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>74</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
         <v>1983</v>
       </c>
       <c r="E49">
         <v>1985</v>
       </c>
       <c r="F49" t="s">
         <v>75</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>76</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E50"/>
+        <v>1998</v>
+      </c>
+      <c r="E50">
+        <v>2005</v>
+      </c>
       <c r="F50" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
         <v>1971</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>25</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
         <v>1989</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="E53"/>
       <c r="F53" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
         <v>1973</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="E55"/>
-      <c r="F55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2004</v>
+        <v>1993</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
         <v>1985</v>
       </c>
       <c r="E57">
         <v>1987</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
+        <v>2003</v>
+      </c>
+      <c r="E58">
         <v>2006</v>
       </c>
-      <c r="E58"/>
       <c r="F58" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
         <v>1971</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>2016</v>
+        <v>1975</v>
       </c>
       <c r="E61"/>
-      <c r="F61"/>
+      <c r="F61" t="s">
+        <v>25</v>
+      </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
         <v>1971</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E63"/>
-      <c r="F63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F63"/>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1995</v>
+      </c>
+      <c r="E64"/>
       <c r="F64" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
         <v>1987</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
         <v>1971</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
         <v>1990</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>106</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E69"/>
+        <v>2006</v>
+      </c>
+      <c r="E69">
+        <v>2014</v>
+      </c>
       <c r="F69" t="s">
         <v>107</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>108</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
         <v>1973</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>22</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>109</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>25</v>
+        <v>110</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>112</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
         <v>1987</v>
       </c>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>113</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>114</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>115</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
         <v>1972</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>9</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>116</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>117</v>
+        <v>22</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>48</v>
+        <v>118</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>119</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
         <v>1973</v>
       </c>
       <c r="E78">
         <v>1975</v>
       </c>
       <c r="F78" t="s">
         <v>120</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>121</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>122</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>123</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1997</v>
-[...1 lines deleted...]
-      <c r="E80"/>
+        <v>1991</v>
+      </c>
+      <c r="E80">
+        <v>2017</v>
+      </c>
       <c r="F80" t="s">
-        <v>124</v>
+        <v>25</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
         <v>1987</v>
       </c>
       <c r="E81">
         <v>1988</v>
       </c>
       <c r="F81" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>9</v>
+        <v>126</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>127</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
         <v>1972</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>9</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>128</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
         <v>1991</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>129</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>130</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>2017</v>
+        <v>1973</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>9</v>
+        <v>131</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
         <v>1973</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>63</v>
+        <v>134</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>1991</v>
+        <v>1998</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>25</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>1980</v>
+        <v>1993</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>25</v>
+        <v>136</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1978</v>
-[...1 lines deleted...]
-      <c r="E89"/>
+        <v>1987</v>
+      </c>
+      <c r="E89">
+        <v>1988</v>
+      </c>
       <c r="F89" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>1973</v>
+        <v>2011</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>22</v>
+        <v>139</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
         <v>1972</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>22</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
         <v>1976</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>54</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>1978</v>
-[...4 lines deleted...]
-      <c r="F95"/>
+        <v>1999</v>
+      </c>
+      <c r="E95"/>
+      <c r="F95" t="s">
+        <v>146</v>
+      </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>1973</v>
+        <v>1997</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>22</v>
+        <v>148</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>2011</v>
+        <v>1978</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
-        <v>1972</v>
+        <v>2009</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>1992</v>
+        <v>1972</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
         <v>1992</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>1978</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="E101"/>
       <c r="F101" t="s">
-        <v>150</v>
+        <v>9</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>2000</v>
-[...2 lines deleted...]
-      <c r="F102"/>
+        <v>1978</v>
+      </c>
+      <c r="E102">
+        <v>1979</v>
+      </c>
+      <c r="F102" t="s">
+        <v>156</v>
+      </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>152</v>
+        <v>63</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>153</v>
+        <v>25</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>2009</v>
+        <v>1980</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
         <v>22</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106"/>
       <c r="D106">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E106"/>
       <c r="F106" t="s">
-        <v>157</v>
+        <v>22</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107"/>
       <c r="D107">
-        <v>1992</v>
+        <v>1972</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108"/>
       <c r="D108">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>9</v>
+        <v>162</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E109"/>
       <c r="F109" t="s">
-        <v>161</v>
+        <v>25</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>1971</v>
+        <v>1979</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
         <v>9</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>1991</v>
-[...4 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E111">
+        <v>2002</v>
+      </c>
+      <c r="F111"/>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112"/>
       <c r="D112">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>1972</v>
+        <v>1990</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>22</v>
+        <v>168</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>168</v>
+        <v>139</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115"/>
       <c r="D115">
-        <v>1992</v>
+        <v>1972</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>170</v>
+        <v>22</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>171</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116"/>
       <c r="D116">
-        <v>1980</v>
-[...1 lines deleted...]
-      <c r="E116"/>
+        <v>1989</v>
+      </c>
+      <c r="E116">
+        <v>1999</v>
+      </c>
       <c r="F116" t="s">
-        <v>25</v>
+        <v>172</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117"/>
       <c r="D117">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E117"/>
       <c r="F117" t="s">
-        <v>54</v>
+        <v>174</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118"/>
       <c r="D118">
-        <v>1971</v>
+        <v>1980</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119"/>
       <c r="D119">
-        <v>1989</v>
+        <v>2000</v>
       </c>
       <c r="E119"/>
-      <c r="F119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F119"/>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120"/>
       <c r="D120">
-        <v>2010</v>
+        <v>1971</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>177</v>
+        <v>9</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>178</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121"/>
       <c r="D121">
-        <v>1972</v>
+        <v>1991</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>35</v>
+        <v>179</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122"/>
       <c r="D122">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="E122"/>
       <c r="F122" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123"/>
       <c r="D123">
-        <v>1993</v>
+        <v>1972</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>181</v>
+        <v>35</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>182</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124"/>
       <c r="D124">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>1993</v>
+      </c>
+      <c r="E124"/>
       <c r="F124" t="s">
-        <v>25</v>
+        <v>183</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125"/>
       <c r="D125">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E125"/>
       <c r="F125" t="s">
-        <v>184</v>
+        <v>139</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>185</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126"/>
       <c r="D126">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E126"/>
+        <v>1980</v>
+      </c>
+      <c r="E126">
+        <v>2012</v>
+      </c>
       <c r="F126" t="s">
-        <v>186</v>
+        <v>25</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127"/>
       <c r="D127">
-        <v>1989</v>
-[...1 lines deleted...]
-      <c r="E127"/>
+        <v>1999</v>
+      </c>
+      <c r="E127">
+        <v>2004</v>
+      </c>
       <c r="F127" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128"/>
       <c r="D128">
-        <v>1975</v>
+        <v>1971</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>25</v>
+        <v>189</v>
       </c>
       <c r="G128"/>
+    </row>
+    <row r="129" spans="1:7">
+      <c r="A129" t="s">
+        <v>190</v>
+      </c>
+      <c r="B129" t="s">
+        <v>8</v>
+      </c>
+      <c r="C129"/>
+      <c r="D129">
+        <v>1989</v>
+      </c>
+      <c r="E129"/>
+      <c r="F129" t="s">
+        <v>191</v>
+      </c>
+      <c r="G129"/>
+    </row>
+    <row r="130" spans="1:7">
+      <c r="A130" t="s">
+        <v>192</v>
+      </c>
+      <c r="B130" t="s">
+        <v>8</v>
+      </c>
+      <c r="C130"/>
+      <c r="D130">
+        <v>1973</v>
+      </c>
+      <c r="E130"/>
+      <c r="F130" t="s">
+        <v>22</v>
+      </c>
+      <c r="G130"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">