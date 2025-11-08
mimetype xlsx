--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -71,114 +71,114 @@
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Muntadas: Espacio, Lugares, Situaciones [Póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Antoni Muntadas. "Mirar, Ver, Percibir"</t>
   </si>
   <si>
     <t>Galería Juan Silió</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Taller de Proyectos Antoni Muntadas con la colaboración de Juan Herreros, Arquitecto : Fundación Marcelino Botin, Villa Iris, Santander</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
+    <t>Arte y Parte Nº 77. Miquel Barceló. Antoni Muntadas. Waltercio Caldas. Museos como colchas</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Acércate a Muntadas : Muntadas. Espacios, lugares, situaciones.</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
     <t>Invitación al preview del Centro Botín</t>
   </si>
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Centro Botín. Vuelve a descubrir el arte.</t>
   </si>
   <si>
-    <t>Folleto</t>
-[...1 lines deleted...]
-  <si>
     <t>Memoria 2009</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Memoria 2008 : Fundación Marcelino Botín</t>
   </si>
   <si>
     <t>ESPACIOS, LUGARES Y SITUACIONES</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Taller de Proyectos Antoni Muntadas con la colaboración de Juan Herreros, Arquitecto : Fundación Marcelino Botin, Villa Iris, Santander [Folleto]</t>
   </si>
   <si>
     <t>Los Setenta. Una década multicolor</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Construyendo una colección. Una interpretación de la colección de la Fundación Botín.</t>
   </si>
   <si>
     <t>Arte en el campo de siglo: Una selección de obras adquiridas en las dos últimas décadas</t>
   </si>
   <si>
-    <t>Arte y Parte Nº 77. Miquel Barceló. Antoni Muntadas. Waltercio Caldas. Museos como colchas</t>
-[...7 lines deleted...]
-  <si>
     <t>Los Setenta. Una década multicolor.</t>
   </si>
   <si>
     <t>Situation # 7 / # 10 / # 13 / # 17 / # 21 / # 25 / # 31</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
+    <t>Centro Botín</t>
+  </si>
+  <si>
     <t>Fundación Marcelino Botín</t>
-  </si>
-[...1 lines deleted...]
-    <t>Centro Botín</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -627,315 +627,315 @@
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D10">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D11">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="D12">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13">
         <v>2008</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D14">
         <v>2008</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>30</v>
       </c>
       <c r="D15">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>31</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D16">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D17">
-        <v>2017</v>
+        <v>2001</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C18" t="s">
         <v>33</v>
       </c>
-      <c r="B18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D18">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>35</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="D19">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>36</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>37</v>
       </c>
       <c r="B24" t="s">
         <v>38</v>
       </c>
       <c r="C24"/>
       <c r="D24">
         <v>2008</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">