--- v1 (2025-11-08)
+++ v2 (2026-01-08)
@@ -71,114 +71,114 @@
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Muntadas: Espacio, Lugares, Situaciones [Póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Antoni Muntadas. "Mirar, Ver, Percibir"</t>
   </si>
   <si>
     <t>Galería Juan Silió</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Taller de Proyectos Antoni Muntadas con la colaboración de Juan Herreros, Arquitecto : Fundación Marcelino Botin, Villa Iris, Santander</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
+    <t>Los Setenta. Una década multicolor</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Construyendo una colección. Una interpretación de la colección de la Fundación Botín.</t>
+  </si>
+  <si>
+    <t>Arte en el campo de siglo: Una selección de obras adquiridas en las dos últimas décadas</t>
+  </si>
+  <si>
     <t>Arte y Parte Nº 77. Miquel Barceló. Antoni Muntadas. Waltercio Caldas. Museos como colchas</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Acércate a Muntadas : Muntadas. Espacios, lugares, situaciones.</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Invitación al preview del Centro Botín</t>
   </si>
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Centro Botín. Vuelve a descubrir el arte.</t>
   </si>
   <si>
     <t>Memoria 2009</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Memoria 2008 : Fundación Marcelino Botín</t>
   </si>
   <si>
     <t>ESPACIOS, LUGARES Y SITUACIONES</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Taller de Proyectos Antoni Muntadas con la colaboración de Juan Herreros, Arquitecto : Fundación Marcelino Botin, Villa Iris, Santander [Folleto]</t>
   </si>
   <si>
-    <t>Los Setenta. Una década multicolor</t>
-[...10 lines deleted...]
-  <si>
     <t>Los Setenta. Una década multicolor.</t>
   </si>
   <si>
     <t>Situation # 7 / # 10 / # 13 / # 17 / # 21 / # 25 / # 31</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
+    <t>Fundación Marcelino Botín</t>
+  </si>
+  <si>
     <t>Centro Botín</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fundación Marcelino Botín</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -627,315 +627,315 @@
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D9">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D10">
         <v>2017</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D11">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D12">
         <v>2009</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D13">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D14">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D15">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D16">
         <v>2008</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D17">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C18" t="s">
         <v>34</v>
       </c>
-      <c r="B18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D18">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>35</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="D19">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>36</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>37</v>
       </c>
       <c r="B24" t="s">
         <v>38</v>
       </c>
       <c r="C24"/>
       <c r="D24">
         <v>2008</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">