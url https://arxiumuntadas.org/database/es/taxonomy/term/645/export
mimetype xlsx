--- v0 (2025-10-09)
+++ v1 (2025-11-12)
@@ -71,60 +71,60 @@
   <si>
     <t>WARNING: PERCEPTION REQUIRES INVOLVEMENT  [Madrid, España: íman]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>On Translation: Warning (Las Palmas de Gran Canaria) [Imán]</t>
   </si>
   <si>
     <t>¿Qué hace alguien como tú en un sitio como este?</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Centro de Arte La Regenta</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
+    <t>La construcción del miedo y la perdida de lo público</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
     <t>Present Tense</t>
   </si>
   <si>
     <t>Folleto</t>
-  </si>
-[...4 lines deleted...]
-    <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>La construcción del miedo y la pérdida de lo público [Canarias]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -581,117 +581,117 @@
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D8">
         <v>2008</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D9">
         <v>2008</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10">
         <v>2008</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>