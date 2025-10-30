--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -203,198 +203,198 @@
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable III]</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable II]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Postal]</t>
   </si>
   <si>
     <t>Homenaje a Salvador Allende</t>
   </si>
   <si>
     <t>Democracia en obra</t>
   </si>
   <si>
+    <t>Muntadas : 22 de Agosto al 22 de septiembre de 2002</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Contaminaciones. Del videoarte al multimedia</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Página/12 20 años. MUNTADAS STADIUM XIII</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Plot 23</t>
+  </si>
+  <si>
+    <t>MUNTADAS / BS. AS. : Ediciones / Múltiples / Videos</t>
+  </si>
+  <si>
+    <t>Muntadas: Con/textos. Una antología crítica</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>Entre Imágenes. Foto.Cine.Video</t>
+  </si>
+  <si>
+    <t>Espacios protegidos | espacios públicos</t>
+  </si>
+  <si>
+    <t>Conferencia, Flyer</t>
+  </si>
+  <si>
+    <t>Muntadas Bs.As.</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>La sociedad sin relato. Antropología y estética de la inminencia.</t>
+  </si>
+  <si>
+    <t>Muntadas: Con/textos II. Una antología crítica</t>
+  </si>
+  <si>
+    <t>A la pintura. Poema del color y la línea (1945-1952)</t>
+  </si>
+  <si>
+    <t>Poesía</t>
+  </si>
+  <si>
+    <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Paris</t>
+  </si>
+  <si>
+    <t>Del Di Tella a "Tucumán Arde" : Vanguardia artística y política en el '68 argentino</t>
+  </si>
+  <si>
     <t>Video Bardo. Festival Internacional de Videopoesía en Buenos Aires 2004</t>
   </si>
   <si>
     <t>El Estructuralismo</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>Sistemas, Acciones y Procesos. 1965-1975.</t>
   </si>
   <si>
     <t>La velocidad de liberación</t>
   </si>
   <si>
     <t>La construcción de mundos por imágenes</t>
   </si>
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>De la utilidad de lo bello</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Third International Open Encounter on Video</t>
   </si>
   <si>
     <t>Buenos Aires, Ferrara</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación</t>
   </si>
   <si>
     <t>Fourth International Open Encounter on Video</t>
   </si>
   <si>
-    <t>Muntadas : 22 de Agosto al 22 de septiembre de 2002</t>
-[...61 lines deleted...]
-  <si>
     <t>Andrea Giunta</t>
   </si>
   <si>
     <t>Muntadas / Bs. As.</t>
   </si>
   <si>
     <t>Video Alternativo.Cayc.Fourth International Open Encounter on Video.</t>
   </si>
   <si>
     <t>Video Bardo.Festival Internacional de Videopoesía en Buenos Aires 2004</t>
   </si>
   <si>
+    <t>The Last Ten Minutes I</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Stadium XIII [Muntadas/Bs.As.]</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Buenos Aires</t>
+  </si>
+  <si>
+    <t>Ciudad Museo [Buenos Aires, 2007]</t>
+  </si>
+  <si>
+    <t>Homenaje a Allende - CAYC [Arte ⇆ Vida]</t>
+  </si>
+  <si>
     <t>On Translation: Stand By [Buenos Aires]</t>
   </si>
   <si>
-    <t>Proyecto</t>
-[...1 lines deleted...]
-  <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
-  </si>
-[...22 lines deleted...]
-    <t>Homenaje a Allende - CAYC [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Espacio Fundación Telefónica</t>
   </si>
   <si>
     <t>Centro de Arte y Comunicación (CAYC)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1500,708 +1500,708 @@
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>62</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>63</v>
       </c>
       <c r="B48" t="s">
         <v>17</v>
       </c>
       <c r="C48" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="D48">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>9</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B49" t="s">
         <v>17</v>
       </c>
       <c r="C49" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D49">
-        <v>1969</v>
+        <v>1997</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B50" t="s">
         <v>17</v>
       </c>
       <c r="C50" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="D50">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B51" t="s">
         <v>17</v>
       </c>
       <c r="C51" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D51">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B52" t="s">
         <v>17</v>
       </c>
       <c r="C52" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="D52">
         <v>2007</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B53" t="s">
         <v>17</v>
       </c>
       <c r="C53" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D53">
         <v>2002</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B54" t="s">
         <v>17</v>
       </c>
       <c r="C54" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="D54">
-        <v>1975</v>
+        <v>2009</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>74</v>
       </c>
       <c r="B55" t="s">
         <v>17</v>
       </c>
       <c r="C55" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="D55">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B56" t="s">
         <v>17</v>
       </c>
       <c r="C56" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="D56">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B57" t="s">
         <v>17</v>
       </c>
       <c r="C57" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="D57">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B58" t="s">
         <v>17</v>
       </c>
       <c r="C58" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="D58">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B59" t="s">
         <v>17</v>
       </c>
       <c r="C59" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D59">
-        <v>2007</v>
+        <v>1967</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B60" t="s">
         <v>17</v>
       </c>
       <c r="C60" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="D60">
-        <v>2015</v>
+        <v>1975</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B61" t="s">
         <v>17</v>
       </c>
       <c r="C61" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="D61">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>9</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B62" t="s">
         <v>17</v>
       </c>
       <c r="C62" t="s">
-        <v>84</v>
+        <v>30</v>
       </c>
       <c r="D62">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>9</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B63" t="s">
         <v>17</v>
       </c>
       <c r="C63" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D63">
-        <v>2009</v>
+        <v>1969</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>9</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B64" t="s">
         <v>17</v>
       </c>
       <c r="C64" t="s">
-        <v>87</v>
+        <v>30</v>
       </c>
       <c r="D64">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>9</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>88</v>
       </c>
       <c r="B65" t="s">
         <v>17</v>
       </c>
       <c r="C65" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="D65">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>9</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
+        <v>89</v>
+      </c>
+      <c r="B66" t="s">
+        <v>17</v>
+      </c>
+      <c r="C66" t="s">
         <v>90</v>
       </c>
-      <c r="B66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D66">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>9</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>91</v>
       </c>
       <c r="B67" t="s">
         <v>17</v>
       </c>
       <c r="C67" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D67">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B68" t="s">
         <v>17</v>
       </c>
       <c r="C68" t="s">
-        <v>93</v>
+        <v>30</v>
       </c>
       <c r="D68">
-        <v>1967</v>
+        <v>1975</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B69" t="s">
         <v>17</v>
       </c>
       <c r="C69" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="D69">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>95</v>
+        <v>9</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>96</v>
       </c>
       <c r="B70" t="s">
         <v>17</v>
       </c>
       <c r="C70" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="D70">
-        <v>2000</v>
+        <v>1975</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>9</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>97</v>
       </c>
       <c r="B71" t="s">
         <v>47</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>9</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>9</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>9</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>66</v>
+        <v>100</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>9</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>9</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>101</v>
       </c>
       <c r="B77" t="s">
         <v>102</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E77"/>
+        <v>1975</v>
+      </c>
+      <c r="E77">
+        <v>1976</v>
+      </c>
       <c r="F77" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B78" t="s">
         <v>102</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E78">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="F78" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B79" t="s">
         <v>102</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E79"/>
       <c r="F79" t="s">
-        <v>106</v>
+        <v>9</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>107</v>
       </c>
       <c r="B80" t="s">
         <v>102</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E80"/>
       <c r="F80" t="s">
-        <v>108</v>
+        <v>9</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B81" t="s">
         <v>102</v>
       </c>
       <c r="C81"/>
       <c r="D81">
         <v>2007</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>9</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B82" t="s">
         <v>102</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>2007</v>
+        <v>1974</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>9</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B83" t="s">
         <v>102</v>
       </c>
       <c r="C83"/>
       <c r="D83">
         <v>2007</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>9</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B84" t="s">
         <v>102</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>1974</v>
-[...1 lines deleted...]
-      <c r="E84"/>
+        <v>1973</v>
+      </c>
+      <c r="E84">
+        <v>1975</v>
+      </c>
       <c r="F84" t="s">
-        <v>9</v>
+        <v>112</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>113</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>9</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>114</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>