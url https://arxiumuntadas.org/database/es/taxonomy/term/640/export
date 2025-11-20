--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -203,50 +203,53 @@
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable III]</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable II]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Postal]</t>
   </si>
   <si>
     <t>Homenaje a Salvador Allende</t>
   </si>
   <si>
     <t>Democracia en obra</t>
   </si>
   <si>
+    <t>Fourth International Open Encounter on Video</t>
+  </si>
+  <si>
     <t>Muntadas : 22 de Agosto al 22 de septiembre de 2002</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Contaminaciones. Del videoarte al multimedia</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Página/12 20 años. MUNTADAS STADIUM XIII</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Plot 23</t>
   </si>
   <si>
     <t>MUNTADAS / BS. AS. : Ediciones / Múltiples / Videos</t>
   </si>
   <si>
     <t>Muntadas: Con/textos. Una antología crítica</t>
@@ -300,53 +303,50 @@
     <t>Sistemas, Acciones y Procesos. 1965-1975.</t>
   </si>
   <si>
     <t>La velocidad de liberación</t>
   </si>
   <si>
     <t>La construcción de mundos por imágenes</t>
   </si>
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>De la utilidad de lo bello</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Third International Open Encounter on Video</t>
   </si>
   <si>
     <t>Buenos Aires, Ferrara</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fourth International Open Encounter on Video</t>
   </si>
   <si>
     <t>Andrea Giunta</t>
   </si>
   <si>
     <t>Muntadas / Bs. As.</t>
   </si>
   <si>
     <t>Video Alternativo.Cayc.Fourth International Open Encounter on Video.</t>
   </si>
   <si>
     <t>Video Bardo.Festival Internacional de Videopoesía en Buenos Aires 2004</t>
   </si>
   <si>
     <t>The Last Ten Minutes I</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
@@ -1500,557 +1500,557 @@
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>62</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>63</v>
       </c>
       <c r="B48" t="s">
         <v>17</v>
       </c>
       <c r="C48" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="D48">
-        <v>2002</v>
+        <v>1975</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>9</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
+        <v>64</v>
+      </c>
+      <c r="B49" t="s">
+        <v>17</v>
+      </c>
+      <c r="C49" t="s">
         <v>65</v>
       </c>
-      <c r="B49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D49">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>66</v>
+      </c>
+      <c r="B50" t="s">
+        <v>17</v>
+      </c>
+      <c r="C50" t="s">
         <v>67</v>
       </c>
-      <c r="B50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D50">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>68</v>
+      </c>
+      <c r="B51" t="s">
+        <v>17</v>
+      </c>
+      <c r="C51" t="s">
         <v>69</v>
       </c>
-      <c r="B51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>70</v>
       </c>
       <c r="B52" t="s">
         <v>17</v>
       </c>
       <c r="C52" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D52">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>71</v>
       </c>
       <c r="B53" t="s">
         <v>17</v>
       </c>
       <c r="C53" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="D53">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>72</v>
+      </c>
+      <c r="B54" t="s">
+        <v>17</v>
+      </c>
+      <c r="C54" t="s">
         <v>73</v>
       </c>
-      <c r="B54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D54">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>74</v>
       </c>
       <c r="B55" t="s">
         <v>17</v>
       </c>
       <c r="C55" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="D55">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
+        <v>75</v>
+      </c>
+      <c r="B56" t="s">
+        <v>17</v>
+      </c>
+      <c r="C56" t="s">
         <v>76</v>
       </c>
-      <c r="B56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
+        <v>77</v>
+      </c>
+      <c r="B57" t="s">
+        <v>17</v>
+      </c>
+      <c r="C57" t="s">
         <v>78</v>
       </c>
-      <c r="B57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D57">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>79</v>
       </c>
       <c r="B58" t="s">
         <v>17</v>
       </c>
       <c r="C58" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="D58">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>80</v>
       </c>
       <c r="B59" t="s">
         <v>17</v>
       </c>
       <c r="C59" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="D59">
-        <v>1967</v>
+        <v>2007</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
+        <v>81</v>
+      </c>
+      <c r="B60" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" t="s">
         <v>82</v>
       </c>
-      <c r="B60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D60">
-        <v>1975</v>
+        <v>1967</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B61" t="s">
         <v>17</v>
       </c>
       <c r="C61" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="D61">
-        <v>2000</v>
+        <v>1975</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>9</v>
+        <v>84</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>85</v>
       </c>
       <c r="B62" t="s">
         <v>17</v>
       </c>
       <c r="C62" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="D62">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>9</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>86</v>
       </c>
       <c r="B63" t="s">
         <v>17</v>
       </c>
       <c r="C63" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="D63">
-        <v>1969</v>
+        <v>2004</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>9</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>87</v>
       </c>
       <c r="B64" t="s">
         <v>17</v>
       </c>
       <c r="C64" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="D64">
-        <v>2011</v>
+        <v>1969</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>9</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>88</v>
       </c>
       <c r="B65" t="s">
         <v>17</v>
       </c>
       <c r="C65" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="D65">
-        <v>1997</v>
+        <v>2011</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>9</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>89</v>
       </c>
       <c r="B66" t="s">
         <v>17</v>
       </c>
       <c r="C66" t="s">
-        <v>90</v>
+        <v>67</v>
       </c>
       <c r="D66">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>9</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
+        <v>90</v>
+      </c>
+      <c r="B67" t="s">
+        <v>17</v>
+      </c>
+      <c r="C67" t="s">
         <v>91</v>
       </c>
-      <c r="B67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D67">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
+        <v>92</v>
+      </c>
+      <c r="B68" t="s">
+        <v>17</v>
+      </c>
+      <c r="C68" t="s">
         <v>93</v>
       </c>
-      <c r="B68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D68">
-        <v>1975</v>
+        <v>2002</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>94</v>
+        <v>9</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B69" t="s">
         <v>17</v>
       </c>
       <c r="C69" t="s">
-        <v>92</v>
+        <v>30</v>
       </c>
       <c r="D69">
-        <v>2007</v>
+        <v>1975</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>96</v>
       </c>
       <c r="B70" t="s">
         <v>17</v>
       </c>
       <c r="C70" t="s">
-        <v>30</v>
+        <v>93</v>
       </c>
       <c r="D70">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>9</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>97</v>
       </c>
       <c r="B71" t="s">
         <v>47</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>9</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>9</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>9</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>9</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>9</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>101</v>
       </c>
       <c r="B77" t="s">
         <v>102</v>
       </c>
       <c r="C77"/>
       <c r="D77">
         <v>1975</v>
       </c>
       <c r="E77">
         <v>1976</v>