--- v2 (2025-11-20)
+++ v3 (2025-12-10)
@@ -128,51 +128,51 @@
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Bienalsur: Arrancó la maratón</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Entre hogueras y una cajita musical para pumas: Bienalsur y un abanico de formas de contar el mundo</t>
   </si>
   <si>
     <t>Metodología del proyecto</t>
   </si>
   <si>
     <t>Bienalsur inaugura 11 muestras en la Ciudad de Buenos Aires</t>
   </si>
   <si>
     <t>Bienalsur</t>
   </si>
   <si>
     <t>Ficciones reales</t>
   </si>
   <si>
-    <t>Universidad Nacional de Tres de Febrero-UNTREF</t>
+    <t>Universidad Nacional de Tres de Febrero - UNTREF</t>
   </si>
   <si>
     <t>II Bienal Internacional de Arte de Buenos Aires</t>
   </si>
   <si>
     <t>Museo Nacional de Bellas Artes de Buenos Aires</t>
   </si>
   <si>
     <t>Arte de sistemas internacional</t>
   </si>
   <si>
     <t>Félix Suazo. Arte al Día.</t>
   </si>
   <si>
     <t>"Usar Instagram o Facebook es publicitarte de manera exhibicionista”, dice el artista catalán Antoni Muntadas</t>
   </si>
   <si>
     <t>Antoni Muntadas, catalizador de experiencias</t>
   </si>
   <si>
     <t>Muntadas, Contextos III, una antología poética</t>
   </si>
   <si>
     <t>Cristian Segura</t>
   </si>
@@ -203,198 +203,198 @@
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable III]</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable II]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Postal]</t>
   </si>
   <si>
     <t>Homenaje a Salvador Allende</t>
   </si>
   <si>
     <t>Democracia en obra</t>
   </si>
   <si>
+    <t>A la pintura. Poema del color y la línea (1945-1952)</t>
+  </si>
+  <si>
+    <t>Poesía</t>
+  </si>
+  <si>
+    <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Paris</t>
+  </si>
+  <si>
+    <t>Del Di Tella a "Tucumán Arde" : Vanguardia artística y política en el '68 argentino</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Video Bardo. Festival Internacional de Videopoesía en Buenos Aires 2004</t>
+  </si>
+  <si>
+    <t>El Estructuralismo</t>
+  </si>
+  <si>
+    <t>Sistemas, Acciones y Procesos. 1965-1975.</t>
+  </si>
+  <si>
+    <t>La velocidad de liberación</t>
+  </si>
+  <si>
+    <t>La construcción de mundos por imágenes</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>De la utilidad de lo bello</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Third International Open Encounter on Video</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Ferrara</t>
+  </si>
+  <si>
+    <t>Atención: La percepción requiere participación</t>
+  </si>
+  <si>
     <t>Fourth International Open Encounter on Video</t>
   </si>
   <si>
     <t>Muntadas : 22 de Agosto al 22 de septiembre de 2002</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Contaminaciones. Del videoarte al multimedia</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>Página/12 20 años. MUNTADAS STADIUM XIII</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Plot 23</t>
   </si>
   <si>
     <t>MUNTADAS / BS. AS. : Ediciones / Múltiples / Videos</t>
   </si>
   <si>
     <t>Muntadas: Con/textos. Una antología crítica</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>Entre Imágenes. Foto.Cine.Video</t>
   </si>
   <si>
     <t>Espacios protegidos | espacios públicos</t>
   </si>
   <si>
     <t>Conferencia, Flyer</t>
   </si>
   <si>
     <t>Muntadas Bs.As.</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>La sociedad sin relato. Antropología y estética de la inminencia.</t>
   </si>
   <si>
     <t>Muntadas: Con/textos II. Una antología crítica</t>
   </si>
   <si>
-    <t>A la pintura. Poema del color y la línea (1945-1952)</t>
-[...46 lines deleted...]
-  <si>
     <t>Andrea Giunta</t>
   </si>
   <si>
     <t>Muntadas / Bs. As.</t>
   </si>
   <si>
     <t>Video Alternativo.Cayc.Fourth International Open Encounter on Video.</t>
   </si>
   <si>
     <t>Video Bardo.Festival Internacional de Videopoesía en Buenos Aires 2004</t>
   </si>
   <si>
+    <t>Homenaje a Allende - CAYC [Arte ⇆ Vida]</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By [Buenos Aires]</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
     <t>The Last Ten Minutes I</t>
   </si>
   <si>
-    <t>Proyecto</t>
-[...1 lines deleted...]
-  <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>Stadium XIII [Muntadas/Bs.As.]</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Buenos Aires</t>
   </si>
   <si>
     <t>Ciudad Museo [Buenos Aires, 2007]</t>
-  </si>
-[...10 lines deleted...]
-    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
   <si>
     <t>Espacio Fundación Telefónica</t>
   </si>
   <si>
     <t>Centro de Arte y Comunicación (CAYC)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1500,708 +1500,708 @@
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>62</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>63</v>
       </c>
       <c r="B48" t="s">
         <v>17</v>
       </c>
       <c r="C48" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="D48">
-        <v>1975</v>
+        <v>1967</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>9</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B49" t="s">
         <v>17</v>
       </c>
       <c r="C49" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="D49">
-        <v>2002</v>
+        <v>1975</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B50" t="s">
         <v>17</v>
       </c>
       <c r="C50" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D50">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B51" t="s">
         <v>17</v>
       </c>
       <c r="C51" t="s">
-        <v>69</v>
+        <v>30</v>
       </c>
       <c r="D51">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>70</v>
       </c>
       <c r="B52" t="s">
         <v>17</v>
       </c>
       <c r="C52" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D52">
-        <v>2015</v>
+        <v>1969</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>71</v>
       </c>
       <c r="B53" t="s">
         <v>17</v>
       </c>
       <c r="C53" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="D53">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>72</v>
       </c>
       <c r="B54" t="s">
         <v>17</v>
       </c>
       <c r="C54" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D54">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
+        <v>73</v>
+      </c>
+      <c r="B55" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" t="s">
         <v>74</v>
       </c>
-      <c r="B55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>75</v>
       </c>
       <c r="B56" t="s">
         <v>17</v>
       </c>
       <c r="C56" t="s">
         <v>76</v>
       </c>
       <c r="D56">
         <v>2002</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>77</v>
       </c>
       <c r="B57" t="s">
         <v>17</v>
       </c>
       <c r="C57" t="s">
-        <v>78</v>
+        <v>30</v>
       </c>
       <c r="D57">
-        <v>2007</v>
+        <v>1975</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>9</v>
+        <v>78</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>79</v>
       </c>
       <c r="B58" t="s">
         <v>17</v>
       </c>
       <c r="C58" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="D58">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>80</v>
       </c>
       <c r="B59" t="s">
         <v>17</v>
       </c>
       <c r="C59" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="D59">
-        <v>2007</v>
+        <v>1975</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>81</v>
       </c>
       <c r="B60" t="s">
         <v>17</v>
       </c>
       <c r="C60" t="s">
         <v>82</v>
       </c>
       <c r="D60">
-        <v>1967</v>
+        <v>2002</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>9</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>83</v>
       </c>
       <c r="B61" t="s">
         <v>17</v>
       </c>
       <c r="C61" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="D61">
-        <v>1975</v>
+        <v>1997</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>84</v>
+        <v>9</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
+        <v>84</v>
+      </c>
+      <c r="B62" t="s">
+        <v>17</v>
+      </c>
+      <c r="C62" t="s">
         <v>85</v>
       </c>
-      <c r="B62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D62">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>9</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>86</v>
       </c>
       <c r="B63" t="s">
         <v>17</v>
       </c>
       <c r="C63" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="D63">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>9</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>87</v>
       </c>
       <c r="B64" t="s">
         <v>17</v>
       </c>
       <c r="C64" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="D64">
-        <v>1969</v>
+        <v>2007</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>9</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>88</v>
       </c>
       <c r="B65" t="s">
         <v>17</v>
       </c>
       <c r="C65" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="D65">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>9</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B66" t="s">
         <v>17</v>
       </c>
       <c r="C66" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D66">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>9</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B67" t="s">
         <v>17</v>
       </c>
       <c r="C67" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D67">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B68" t="s">
         <v>17</v>
       </c>
       <c r="C68" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D68">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>9</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B69" t="s">
         <v>17</v>
       </c>
       <c r="C69" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="D69">
-        <v>1975</v>
+        <v>2013</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>95</v>
+        <v>9</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>96</v>
       </c>
       <c r="B70" t="s">
         <v>17</v>
       </c>
       <c r="C70" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D70">
         <v>2007</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>9</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>97</v>
       </c>
       <c r="B71" t="s">
         <v>47</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>9</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>9</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>9</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>99</v>
+        <v>71</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>9</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>9</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>101</v>
       </c>
       <c r="B77" t="s">
         <v>102</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1974</v>
+      </c>
+      <c r="E77"/>
       <c r="F77" t="s">
-        <v>103</v>
+        <v>9</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B78" t="s">
         <v>102</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E78"/>
       <c r="F78" t="s">
-        <v>105</v>
+        <v>9</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B79" t="s">
         <v>102</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E79"/>
+        <v>1973</v>
+      </c>
+      <c r="E79">
+        <v>1975</v>
+      </c>
       <c r="F79" t="s">
-        <v>9</v>
+        <v>105</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B80" t="s">
         <v>102</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E80"/>
+        <v>1975</v>
+      </c>
+      <c r="E80">
+        <v>1976</v>
+      </c>
       <c r="F80" t="s">
-        <v>9</v>
+        <v>107</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>108</v>
       </c>
       <c r="B81" t="s">
         <v>102</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E81"/>
+        <v>1975</v>
+      </c>
+      <c r="E81">
+        <v>1976</v>
+      </c>
       <c r="F81" t="s">
-        <v>9</v>
+        <v>109</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B82" t="s">
         <v>102</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1974</v>
+        <v>2007</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>9</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B83" t="s">
         <v>102</v>
       </c>
       <c r="C83"/>
       <c r="D83">
         <v>2007</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>9</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B84" t="s">
         <v>102</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E84"/>
       <c r="F84" t="s">
-        <v>112</v>
+        <v>9</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>113</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>9</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>114</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>