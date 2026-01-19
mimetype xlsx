--- v3 (2025-12-10)
+++ v4 (2026-01-19)
@@ -35,65 +35,68 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>CAYC. Muntadas</t>
+  </si>
+  <si>
+    <t>Evento</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
     <t>2a Muestra Euroamericana de Video y Arte Digital</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
-    <t>Buenos Aires</t>
-[...1 lines deleted...]
-  <si>
     <t>La instalación como metáfora</t>
   </si>
   <si>
-    <t>Evento</t>
-[...1 lines deleted...]
-  <si>
     <t>ICI de Buenos Aires Centro Cultural</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Los medios y las metáforas en la obra de Muntadas</t>
   </si>
   <si>
     <t>MUNTADAS / BS. AS.: Ediciones / Múltiples / Videos</t>
   </si>
   <si>
     <t>Revista Otra Parte Nº 4</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Revista</t>
   </si>
   <si>
     <t>El arte de deconstruir la marea informativa</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital</t>
@@ -116,59 +119,56 @@
   <si>
     <t>"Ficciones reales": la nueva muestra de BIENALSUR</t>
   </si>
   <si>
     <t>Mentira la verdad: una muestra que reflexiona sobre el circuito de la información</t>
   </si>
   <si>
     <t>“Ficciones reales”: una muestra en el CCK que reflexiona sobre el circuito de la información</t>
   </si>
   <si>
     <t>Bienalsur 2021</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Bienalsur: Arrancó la maratón</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Entre hogueras y una cajita musical para pumas: Bienalsur y un abanico de formas de contar el mundo</t>
   </si>
   <si>
-    <t>Metodología del proyecto</t>
+    <t>Metodología del proyecto. Antoni Muntadas en diálogo con Jorge La Ferla</t>
   </si>
   <si>
     <t>Bienalsur inaugura 11 muestras en la Ciudad de Buenos Aires</t>
   </si>
   <si>
-    <t>Bienalsur</t>
-[...1 lines deleted...]
-  <si>
     <t>Ficciones reales</t>
   </si>
   <si>
     <t>Universidad Nacional de Tres de Febrero - UNTREF</t>
   </si>
   <si>
     <t>II Bienal Internacional de Arte de Buenos Aires</t>
   </si>
   <si>
     <t>Museo Nacional de Bellas Artes de Buenos Aires</t>
   </si>
   <si>
     <t>Arte de sistemas internacional</t>
   </si>
   <si>
     <t>Félix Suazo. Arte al Día.</t>
   </si>
   <si>
     <t>"Usar Instagram o Facebook es publicitarte de manera exhibicionista”, dice el artista catalán Antoni Muntadas</t>
   </si>
   <si>
     <t>Antoni Muntadas, catalizador de experiencias</t>
   </si>
   <si>
     <t>Muntadas, Contextos III, una antología poética</t>
@@ -203,201 +203,201 @@
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable III]</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable II]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta Desplegable]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Tarjeta]</t>
   </si>
   <si>
     <t>Muntadas Bs.As. [Postal]</t>
   </si>
   <si>
     <t>Homenaje a Salvador Allende</t>
   </si>
   <si>
     <t>Democracia en obra</t>
   </si>
   <si>
+    <t>Fourth International Open Encounter on Video</t>
+  </si>
+  <si>
+    <t>Muntadas : 22 de Agosto al 22 de septiembre de 2002</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Contaminaciones. Del videoarte al multimedia</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Página/12 20 años. MUNTADAS STADIUM XIII</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Plot 23</t>
+  </si>
+  <si>
+    <t>MUNTADAS / BS. AS. : Ediciones / Múltiples / Videos</t>
+  </si>
+  <si>
+    <t>Muntadas: Con/textos. Una antología crítica</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>Entre Imágenes. Foto.Cine.Video</t>
+  </si>
+  <si>
+    <t>Espacios protegidos | espacios públicos</t>
+  </si>
+  <si>
+    <t>Conferencia, Flyer</t>
+  </si>
+  <si>
+    <t>Muntadas Bs.As.</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>La sociedad sin relato. Antropología y estética de la inminencia.</t>
+  </si>
+  <si>
+    <t>Muntadas: Con/textos II. Una antología crítica</t>
+  </si>
+  <si>
     <t>A la pintura. Poema del color y la línea (1945-1952)</t>
   </si>
   <si>
     <t>Poesía</t>
   </si>
   <si>
     <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
   </si>
   <si>
     <t>Buenos Aires, Paris</t>
   </si>
   <si>
     <t>Del Di Tella a "Tucumán Arde" : Vanguardia artística y política en el '68 argentino</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>Video Bardo. Festival Internacional de Videopoesía en Buenos Aires 2004</t>
   </si>
   <si>
     <t>El Estructuralismo</t>
   </si>
   <si>
     <t>Sistemas, Acciones y Procesos. 1965-1975.</t>
   </si>
   <si>
     <t>La velocidad de liberación</t>
   </si>
   <si>
     <t>La construcción de mundos por imágenes</t>
   </si>
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>De la utilidad de lo bello</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Third International Open Encounter on Video</t>
   </si>
   <si>
     <t>Buenos Aires, Ferrara</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación</t>
   </si>
   <si>
-    <t>Fourth International Open Encounter on Video</t>
-[...49 lines deleted...]
-  <si>
     <t>Andrea Giunta</t>
   </si>
   <si>
     <t>Muntadas / Bs. As.</t>
   </si>
   <si>
     <t>Video Alternativo.Cayc.Fourth International Open Encounter on Video.</t>
   </si>
   <si>
     <t>Video Bardo.Festival Internacional de Videopoesía en Buenos Aires 2004</t>
   </si>
   <si>
+    <t>The Last Ten Minutes I</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Stadium XIII [Muntadas/Bs.As.]</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Buenos Aires</t>
+  </si>
+  <si>
+    <t>Ciudad Museo [Buenos Aires, 2007]</t>
+  </si>
+  <si>
     <t>Homenaje a Allende - CAYC [Arte ⇆ Vida]</t>
   </si>
   <si>
-    <t>Proyecto</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: Stand By [Buenos Aires]</t>
   </si>
   <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
   <si>
-    <t>The Last Ten Minutes I</t>
-[...20 lines deleted...]
-    <t>Espacio Fundación Telefónica</t>
+    <t>Espacio Fundación Telefónica [Argentina]</t>
   </si>
   <si>
     <t>Centro de Arte y Comunicación (CAYC)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -700,51 +700,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G86"/>
+  <dimension ref="A1:G85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="129" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="52" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="113" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -775,1465 +775,1450 @@
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>9</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>9</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>9</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>9</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>9</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>9</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>9</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>9</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="C12"/>
+        <v>18</v>
+      </c>
+      <c r="C12" t="s">
+        <v>21</v>
+      </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>9</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>27</v>
       </c>
       <c r="B14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C14" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>9</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C15" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>9</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C16" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>9</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17" t="s">
+        <v>18</v>
+      </c>
+      <c r="C17" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>9</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C18" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>9</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B19" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C19" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>9</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>34</v>
       </c>
       <c r="B20" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C20"/>
+        <v>18</v>
+      </c>
+      <c r="C20" t="s">
+        <v>21</v>
+      </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>9</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>35</v>
       </c>
       <c r="B21" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>9</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>36</v>
       </c>
       <c r="B22" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="C22"/>
+        <v>18</v>
+      </c>
+      <c r="C22" t="s">
+        <v>21</v>
+      </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>37</v>
       </c>
       <c r="B23" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>38</v>
       </c>
       <c r="B24" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>9</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B26" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B28" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="D28"/>
+        <v>18</v>
+      </c>
+      <c r="C28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D28">
+        <v>2022</v>
+      </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B29" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C29" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D29">
         <v>2022</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B30" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C30" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D30">
         <v>2022</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B31" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C31"/>
+      <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B32" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B33" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B34" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>9</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B35" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B36" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-      <c r="D36"/>
+        <v>18</v>
+      </c>
+      <c r="C36" t="s">
+        <v>31</v>
+      </c>
+      <c r="D36">
+        <v>2019</v>
+      </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B37" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="C37"/>
+      <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>9</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B38" t="s">
         <v>47</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>9</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B39" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>9</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B40" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-      <c r="D40"/>
+        <v>18</v>
+      </c>
+      <c r="C40" t="s">
+        <v>56</v>
+      </c>
+      <c r="D40">
+        <v>2007</v>
+      </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>9</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B41" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C41" t="s">
         <v>56</v>
       </c>
       <c r="D41">
         <v>2007</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B42" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C42" t="s">
         <v>56</v>
       </c>
       <c r="D42">
         <v>2007</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B43" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C43" t="s">
         <v>56</v>
       </c>
       <c r="D43">
         <v>2007</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B44" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C44" t="s">
         <v>56</v>
       </c>
       <c r="D44">
         <v>2007</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B45" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="C45"/>
+      <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B46" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B47" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="D47"/>
+        <v>18</v>
+      </c>
+      <c r="C47" t="s">
+        <v>31</v>
+      </c>
+      <c r="D47">
+        <v>1975</v>
+      </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B48" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C48" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D48">
-        <v>1967</v>
+        <v>2002</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>9</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C49" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="D49">
-        <v>1975</v>
+        <v>1997</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B50" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C50" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D50">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B51" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C51" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="D51">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B52" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C52" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D52">
-        <v>1969</v>
+        <v>2007</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B53" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C53" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="D53">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B54" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C54" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D54">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B55" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C55" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D55">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B56" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C56" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D56">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B57" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C57" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="D57">
-        <v>1975</v>
+        <v>2013</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B58" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C58" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D58">
         <v>2007</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B59" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C59" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="D59">
-        <v>1975</v>
+        <v>1967</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B60" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C60" t="s">
-        <v>82</v>
+        <v>31</v>
       </c>
       <c r="D60">
-        <v>2002</v>
+        <v>1975</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>9</v>
+        <v>84</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B61" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C61" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D61">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>9</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B62" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C62" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="D62">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>9</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B63" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C63" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D63">
-        <v>2015</v>
+        <v>1969</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>9</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B64" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C64" t="s">
-        <v>82</v>
+        <v>31</v>
       </c>
       <c r="D64">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>9</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B65" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C65" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="D65">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>9</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>90</v>
       </c>
       <c r="B66" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C66" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="D66">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>9</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B67" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C67" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D67">
         <v>2002</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B68" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C68" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
       <c r="D68">
-        <v>2007</v>
+        <v>1975</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B69" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C69" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="D69">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>9</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B70" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="C70"/>
+      <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>9</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="B71" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>9</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="B72" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>9</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B73" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>9</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B74" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>71</v>
+        <v>100</v>
       </c>
       <c r="B75" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>9</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="B76" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="C76"/>
-      <c r="D76"/>
-      <c r="E76"/>
+      <c r="D76">
+        <v>1975</v>
+      </c>
+      <c r="E76">
+        <v>1976</v>
+      </c>
       <c r="F76" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B77" t="s">
         <v>102</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1974</v>
-[...1 lines deleted...]
-      <c r="E77"/>
+        <v>1975</v>
+      </c>
+      <c r="E77">
+        <v>1976</v>
+      </c>
       <c r="F77" t="s">
-        <v>9</v>
+        <v>105</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B78" t="s">
         <v>102</v>
       </c>
       <c r="C78"/>
       <c r="D78">
         <v>2007</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>9</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B79" t="s">
         <v>102</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E79"/>
       <c r="F79" t="s">
-        <v>105</v>
+        <v>9</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B80" t="s">
         <v>102</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E80"/>
       <c r="F80" t="s">
-        <v>107</v>
+        <v>9</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B81" t="s">
         <v>102</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1974</v>
+      </c>
+      <c r="E81"/>
       <c r="F81" t="s">
-        <v>109</v>
+        <v>9</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>110</v>
       </c>
       <c r="B82" t="s">
         <v>102</v>
       </c>
       <c r="C82"/>
       <c r="D82">
         <v>2007</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>9</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>111</v>
       </c>
       <c r="B83" t="s">
         <v>102</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E83"/>
+        <v>1973</v>
+      </c>
+      <c r="E83">
+        <v>1975</v>
+      </c>
       <c r="F83" t="s">
-        <v>9</v>
+        <v>112</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B84" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="C84"/>
-      <c r="D84">
-[...1 lines deleted...]
-      </c>
+      <c r="D84"/>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>9</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B85" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>9</v>
       </c>
       <c r="G85"/>
-    </row>
-[...13 lines deleted...]
-      <c r="G86"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">