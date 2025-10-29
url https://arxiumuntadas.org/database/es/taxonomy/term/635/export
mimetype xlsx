--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -83,66 +83,66 @@
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Arte dos</t>
   </si>
   <si>
     <t>Muntadas: tres proyecciones</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación [Torre Colpatria, Bogotá]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación. Intervención sobre la fachada de la Torre Colpatria de Bogotá</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
+    <t>Arte y Percepción</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Formas De La Memoria. Colección de Arte del Banco de la República</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
     <t>Intersecciones</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
-  </si>
-[...10 lines deleted...]
-    <t>Catálogo Colección</t>
   </si>
   <si>
     <t>La memoria del otro</t>
   </si>
   <si>
     <t>Stadium X [Intersecciones]</t>
   </si>
   <si>
     <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -632,146 +632,146 @@
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>24</v>
       </c>
       <c r="D10">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12">
-        <v>2017</v>
+        <v>1999</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>20</v>
       </c>
       <c r="C15"/>
       <c r="D15">
         <v>1999</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>1999</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
         <v>20</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>1999</v>
       </c>