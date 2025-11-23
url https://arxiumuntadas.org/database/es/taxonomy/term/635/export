--- v1 (2025-10-29)
+++ v2 (2025-11-23)
@@ -83,66 +83,66 @@
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Arte dos</t>
   </si>
   <si>
     <t>Muntadas: tres proyecciones</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación [Torre Colpatria, Bogotá]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación. Intervención sobre la fachada de la Torre Colpatria de Bogotá</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
+    <t>Intersecciones</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
     <t>Arte y Percepción</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Formas De La Memoria. Colección de Arte del Banco de la República</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
-  </si>
-[...4 lines deleted...]
-    <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>La memoria del otro</t>
   </si>
   <si>
     <t>Stadium X [Intersecciones]</t>
   </si>
   <si>
     <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -632,146 +632,146 @@
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>24</v>
       </c>
       <c r="D10">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12">
-        <v>1999</v>
+        <v>2017</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>20</v>
       </c>
       <c r="C15"/>
       <c r="D15">
         <v>1999</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>1999</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
         <v>20</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>1999</v>
       </c>