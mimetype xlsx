--- v2 (2025-11-23)
+++ v3 (2025-12-15)
@@ -56,102 +56,102 @@
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Intersecciones de Muntadas</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>Muntadas: Intersecciones</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>On Translation: El Aplauso</t>
   </si>
   <si>
-    <t>Casa de Moneda</t>
+    <t>Casa de Moneda de Colombia</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Arte dos</t>
   </si>
   <si>
     <t>Muntadas: tres proyecciones</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación [Torre Colpatria, Bogotá]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación. Intervención sobre la fachada de la Torre Colpatria de Bogotá</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Intersecciones</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Arte y Percepción</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Formas De La Memoria. Colección de Arte del Banco de la República</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>La memoria del otro</t>
   </si>
   <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
     <t>Stadium X [Intersecciones]</t>
-  </si>
-[...1 lines deleted...]
-    <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -680,144 +680,144 @@
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12">
         <v>2017</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>20</v>
       </c>
       <c r="C15"/>
       <c r="D15">
         <v>1999</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>1999</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="B17" t="s">
         <v>20</v>
       </c>
       <c r="C17"/>
       <c r="D17">
-        <v>1999</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E17">
+        <v>2007</v>
+      </c>
+      <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>31</v>
       </c>
       <c r="B18" t="s">
         <v>20</v>
       </c>
       <c r="C18"/>
       <c r="D18">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F18"/>
+        <v>1999</v>
+      </c>
+      <c r="E18"/>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
       <c r="G18"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>