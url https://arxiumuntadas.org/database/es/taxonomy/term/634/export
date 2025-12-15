--- v0 (2025-10-08)
+++ v1 (2025-12-15)
@@ -152,57 +152,57 @@
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Prison to Prison. 16a Mostra Internazionale de Architettura</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Muntadas</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>LAB.07. Arte, Deshonra y Violencia en el Contexto Iberoamericano</t>
   </si>
   <si>
     <t>Hojeando... Cuatro décadas de libros y revistas de artista en España</t>
   </si>
   <si>
     <t>Patricia Bentancur</t>
   </si>
   <si>
+    <t>LAB.07.Arte, Deshonra y Violencia en el contexto iberoamericano.</t>
+  </si>
+  <si>
+    <t>Hojeando...Cuatro décadas de libros y revistas de artista en España.</t>
+  </si>
+  <si>
     <t>El gran Sur.Movimiento de Bienal.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Hojeando...Cuatro décadas de libros y revistas de artista en España.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -889,70 +889,70 @@
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>38</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>39</v>
       </c>
       <c r="B23" t="s">
         <v>18</v>
       </c>
       <c r="C23" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="D23">
         <v>2018</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>39</v>
       </c>
       <c r="B24" t="s">
         <v>18</v>
       </c>
       <c r="C24" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D24">
         <v>2018</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>41</v>
       </c>
       <c r="B25" t="s">
         <v>18</v>
       </c>
       <c r="C25" t="s">
         <v>42</v>
       </c>
       <c r="D25">
         <v>1999</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
@@ -993,66 +993,66 @@
         <v>2009</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>38</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>47</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>