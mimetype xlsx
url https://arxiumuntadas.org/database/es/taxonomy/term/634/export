--- v1 (2025-12-15)
+++ v2 (2026-01-25)
@@ -889,70 +889,70 @@
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>38</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>39</v>
       </c>
       <c r="B23" t="s">
         <v>18</v>
       </c>
       <c r="C23" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D23">
         <v>2018</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>39</v>
       </c>
       <c r="B24" t="s">
         <v>18</v>
       </c>
       <c r="C24" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="D24">
         <v>2018</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>41</v>
       </c>
       <c r="B25" t="s">
         <v>18</v>
       </c>
       <c r="C25" t="s">
         <v>42</v>
       </c>
       <c r="D25">
         <v>1999</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">