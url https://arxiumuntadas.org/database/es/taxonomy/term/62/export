--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -119,165 +119,165 @@
   <si>
     <t>What are your concerns?</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>공간 (space)</t>
   </si>
   <si>
     <t>Corea del Sur</t>
   </si>
   <si>
     <t>Finisterre</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
+    <t>Media Ecology Ads</t>
+  </si>
+  <si>
+    <t>On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
+  </si>
+  <si>
+    <t>Estambul</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum</t>
+  </si>
+  <si>
+    <t>On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>Dérive Veneziane</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>This is Not an Advertisement</t>
+  </si>
+  <si>
+    <t>On Translation: Two Spaces</t>
+  </si>
+  <si>
+    <t>Gwangju</t>
+  </si>
+  <si>
+    <t>In Girum Revisited</t>
+  </si>
+  <si>
+    <t>Drastic Carpet</t>
+  </si>
+  <si>
+    <t>Andover (MA)</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions</t>
+  </si>
+  <si>
+    <t>About Academia II</t>
+  </si>
+  <si>
+    <t>Media Stadium</t>
+  </si>
+  <si>
+    <t>About Academia I</t>
+  </si>
+  <si>
+    <t>Between the Frames [monocanal]</t>
+  </si>
+  <si>
+    <t>Marseille: Mythes et Stéréotypes</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
     <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
   </si>
   <si>
     <t>La Siesta / The Nap / Het Dutje</t>
   </si>
   <si>
     <t>Amsterdam</t>
   </si>
   <si>
     <t>On Translation: Go Round</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>On Translation: The Monuments</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>On Translation: Himnes</t>
   </si>
   <si>
     <t>On Translation: El Aplauso</t>
   </si>
   <si>
     <t>On Translation: Ongi Etorri</t>
   </si>
   <si>
     <t>Bilbao</t>
   </si>
   <si>
     <t>On Translation: On View</t>
   </si>
   <si>
     <t>Japón</t>
   </si>
   <si>
     <t>On Translation: La Sala de Espera</t>
   </si>
   <si>
     <t>Copito de nieve (Snowflake)</t>
   </si>
   <si>
     <t>On Translation: Listening</t>
   </si>
   <si>
     <t>Stuttgart (for H.H.)</t>
-  </si>
-[...64 lines deleted...]
-    <t>Marsella</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -944,511 +944,511 @@
       <c r="A19" t="s">
         <v>33</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19">
         <v>2017</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>35</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20"/>
       <c r="D20">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F20"/>
+        <v>1982</v>
+      </c>
+      <c r="E20"/>
+      <c r="F20" t="s">
+        <v>9</v>
+      </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>36</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21"/>
       <c r="D21">
-        <v>1995</v>
+        <v>2005</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>37</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>38</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>
       <c r="D22">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>39</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>40</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23"/>
       <c r="D23">
-        <v>1998</v>
+        <v>1983</v>
       </c>
       <c r="E23">
-        <v>1999</v>
+        <v>1993</v>
       </c>
       <c r="F23" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24"/>
       <c r="D24">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="E24"/>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F24"/>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25"/>
       <c r="D25">
-        <v>1999</v>
+        <v>2015</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>44</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26"/>
       <c r="D26">
-        <v>2009</v>
+        <v>1985</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
         <v>2004</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E28"/>
-      <c r="F28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1977</v>
+        <v>1982</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1982</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E32">
+        <v>2004</v>
+      </c>
+      <c r="F32"/>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>53</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E33"/>
-      <c r="F33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>2010</v>
-[...4 lines deleted...]
-      </c>
+        <v>1983</v>
+      </c>
+      <c r="E34">
+        <v>1993</v>
+      </c>
+      <c r="F34"/>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1983</v>
+        <v>1992</v>
       </c>
       <c r="E35">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E36"/>
+        <v>1971</v>
+      </c>
+      <c r="E36">
+        <v>2011</v>
+      </c>
       <c r="F36"/>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>2015</v>
+        <v>1995</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1985</v>
+        <v>2013</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>62</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E39"/>
+        <v>1998</v>
+      </c>
+      <c r="E39">
+        <v>1999</v>
+      </c>
       <c r="F39" t="s">
         <v>63</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>64</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E40"/>
-      <c r="F40"/>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>65</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1982</v>
+        <v>1999</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
         <v>2009</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>68</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E43"/>
-      <c r="F43"/>
+      <c r="F43" t="s">
+        <v>69</v>
+      </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1992</v>
-[...4 lines deleted...]
-      <c r="F44"/>
+        <v>2009</v>
+      </c>
+      <c r="E44"/>
+      <c r="F44" t="s">
+        <v>67</v>
+      </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>2011</v>
+        <v>1977</v>
       </c>
       <c r="E45"/>
-      <c r="F45"/>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1983</v>
-[...4 lines deleted...]
-      <c r="F46"/>
+        <v>2005</v>
+      </c>
+      <c r="E46"/>
+      <c r="F46" t="s">
+        <v>30</v>
+      </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1992</v>
-[...6 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="E47"/>
+      <c r="F47"/>
       <c r="G47"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>