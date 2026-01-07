--- v1 (2025-11-26)
+++ v2 (2026-01-07)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
-    <t>Political Advertisement 1952-2024</t>
+    <t>Political Advertisement XI 1952-2024</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Between the Frames: The Forum (Barcelona)</t>
   </si>
   <si>
     <t>Columbus (OH)</t>
   </si>
   <si>
     <t>Good News</t>
   </si>
   <si>
     <t>Toronto</t>
   </si>
   <si>
     <t>Agraïments</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
@@ -119,165 +119,165 @@
   <si>
     <t>What are your concerns?</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>공간 (space)</t>
   </si>
   <si>
     <t>Corea del Sur</t>
   </si>
   <si>
     <t>Finisterre</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
+    <t>On Translation: Celebracions</t>
+  </si>
+  <si>
+    <t>About Academia II</t>
+  </si>
+  <si>
+    <t>Media Stadium</t>
+  </si>
+  <si>
+    <t>About Academia I</t>
+  </si>
+  <si>
+    <t>Between the Frames [monocanal]</t>
+  </si>
+  <si>
+    <t>Marseille: Mythes et Stéréotypes</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
+    <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
+  </si>
+  <si>
+    <t>La Siesta / The Nap / Het Dutje</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>On Translation: Go Round</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>On Translation: The Monuments</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
+    <t>On Translation: Himnes</t>
+  </si>
+  <si>
+    <t>On Translation: El Aplauso</t>
+  </si>
+  <si>
+    <t>On Translation: Ongi Etorri</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
+    <t>On Translation: On View</t>
+  </si>
+  <si>
+    <t>Japón</t>
+  </si>
+  <si>
+    <t>On Translation: La Sala de Espera</t>
+  </si>
+  <si>
+    <t>Copito de nieve (Snowflake)</t>
+  </si>
+  <si>
+    <t>On Translation: Listening</t>
+  </si>
+  <si>
+    <t>Stuttgart (for H.H.)</t>
+  </si>
+  <si>
     <t>Media Ecology Ads</t>
   </si>
   <si>
     <t>On Translation: Fear / Miedo</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
   </si>
   <si>
     <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
   </si>
   <si>
     <t>Estambul</t>
   </si>
   <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>On Translation: Miedo / Jauf</t>
   </si>
   <si>
     <t>Dérive Veneziane</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>This is Not an Advertisement</t>
   </si>
   <si>
     <t>On Translation: Two Spaces</t>
   </si>
   <si>
     <t>Gwangju</t>
   </si>
   <si>
     <t>In Girum Revisited</t>
   </si>
   <si>
     <t>Drastic Carpet</t>
   </si>
   <si>
     <t>Andover (MA)</t>
-  </si>
-[...70 lines deleted...]
-    <t>Stuttgart (for H.H.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -944,511 +944,511 @@
       <c r="A19" t="s">
         <v>33</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19">
         <v>2017</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>35</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20"/>
       <c r="D20">
-        <v>1982</v>
+        <v>2009</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>36</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21"/>
       <c r="D21">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E21"/>
-      <c r="F21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>
       <c r="D22">
-        <v>2010</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E22">
+        <v>2004</v>
+      </c>
+      <c r="F22"/>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23"/>
       <c r="D23">
-        <v>1983</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E23"/>
+      <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24"/>
       <c r="D24">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E24"/>
+        <v>1983</v>
+      </c>
+      <c r="E24">
+        <v>1993</v>
+      </c>
       <c r="F24"/>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25"/>
       <c r="D25">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>1992</v>
+      </c>
+      <c r="E25">
+        <v>1995</v>
+      </c>
       <c r="F25" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26"/>
       <c r="D26">
-        <v>1985</v>
-[...4 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E26">
+        <v>2011</v>
+      </c>
+      <c r="F26"/>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E28"/>
-      <c r="F28"/>
+      <c r="F28" t="s">
+        <v>46</v>
+      </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1982</v>
-[...1 lines deleted...]
-      <c r="E29"/>
+        <v>1998</v>
+      </c>
+      <c r="E29">
+        <v>1999</v>
+      </c>
       <c r="F29" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>15</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>2017</v>
+        <v>1999</v>
       </c>
       <c r="E31"/>
-      <c r="F31"/>
+      <c r="F31" t="s">
+        <v>26</v>
+      </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1992</v>
-[...4 lines deleted...]
-      <c r="F32"/>
+        <v>2009</v>
+      </c>
+      <c r="E32"/>
+      <c r="F32" t="s">
+        <v>52</v>
+      </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>53</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="E33"/>
-      <c r="F33"/>
+      <c r="F33" t="s">
+        <v>54</v>
+      </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1983</v>
-[...4 lines deleted...]
-      <c r="F34"/>
+        <v>2009</v>
+      </c>
+      <c r="E34"/>
+      <c r="F34" t="s">
+        <v>52</v>
+      </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>1977</v>
+      </c>
+      <c r="E35"/>
       <c r="F35" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>57</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F36"/>
+        <v>2005</v>
+      </c>
+      <c r="E36"/>
+      <c r="F36" t="s">
+        <v>30</v>
+      </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="E37"/>
-      <c r="F37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F37"/>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>2013</v>
+        <v>1982</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E39"/>
       <c r="F39" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1999</v>
-[...1 lines deleted...]
-      <c r="E41"/>
+        <v>1983</v>
+      </c>
+      <c r="E41">
+        <v>1993</v>
+      </c>
       <c r="F41" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E42"/>
-      <c r="F42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F42"/>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>2009</v>
+        <v>1985</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1977</v>
+        <v>2004</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E46"/>
-      <c r="F46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F46"/>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>2006</v>
+        <v>1982</v>
       </c>
       <c r="E47"/>
-      <c r="F47"/>
+      <c r="F47" t="s">
+        <v>73</v>
+      </c>
       <c r="G47"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>