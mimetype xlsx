--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -119,96 +119,96 @@
   <si>
     <t>Muntadas: Entre / Between [Vancouver, Póster]</t>
   </si>
   <si>
     <t>Western Front Artist in Residence. Muntadas Screening and Reception</t>
   </si>
   <si>
     <t>Flyer, Programa de evento</t>
   </si>
   <si>
     <t>Western Front</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Personal/Public Information</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
+    <t>Stadium IV: Muntadas</t>
+  </si>
+  <si>
+    <t>Muntadas. About Academia [folleto, Vancouver]</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between: Microspaces, Media Landscape, Places of Spectacle, Spheres of Power, the Archive, Communal spaces, Field of Translation, Domain of Fear, Systems of Art</t>
+  </si>
+  <si>
+    <t>Muntadas. Entre/Between</t>
+  </si>
+  <si>
+    <t>Charla, Flyer</t>
+  </si>
+  <si>
+    <t>About Academia. Line (Case Study: Simon Fraser University, Vancouver, BC) [Revista Line]</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Muntadas. Personal/Public Information</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
     <t>ABOUT ACADEMIA (Case Study Vancouver: Simon Fraser University, Vancouver, BC)</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Capture Photography Festival</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Muntadas: Personal/Public Conversation</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Muntadas: A Man Of His Time</t>
-  </si>
-[...25 lines deleted...]
-    <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>ABOUT ACADEMIA(Case Study Vancouver: Simon Fraser University, Vancouver, BC)</t>
   </si>
   <si>
     <t>Muntadas: Entre / Between [Vancouver]</t>
   </si>
   <si>
     <t>Stadium IV</t>
   </si>
   <si>
     <t>The Vancouver Art Gallery</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -870,265 +870,265 @@
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>34</v>
       </c>
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19"/>
       <c r="D19">
         <v>2013</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>9</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>35</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D20">
-        <v>2013</v>
+        <v>1990</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>9</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="D21">
         <v>2013</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>9</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D22">
-        <v>1979</v>
+        <v>2013</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D23">
-        <v>1986</v>
+        <v>2014</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D24">
-        <v>1990</v>
+        <v>2013</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>42</v>
+      </c>
+      <c r="B25" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" t="s">
         <v>43</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25">
-        <v>2013</v>
+        <v>1979</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>9</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>44</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="D26">
         <v>2013</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D27">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D28">
-        <v>2013</v>
+        <v>1979</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" t="s">
         <v>49</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29">
-        <v>1979</v>
+        <v>1986</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="B30" t="s">
         <v>14</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>14</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B32" t="s">
         <v>14</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>14</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>