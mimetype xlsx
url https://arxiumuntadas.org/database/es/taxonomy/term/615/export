--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -119,96 +119,96 @@
   <si>
     <t>Muntadas: Entre / Between [Vancouver, Póster]</t>
   </si>
   <si>
     <t>Western Front Artist in Residence. Muntadas Screening and Reception</t>
   </si>
   <si>
     <t>Flyer, Programa de evento</t>
   </si>
   <si>
     <t>Western Front</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Personal/Public Information</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
+    <t>Muntadas: Personal/Public Conversation</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Muntadas: A Man Of His Time</t>
+  </si>
+  <si>
     <t>Stadium IV: Muntadas</t>
   </si>
   <si>
     <t>Muntadas. About Academia [folleto, Vancouver]</t>
   </si>
   <si>
     <t>Muntadas: Entre / Between: Microspaces, Media Landscape, Places of Spectacle, Spheres of Power, the Archive, Communal spaces, Field of Translation, Domain of Fear, Systems of Art</t>
   </si>
   <si>
     <t>Muntadas. Entre/Between</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>About Academia. Line (Case Study: Simon Fraser University, Vancouver, BC) [Revista Line]</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Muntadas. Personal/Public Information</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>ABOUT ACADEMIA (Case Study Vancouver: Simon Fraser University, Vancouver, BC)</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Capture Photography Festival</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
-  </si>
-[...7 lines deleted...]
-    <t>Muntadas: A Man Of His Time</t>
   </si>
   <si>
     <t>ABOUT ACADEMIA(Case Study Vancouver: Simon Fraser University, Vancouver, BC)</t>
   </si>
   <si>
     <t>Muntadas: Entre / Between [Vancouver]</t>
   </si>
   <si>
     <t>Stadium IV</t>
   </si>
   <si>
     <t>The Vancouver Art Gallery</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -870,265 +870,265 @@
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>34</v>
       </c>
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19"/>
       <c r="D19">
         <v>2013</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>9</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>35</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D20">
-        <v>1990</v>
+        <v>1979</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>9</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" t="s">
         <v>36</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21">
-        <v>2013</v>
+        <v>1986</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>9</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>24</v>
       </c>
       <c r="D22">
-        <v>2013</v>
+        <v>1990</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="D23">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>40</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="D24">
         <v>2013</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>41</v>
+      </c>
+      <c r="B25" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" t="s">
         <v>42</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25">
-        <v>1979</v>
+        <v>2014</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>9</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>43</v>
+      </c>
+      <c r="B26" t="s">
+        <v>11</v>
+      </c>
+      <c r="C26" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D26">
         <v>2013</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>45</v>
+      </c>
+      <c r="B27" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" t="s">
         <v>46</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27">
-        <v>2013</v>
+        <v>1979</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>47</v>
+      </c>
+      <c r="B28" t="s">
+        <v>11</v>
+      </c>
+      <c r="C28" t="s">
         <v>48</v>
       </c>
-      <c r="B28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28">
-        <v>1979</v>
+        <v>2013</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" t="s">
         <v>50</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29">
-        <v>1986</v>
+        <v>2013</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B30" t="s">
         <v>14</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>14</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B32" t="s">
         <v>14</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>14</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>