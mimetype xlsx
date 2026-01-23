--- v2 (2025-11-18)
+++ v3 (2026-01-23)
@@ -119,102 +119,102 @@
   <si>
     <t>Muntadas: Entre / Between [Vancouver, Póster]</t>
   </si>
   <si>
     <t>Western Front Artist in Residence. Muntadas Screening and Reception</t>
   </si>
   <si>
     <t>Flyer, Programa de evento</t>
   </si>
   <si>
     <t>Western Front</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Personal/Public Information</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
+    <t>Muntadas. Personal/Public Information</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>ABOUT ACADEMIA (Case Study Vancouver: Simon Fraser University, Vancouver, BC)</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Capture Photography Festival</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
     <t>Muntadas: Personal/Public Conversation</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Muntadas: A Man Of His Time</t>
   </si>
   <si>
     <t>Stadium IV: Muntadas</t>
   </si>
   <si>
     <t>Muntadas. About Academia [folleto, Vancouver]</t>
   </si>
   <si>
     <t>Muntadas: Entre / Between: Microspaces, Media Landscape, Places of Spectacle, Spheres of Power, the Archive, Communal spaces, Field of Translation, Domain of Fear, Systems of Art</t>
   </si>
   <si>
     <t>Muntadas. Entre/Between</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>About Academia. Line (Case Study: Simon Fraser University, Vancouver, BC) [Revista Line]</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
-    <t>Muntadas. Personal/Public Information</t>
-[...14 lines deleted...]
-    <t>Catálogo Colectivo</t>
+    <t>Muntadas: Entre / Between [Vancouver]</t>
   </si>
   <si>
     <t>ABOUT ACADEMIA(Case Study Vancouver: Simon Fraser University, Vancouver, BC)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Muntadas: Entre / Between [Vancouver]</t>
   </si>
   <si>
     <t>Stadium IV</t>
   </si>
   <si>
     <t>The Vancouver Art Gallery</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -889,261 +889,261 @@
         <v>35</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>36</v>
       </c>
       <c r="D20">
         <v>1979</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>9</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>37</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D21">
-        <v>1986</v>
+        <v>2013</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>9</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D22">
-        <v>1990</v>
+        <v>2013</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="D23">
-        <v>2013</v>
+        <v>1979</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="D24">
-        <v>2013</v>
+        <v>1986</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="D25">
-        <v>2014</v>
+        <v>1990</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>9</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="D26">
         <v>2013</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="D27">
-        <v>1979</v>
+        <v>2013</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>47</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
         <v>48</v>
       </c>
       <c r="D28">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>49</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>50</v>
       </c>
       <c r="D29">
         <v>2013</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>14</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="B31" t="s">
         <v>14</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>14</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="B33" t="s">
         <v>14</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>53</v>
       </c>
       <c r="B34" t="s">
         <v>16</v>
       </c>
       <c r="C34"/>
       <c r="D34">
         <v>1990</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">