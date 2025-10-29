--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -65,66 +65,66 @@
   <si>
     <t>Artículo / Noticia en medio digital, Programa de TV</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>El arte de pintar desilusiones. Por Susana Crowley ¬ Video columna</t>
   </si>
   <si>
     <t>Programa de TV</t>
   </si>
   <si>
     <t>Pas endavant de les històriques galeries de Barcelona</t>
   </si>
   <si>
     <t>Curs: Art digital. Net.art i instal·lacions interactives. Antoni Muntadas: The File Room</t>
   </si>
   <si>
     <t>'Memoria de la Defensa. Arquitecturas físicas y mentales'. ¿Por qué y de quién nos protegemos? Memoria de la Defensa: Murallas físicas y mentales en Metrópolis</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Metrópolis. Bienal de Venecia</t>
+  </si>
+  <si>
+    <t>60 minutos (programa de Canal Sur). On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Metrópolis. Entre / Between</t>
+  </si>
+  <si>
+    <t>Metrópolis. Museo Reina Sofía: "Híbridos"</t>
+  </si>
+  <si>
     <t>El Arte del Video. 20 autores españoles</t>
-  </si>
-[...13 lines deleted...]
-    <t>Metrópolis. Museo Reina Sofía: "Híbridos"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -560,127 +560,127 @@
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6">
         <v>2021</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10">
-        <v>2011</v>
+        <v>1988</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>