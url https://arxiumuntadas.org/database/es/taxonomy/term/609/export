--- v1 (2025-10-29)
+++ v2 (2025-12-08)
@@ -65,66 +65,66 @@
   <si>
     <t>Artículo / Noticia en medio digital, Programa de TV</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>El arte de pintar desilusiones. Por Susana Crowley ¬ Video columna</t>
   </si>
   <si>
     <t>Programa de TV</t>
   </si>
   <si>
     <t>Pas endavant de les històriques galeries de Barcelona</t>
   </si>
   <si>
     <t>Curs: Art digital. Net.art i instal·lacions interactives. Antoni Muntadas: The File Room</t>
   </si>
   <si>
     <t>'Memoria de la Defensa. Arquitecturas físicas y mentales'. ¿Por qué y de quién nos protegemos? Memoria de la Defensa: Murallas físicas y mentales en Metrópolis</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Metrópolis. Museo Reina Sofía: "Híbridos"</t>
+  </si>
+  <si>
+    <t>El Arte del Video. 20 autores españoles</t>
+  </si>
+  <si>
     <t>Metrópolis. Bienal de Venecia</t>
   </si>
   <si>
     <t>60 minutos (programa de Canal Sur). On Translation: Miedo / Jauf</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Metrópolis. Entre / Between</t>
-  </si>
-[...4 lines deleted...]
-    <t>El Arte del Video. 20 autores españoles</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -560,127 +560,127 @@
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6">
         <v>2021</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7">
-        <v>2005</v>
+        <v>1988</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10">
-        <v>1988</v>
+        <v>2008</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11">
-        <v>1989</v>
+        <v>2011</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>