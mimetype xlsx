--- v0 (2025-10-09)
+++ v1 (2026-01-20)
@@ -35,63 +35,63 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
-    <t>Muntadas. Actividades.</t>
+    <t>Muntadas. Actividades [Postal]</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Invitación, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
-    <t>Abad, Benito, Llimos, Muntadas. Documenta 5.</t>
+    <t>Abad, Benito, Llimos, Muntadas. Documenta 5</t>
   </si>
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Presque la même chose</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>Muntadas. Stadium. Walter Phillips Gallery</t>
   </si>
   <si>
     <t>Canadá</t>
   </si>
   <si>
     <t>Kybernetik. Vernetzte Systeme</t>
   </si>
   <si>
     <t>Frankfurt</t>
   </si>
@@ -176,87 +176,87 @@
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos [Invitación]</t>
   </si>
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
     <t>On Translation: Das Museum [Invitación]</t>
   </si>
   <si>
     <t>Dortmund</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum</t>
   </si>
   <si>
     <t>Liberxina. Pop i nous comportements artístics [Invitación]</t>
   </si>
   <si>
     <t>Muntadas. Estratexias do desprazamento [Invitación]</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
+    <t>Discourses. Activating Artifacts: About Academia</t>
+  </si>
+  <si>
+    <t>Public Space? Lost and Found</t>
+  </si>
+  <si>
+    <t>Flyer, Invitación</t>
+  </si>
+  <si>
+    <t>Rencontres Internationales Paris/Berlin. New cinema and contemporary art. Invitation</t>
+  </si>
+  <si>
+    <t>Berlín</t>
+  </si>
+  <si>
     <t>Invitación al preview del Centro Botín</t>
   </si>
   <si>
     <t>Santander</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
   </si>
   <si>
     <t>Charla, Invitación, Programa de evento</t>
   </si>
   <si>
     <t>Ulaanbaatar</t>
   </si>
   <si>
     <t>Espaces de mémoire. Antoni Muntadas</t>
   </si>
   <si>
     <t>Conferencia, Invitación</t>
   </si>
   <si>
     <t>Burdeos</t>
-  </si>
-[...13 lines deleted...]
-    <t>Berlín</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1085,146 +1085,146 @@
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27">
         <v>2018</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>53</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>54</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>55</v>
+      </c>
+      <c r="B29" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" t="s">
         <v>56</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D30">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D32">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
+        <v>64</v>
+      </c>
+      <c r="B33" t="s">
+        <v>8</v>
+      </c>
+      <c r="C33" t="s">
         <v>65</v>
       </c>
-      <c r="B33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>66</v>
       </c>
       <c r="G33"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>