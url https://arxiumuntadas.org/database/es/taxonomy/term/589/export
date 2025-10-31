--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -518,110 +518,329 @@
   <si>
     <t>Cimal Arte Internacional. La Suisse Existe. 39-40 / 1993</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Moscow Art Magazine 50 nº3</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
     <t>L'estació núm. 8 estiu Antonio Gamoneda i Antoni Muntadas</t>
   </si>
   <si>
     <t>Els deltes d'Antoni Muntadas</t>
   </si>
   <si>
     <t>Artbook D.A.P. Spring 2017 Catalog</t>
   </si>
   <si>
     <t>Multitudes 25</t>
   </si>
   <si>
+    <t>SITES architecture</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
+  </si>
+  <si>
+    <t>Barcelona, Granada, Madrid, Sevilla</t>
+  </si>
+  <si>
+    <t>Entrevista con Antoni Muntadas. Experiencias de un outsider</t>
+  </si>
+  <si>
+    <t>"Os espacos respiran, escutam e falam"</t>
+  </si>
+  <si>
+    <t>EXIT 8 Censurados/Censored</t>
+  </si>
+  <si>
+    <t>Camera Obscura: A Journal of Feminism and Film Theory / 3-4</t>
+  </si>
+  <si>
+    <t>Londres</t>
+  </si>
+  <si>
+    <t>A memória de Serralves segundo Muntadas</t>
+  </si>
+  <si>
+    <t>Porto / Oporto</t>
+  </si>
+  <si>
+    <t>Cave Canis - A</t>
+  </si>
+  <si>
+    <t>Cahiers du Cinema España. Suplemento abril 2009. rencontres Internationales. Cine y arte contemporáneo.</t>
+  </si>
+  <si>
+    <t>Muntadas: hacia una estrategia de los medios</t>
+  </si>
+  <si>
+    <t>L'artista és un traductor constant de la realitat</t>
+  </si>
+  <si>
+    <t>Landscape(s)</t>
+  </si>
+  <si>
+    <t>Article. A journal of contemporary art. September 2014 issue #38</t>
+  </si>
+  <si>
+    <t>Seúl</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas, artista</t>
+  </si>
+  <si>
+    <t>Profil. Súčasného výtvarného umenia / contemporary art magazine 3'12 (marzo 2012)</t>
+  </si>
+  <si>
+    <t>Bratislava</t>
+  </si>
+  <si>
+    <t>Quaderns d'arquitectura i urbanisme. Tiempo librado ‧ Freed time</t>
+  </si>
+  <si>
+    <t>Due parole sul trasporre</t>
+  </si>
+  <si>
+    <t>Muntadas Principes d'intervention/ Muntadas principals of intervention</t>
+  </si>
+  <si>
+    <t>Canal Studio. Le journal du Fresnoy n 4</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Fresnoy</t>
+  </si>
+  <si>
+    <t>Atlántica #48-49 Primavera/verano 2009</t>
+  </si>
+  <si>
+    <t>Vanguardias artísticas y realidad semiológica</t>
+  </si>
+  <si>
+    <t>Interpretación</t>
+  </si>
+  <si>
+    <t>Cimal Arte internacional Nº 46 · 1996</t>
+  </si>
+  <si>
+    <t>Plot 23</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas inaugura en Madrid “Híbridos” un recorrido a través de su obra conceptual</t>
+  </si>
+  <si>
+    <t>Arte, Individuo y Sociedad. Vol. 25 Núm. 2 (MAYO-AGOSTO) 2013</t>
+  </si>
+  <si>
+    <t>EXIT BOOK #2 Libros de artistas</t>
+  </si>
+  <si>
+    <t>Ecologie, écologisme</t>
+  </si>
+  <si>
+    <t>Lausana</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Le temps du dialogue</t>
+  </si>
+  <si>
+    <t>Database Imaginary</t>
+  </si>
+  <si>
+    <t>Banff</t>
+  </si>
+  <si>
+    <t>47 AL FONDO. Revista de la Facultad de Arquitectura y Urbanismo de la Universidad Nacional de La Plata. Año 14 número 19</t>
+  </si>
+  <si>
+    <t>La Plata</t>
+  </si>
+  <si>
+    <t>Muntadas: Personal/Public Conversation</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. "Arte y efectividad no se llevan bien"</t>
+  </si>
+  <si>
+    <t>Turbulences Vidéo. Portraits d'artistes.</t>
+  </si>
+  <si>
+    <t>Trialog 118/119 Vol. 3-4/2014. Spaces of Memory / Lugares de memoria</t>
+  </si>
+  <si>
+    <t>Berlín</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas: la desmitificación del medio</t>
+  </si>
+  <si>
+    <t>Matador P</t>
+  </si>
+  <si>
+    <t>ARS Revista do de departamento de artes plásticas ano 3 / n. 6 / 2005</t>
+  </si>
+  <si>
+    <t>Qüestions d'Art / 1968</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Crítica del espacio público</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
+    <t>Fernando Vijande. Retrat: 1971-1987</t>
+  </si>
+  <si>
+    <t>Flash Art. The World's Leading art Magazine - International Edition - Vol. XLIV - No. 278 - May-June 2011</t>
+  </si>
+  <si>
+    <t>Conversa com Antonio Muntadas</t>
+  </si>
+  <si>
+    <t>"Los artistas debemos trabajar sobre el tiempo en que vivimos e interpretarlo"</t>
+  </si>
+  <si>
+    <t>Transversal. L'era digital. Núm 1. 1996</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>Segundo Intento. Un proyecto del Colectivo Leland Palmer. Fascículo 0</t>
+  </si>
+  <si>
+    <t>Futebol, mídia e violencia. Para quem?</t>
+  </si>
+  <si>
+    <t>Chimaera Monographie 8: Muntadas</t>
+  </si>
+  <si>
+    <t>Herimoncourt</t>
+  </si>
+  <si>
+    <t>Cultura moderna nº 2: Cultura y violencia</t>
+  </si>
+  <si>
+    <t>Revista de Occidente: Ortega y la sociedad tecnológica. Fin del humanismo? Polemica con Sloterdij</t>
+  </si>
+  <si>
+    <t>"Trabajo en análisis de fenómenos contemporáneos"</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
+    <t>Serra d'Or, any XIII, núm. 145 - 15 d'octubre 1971</t>
+  </si>
+  <si>
+    <t>Artecontexto. Dossier: ARTE, INTERNET Y FEMINISMO</t>
+  </si>
+  <si>
+    <t>Sites 7. Muntadas. Media Sites / Media Monuments.</t>
+  </si>
+  <si>
+    <t>De la utilidad de lo bello</t>
+  </si>
+  <si>
+    <t>From Witte de With #2</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>Art in America. International Review November 2016</t>
+  </si>
+  <si>
+    <t>"La paura è diventata uno strumento finalizzato all'esercizio del potere"</t>
+  </si>
+  <si>
+    <t>Muzzano</t>
+  </si>
+  <si>
     <t>Adapter? On Translation: The Adapter</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>EXIT nº23. Lectores y lecturas - Readers and readings</t>
   </si>
   <si>
     <t>Semiotexte: Nietzsche</t>
   </si>
   <si>
     <t>Fragments</t>
   </si>
   <si>
-    <t>Lleida</t>
-[...1 lines deleted...]
-  <si>
     <t>Serra d'Or, any XIV, núm. 158 - 15 de novembre 1972</t>
   </si>
   <si>
     <t>Article. A journal of contemporary art. August 2012 issue #13</t>
   </si>
   <si>
-    <t>Seúl</t>
-[...1 lines deleted...]
-  <si>
     <t>Antoni Muntadas presenta en Valencia tres exposiciones distintas</t>
   </si>
   <si>
     <t>"Estoy en contra del estilo"</t>
   </si>
   <si>
     <t>Rosario</t>
   </si>
   <si>
     <t>Facteurs de trouble</t>
   </si>
   <si>
     <t>Public Art Dialogue (PAD). Special Issue: Higher Ed.: College Campuses and Public Art</t>
   </si>
   <si>
     <t>Abingdon</t>
   </si>
   <si>
     <t>Muntadas. "No treballo sobre coses que m'imagino ni faig servir la metàfora per la metàfora"</t>
   </si>
   <si>
     <t>La Page. Un quotidien d'idées.</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Cuadernos de Arquitectura</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>mono 7:  En las ciudades</t>
   </si>
   <si>
     <t>Utne Reader: The best of the alternative press</t>
   </si>
   <si>
     <t>"Internet no es más que una nueva utopía"</t>
   </si>
   <si>
     <t>Artery. The National Forum for College Art</t>
   </si>
   <si>
     <t>DAMN°31. A Magazine on Contemporary Culture</t>
   </si>
   <si>
     <t>Gante</t>
   </si>
   <si>
     <t>Antonio Muntadas. Paysages médiatiques</t>
   </si>
   <si>
     <t>Muntadas, se il fine giustifica I mezzi</t>
   </si>
   <si>
     <t>Galáxia. Revista Transdisciplinar de comumicaçao, semiótica, cultura nº4</t>
@@ -683,68 +902,62 @@
   <si>
     <t>"El arte no puede ser una construcción mental subjetiva"</t>
   </si>
   <si>
     <t>Projects and Protocols. Muntadas. July 28 Tuesday 2015</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>Communications. Vidéo</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
   </si>
   <si>
     <t>Tres preguntas a Antonio Muntadas-Prim</t>
   </si>
   <si>
     <t>Antoni Muntadas On Translation</t>
   </si>
   <si>
-    <t>San Sebastián</t>
-[...1 lines deleted...]
-  <si>
     <t>Àrtics-6</t>
   </si>
   <si>
     <t>Dardo Magazine 26. Antonio Gagliano , Núria Güell , Asier Mendizabal , Andreas Fogarasi , Milton Machado , Pedro G. Romero , Boa Mistura , Bienal de Jafre</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Muntadas: A Man Of His Time</t>
   </si>
   <si>
-    <t>Vancouver</t>
-[...1 lines deleted...]
-  <si>
     <t>À propos de The File Room d'Antoni Muntadas</t>
   </si>
   <si>
     <t>Brumaria 1. Prácticas artísticas, estéticas y políticas</t>
   </si>
   <si>
     <t>EXIT nº16. Escribiendo imágenes - Writing pictures</t>
   </si>
   <si>
     <t>Trânsitos e outras direções</t>
   </si>
   <si>
     <t>ARS. Revista do Programa de pos-graduacao em artes visualis. Ano 6 / N. 11 / 2008 : Intervenções</t>
   </si>
   <si>
     <t>Revista, Taller</t>
   </si>
   <si>
     <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
   </si>
   <si>
     <t>Montbéliard</t>
   </si>
   <si>
     <t>Arte y Parte Nº 77. Miquel Barceló. Antoni Muntadas. Waltercio Caldas. Museos como colchas</t>
@@ -777,263 +990,50 @@
     <t>Arte y Percepción</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>El sofisticado lenguaje de las instalaciones</t>
   </si>
   <si>
     <t>Santiago de Chile</t>
   </si>
   <si>
     <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
   </si>
   <si>
     <t>Concinnitas Revista do Instituto de artes da UERJ. Ano 10 - Vol. 1 - N. 14 - Junho 2009</t>
   </si>
   <si>
     <t>Río de Janeiro</t>
   </si>
   <si>
     <t>En la cúpula neumática. Antonio Muntadas expone su obra "polución audiovisual"</t>
   </si>
   <si>
     <t>En torno a la censura</t>
-  </si>
-[...211 lines deleted...]
-    <t>Muzzano</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3118,2360 +3118,2360 @@
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>167</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
         <v>51</v>
       </c>
       <c r="D100">
         <v>2006</v>
       </c>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>168</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>169</v>
+        <v>51</v>
       </c>
       <c r="D101">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D102">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>24</v>
+        <v>170</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>171</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D103">
-        <v>1978</v>
+        <v>1988</v>
       </c>
       <c r="E103"/>
-      <c r="F103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F103"/>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>172</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
         <v>33</v>
       </c>
       <c r="D104">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>173</v>
+        <v>123</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
         <v>14</v>
       </c>
       <c r="D105">
-        <v>1972</v>
+        <v>2002</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D106">
-        <v>2012</v>
+        <v>1979</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
+        <v>176</v>
+      </c>
+      <c r="B107" t="s">
+        <v>8</v>
+      </c>
+      <c r="C107" t="s">
+        <v>33</v>
+      </c>
+      <c r="D107">
+        <v>1992</v>
+      </c>
+      <c r="E107"/>
+      <c r="F107" t="s">
         <v>177</v>
       </c>
-      <c r="B107" t="s">
-[...9 lines deleted...]
-      <c r="F107"/>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>178</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>33</v>
+        <v>150</v>
       </c>
       <c r="D108">
-        <v>2002</v>
+        <v>1996</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
         <v>14</v>
       </c>
       <c r="D109">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
         <v>33</v>
       </c>
       <c r="D110">
-        <v>2017</v>
+        <v>1976</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>182</v>
+        <v>24</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
         <v>33</v>
       </c>
       <c r="D111">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
         <v>31</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>185</v>
+        <v>51</v>
       </c>
       <c r="D112">
-        <v>2002</v>
+        <v>1995</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>187</v>
+        <v>14</v>
       </c>
       <c r="D113">
-        <v>1964</v>
+        <v>2014</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>31</v>
+        <v>184</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
         <v>33</v>
       </c>
       <c r="D114">
-        <v>2006</v>
+        <v>1988</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>161</v>
+        <v>31</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D115">
-        <v>1990</v>
+        <v>2012</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>21</v>
+        <v>187</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D116">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>31</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
         <v>51</v>
       </c>
       <c r="D117">
-        <v>1982</v>
+        <v>2000</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D118">
-        <v>2012</v>
+        <v>1992</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>193</v>
+        <v>34</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>33</v>
+        <v>192</v>
       </c>
       <c r="D119">
-        <v>1983</v>
+        <v>2002</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>34</v>
+        <v>193</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D120">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="E120"/>
-      <c r="F120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F120"/>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D121">
-        <v>2002</v>
+        <v>1978</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>115</v>
+        <v>31</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D122">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E122"/>
-      <c r="F122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F122"/>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D123">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>121</v>
+        <v>161</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>185</v>
+        <v>51</v>
       </c>
       <c r="D124">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>201</v>
+        <v>74</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>187</v>
+        <v>33</v>
       </c>
       <c r="D125">
-        <v>1980</v>
+        <v>1988</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D126">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
         <v>51</v>
       </c>
       <c r="D127">
-        <v>1983</v>
+        <v>2003</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>205</v>
+        <v>24</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D128">
-        <v>1996</v>
+        <v>1975</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>31</v>
+        <v>203</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D129">
-        <v>1987</v>
+        <v>1993</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>208</v>
+        <v>34</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>14</v>
+        <v>192</v>
       </c>
       <c r="D130">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>21</v>
+        <v>206</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D131">
-        <v>1983</v>
+        <v>2010</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>21</v>
+        <v>208</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
         <v>33</v>
       </c>
       <c r="D132">
-        <v>1995</v>
+        <v>1979</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D133">
         <v>2002</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>173</v>
+        <v>24</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D134">
-        <v>2017</v>
+        <v>1996</v>
       </c>
       <c r="E134"/>
-      <c r="F134" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F134"/>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D135">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="E135"/>
-      <c r="F135"/>
+      <c r="F135" t="s">
+        <v>214</v>
+      </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>217</v>
+        <v>33</v>
       </c>
       <c r="D136">
-        <v>2015</v>
+        <v>1989</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>218</v>
+        <v>24</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D137">
-        <v>1988</v>
+        <v>2013</v>
       </c>
       <c r="E137"/>
-      <c r="F137"/>
+      <c r="F137" t="s">
+        <v>24</v>
+      </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
         <v>51</v>
       </c>
       <c r="D138">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D139">
-        <v>1964</v>
+        <v>1968</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
         <v>31</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
         <v>33</v>
       </c>
       <c r="D140">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>51</v>
+        <v>192</v>
       </c>
       <c r="D141">
-        <v>1988</v>
+        <v>2017</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
         <v>31</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D142">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>226</v>
+        <v>21</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
         <v>33</v>
       </c>
       <c r="D143">
-        <v>1986</v>
+        <v>1979</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>228</v>
+        <v>121</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
         <v>33</v>
       </c>
       <c r="D144">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
         <v>51</v>
       </c>
       <c r="D145">
-        <v>2002</v>
+        <v>1996</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>24</v>
+        <v>226</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D146">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>232</v>
+        <v>215</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
         <v>33</v>
       </c>
       <c r="D147">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>121</v>
+        <v>31</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>234</v>
+        <v>33</v>
       </c>
       <c r="D148">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
         <v>115</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>187</v>
+        <v>14</v>
       </c>
       <c r="D149">
         <v>1992</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D150">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>238</v>
+        <v>24</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D151">
-        <v>1971</v>
+        <v>2000</v>
       </c>
       <c r="E151"/>
-      <c r="F151"/>
+      <c r="F151" t="s">
+        <v>24</v>
+      </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
         <v>33</v>
       </c>
       <c r="D152">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>147</v>
+        <v>234</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D153">
-        <v>1988</v>
+        <v>1971</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
         <v>31</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D154">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
         <v>33</v>
       </c>
       <c r="D155">
-        <v>1988</v>
+        <v>1982</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
         <v>33</v>
       </c>
       <c r="D156">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>161</v>
+        <v>74</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
         <v>51</v>
       </c>
       <c r="D157">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D158">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>247</v>
+        <v>21</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>248</v>
+        <v>116</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
         <v>33</v>
       </c>
       <c r="D159">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>249</v>
+        <v>40</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>187</v>
+        <v>33</v>
       </c>
       <c r="D160">
-        <v>1993</v>
+        <v>2016</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>31</v>
+        <v>243</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>51</v>
+        <v>245</v>
       </c>
       <c r="D161">
-        <v>2009</v>
+        <v>2000</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>252</v>
+        <v>21</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D162">
-        <v>1972</v>
+        <v>2006</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>147</v>
+        <v>24</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D163">
-        <v>1998</v>
+        <v>1978</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>161</v>
+        <v>21</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D164">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>21</v>
+        <v>226</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D165">
-        <v>2014</v>
+        <v>1972</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>257</v>
+        <v>31</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D166">
-        <v>1988</v>
+        <v>2012</v>
       </c>
       <c r="E166"/>
-      <c r="F166"/>
+      <c r="F166" t="s">
+        <v>184</v>
+      </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
         <v>33</v>
       </c>
       <c r="D167">
-        <v>2007</v>
+        <v>1983</v>
       </c>
       <c r="E167"/>
-      <c r="F167" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F167"/>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D168">
         <v>2002</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>24</v>
+        <v>253</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D169">
-        <v>1979</v>
+        <v>2002</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>262</v>
+        <v>34</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
         <v>33</v>
       </c>
       <c r="D170">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
-        <v>150</v>
+        <v>33</v>
       </c>
       <c r="D171">
-        <v>1996</v>
+        <v>1991</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
         <v>31</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
-        <v>14</v>
+        <v>259</v>
       </c>
       <c r="D172">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
-        <v>33</v>
+        <v>192</v>
       </c>
       <c r="D173">
-        <v>1976</v>
+        <v>1964</v>
       </c>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
         <v>33</v>
       </c>
       <c r="D174">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>31</v>
+        <v>161</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
         <v>51</v>
       </c>
       <c r="D175">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
         <v>21</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D176">
-        <v>2014</v>
+        <v>1996</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>176</v>
+        <v>31</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D177">
-        <v>1988</v>
+        <v>1982</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D178">
         <v>2012</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D179">
-        <v>2003</v>
+        <v>1983</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D180">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D181">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>34</v>
+        <v>115</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
-        <v>187</v>
+        <v>14</v>
       </c>
       <c r="D182">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D183">
-        <v>2009</v>
+        <v>1992</v>
       </c>
       <c r="E183"/>
-      <c r="F183"/>
+      <c r="F183" t="s">
+        <v>121</v>
+      </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
-        <v>33</v>
+        <v>259</v>
       </c>
       <c r="D184">
-        <v>1978</v>
+        <v>2016</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>31</v>
+        <v>274</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>33</v>
+        <v>192</v>
       </c>
       <c r="D185">
-        <v>2002</v>
+        <v>1980</v>
       </c>
       <c r="E185"/>
-      <c r="F185"/>
+      <c r="F185" t="s">
+        <v>68</v>
+      </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D186">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
         <v>51</v>
       </c>
       <c r="D187">
-        <v>2015</v>
+        <v>1983</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>74</v>
+        <v>278</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
         <v>33</v>
       </c>
       <c r="D188">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D189">
-        <v>2013</v>
+        <v>1987</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>24</v>
+        <v>281</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D190">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D191">
-        <v>1975</v>
+        <v>1983</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>288</v>
+        <v>21</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
         <v>33</v>
       </c>
       <c r="D192">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
-        <v>187</v>
+        <v>51</v>
       </c>
       <c r="D193">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>291</v>
+        <v>226</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="B194" t="s">
         <v>8</v>
       </c>
       <c r="C194" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D194">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="B195" t="s">
         <v>8</v>
       </c>
       <c r="C195" t="s">
         <v>33</v>
       </c>
       <c r="D195">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E195"/>
-      <c r="F195" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F195"/>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="B196" t="s">
         <v>8</v>
       </c>
       <c r="C196" t="s">
-        <v>33</v>
+        <v>290</v>
       </c>
       <c r="D196">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
-        <v>24</v>
+        <v>291</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="B197" t="s">
         <v>8</v>
       </c>
       <c r="C197" t="s">
         <v>51</v>
       </c>
       <c r="D197">
-        <v>1996</v>
+        <v>1988</v>
       </c>
       <c r="E197"/>
       <c r="F197"/>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="B198" t="s">
         <v>8</v>
       </c>
       <c r="C198" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D198">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>298</v>
+        <v>135</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="B199" t="s">
         <v>8</v>
       </c>
       <c r="C199" t="s">
         <v>33</v>
       </c>
       <c r="D199">
-        <v>1989</v>
+        <v>1964</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="B200" t="s">
         <v>8</v>
       </c>
       <c r="C200" t="s">
         <v>33</v>
       </c>
       <c r="D200">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>24</v>
+        <v>234</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="B201" t="s">
         <v>8</v>
       </c>
       <c r="C201" t="s">
         <v>51</v>
       </c>
       <c r="D201">
-        <v>2005</v>
+        <v>1988</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>115</v>
+        <v>31</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="B202" t="s">
         <v>8</v>
       </c>
       <c r="C202" t="s">
         <v>51</v>
       </c>
       <c r="D202">
-        <v>1968</v>
+        <v>2014</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>31</v>
+        <v>298</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="B203" t="s">
         <v>8</v>
       </c>
       <c r="C203" t="s">
         <v>33</v>
       </c>
       <c r="D203">
-        <v>1994</v>
+        <v>1986</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>304</v>
+        <v>210</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B204" t="s">
         <v>8</v>
       </c>
       <c r="C204" t="s">
-        <v>187</v>
+        <v>33</v>
       </c>
       <c r="D204">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="B205" t="s">
         <v>8</v>
       </c>
       <c r="C205" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D205">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="B206" t="s">
         <v>8</v>
       </c>
       <c r="C206" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D206">
-        <v>1979</v>
+        <v>2004</v>
       </c>
       <c r="E206"/>
       <c r="F206" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="B207" t="s">
         <v>8</v>
       </c>
       <c r="C207" t="s">
         <v>33</v>
       </c>
       <c r="D207">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="B208" t="s">
         <v>8</v>
       </c>
       <c r="C208" t="s">
-        <v>51</v>
+        <v>305</v>
       </c>
       <c r="D208">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E208"/>
       <c r="F208" t="s">
-        <v>173</v>
+        <v>115</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B209" t="s">
         <v>8</v>
       </c>
       <c r="C209" t="s">
-        <v>51</v>
+        <v>192</v>
       </c>
       <c r="D209">
-        <v>2016</v>
+        <v>1992</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
-        <v>31</v>
+        <v>307</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="B210" t="s">
         <v>8</v>
       </c>
       <c r="C210" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D210">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
-        <v>31</v>
+        <v>309</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="B211" t="s">
         <v>8</v>
       </c>
       <c r="C211" t="s">
         <v>33</v>
       </c>
       <c r="D211">
-        <v>2014</v>
+        <v>1971</v>
       </c>
       <c r="E211"/>
-      <c r="F211" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F211"/>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B212" t="s">
         <v>8</v>
       </c>
       <c r="C212" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D212">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
-        <v>313</v>
+        <v>147</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="B213" t="s">
         <v>8</v>
       </c>
       <c r="C213" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D213">
-        <v>2006</v>
+        <v>1988</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B214" t="s">
         <v>8</v>
       </c>
       <c r="C214" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="D214">
-        <v>2000</v>
+        <v>2014</v>
       </c>
       <c r="E214"/>
       <c r="F214" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="B215" t="s">
         <v>8</v>
       </c>
       <c r="C215" t="s">
         <v>33</v>
       </c>
       <c r="D215">
-        <v>1994</v>
+        <v>1988</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>223</v>
+        <v>31</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B216" t="s">
         <v>8</v>
       </c>
       <c r="C216" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D216">
-        <v>1971</v>
+        <v>2006</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>31</v>
+        <v>161</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="B217" t="s">
         <v>8</v>
       </c>
       <c r="C217" t="s">
         <v>51</v>
       </c>
       <c r="D217">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
         <v>24</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D218">
-        <v>1982</v>
+        <v>2005</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>21</v>
+        <v>318</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="B219" t="s">
         <v>8</v>
       </c>
       <c r="C219" t="s">
         <v>33</v>
       </c>
       <c r="D219">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>74</v>
+        <v>320</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
         <v>321</v>
       </c>
       <c r="B220" t="s">
         <v>8</v>
       </c>
       <c r="C220" t="s">
-        <v>51</v>
+        <v>192</v>
       </c>
       <c r="D220">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>322</v>
+        <v>31</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B221" t="s">
         <v>8</v>
       </c>
       <c r="C221" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D221">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>21</v>
+        <v>323</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>116</v>
+        <v>324</v>
       </c>
       <c r="B222" t="s">
         <v>8</v>
       </c>
       <c r="C222" t="s">
         <v>33</v>
       </c>
       <c r="D222">
-        <v>1990</v>
+        <v>1972</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>40</v>
+        <v>147</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B223" t="s">
         <v>8</v>
       </c>
       <c r="C223" t="s">
         <v>33</v>
       </c>
       <c r="D223">
-        <v>2016</v>
+        <v>1998</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>325</v>
+        <v>161</v>
       </c>
       <c r="G223"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>