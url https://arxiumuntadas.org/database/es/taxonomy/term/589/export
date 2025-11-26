--- v1 (2025-10-31)
+++ v2 (2025-11-26)
@@ -518,50 +518,251 @@
   <si>
     <t>Cimal Arte Internacional. La Suisse Existe. 39-40 / 1993</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Moscow Art Magazine 50 nº3</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
     <t>L'estació núm. 8 estiu Antonio Gamoneda i Antoni Muntadas</t>
   </si>
   <si>
     <t>Els deltes d'Antoni Muntadas</t>
   </si>
   <si>
     <t>Artbook D.A.P. Spring 2017 Catalog</t>
   </si>
   <si>
     <t>Multitudes 25</t>
   </si>
   <si>
+    <t>Artery. The National Forum for College Art</t>
+  </si>
+  <si>
+    <t>DAMN°31. A Magazine on Contemporary Culture</t>
+  </si>
+  <si>
+    <t>Gante</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas. Paysages médiatiques</t>
+  </si>
+  <si>
+    <t>Muntadas, se il fine giustifica I mezzi</t>
+  </si>
+  <si>
+    <t>Galáxia. Revista Transdisciplinar de comumicaçao, semiótica, cultura nº4</t>
+  </si>
+  <si>
+    <t>Art China 7 September 2017</t>
+  </si>
+  <si>
+    <t>Shanghai</t>
+  </si>
+  <si>
+    <t>Sociologia Plural</t>
+  </si>
+  <si>
+    <t>Corriere del Ticino [PAURA, Insert]</t>
+  </si>
+  <si>
+    <t>Otros materiales de difusión</t>
+  </si>
+  <si>
+    <t>Lugano</t>
+  </si>
+  <si>
+    <t>Post no bills. Segnali urbani. Arte Visive- Ambiente Quaderno n. 2</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>You'll Never Walk Alone. Fussball &amp; Fankultur.</t>
+  </si>
+  <si>
+    <t>WhiteWalls: A Magazine of Writings by Artists #9 Autummn 1983</t>
+  </si>
+  <si>
+    <t>Chicago (IL)</t>
+  </si>
+  <si>
+    <t>"En vez de un paisaje bucólico, he elegido el de los media"</t>
+  </si>
+  <si>
+    <t>Journal. A contemporary art magazine. Transatlantic Artists Issue. Fall 1987.</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>Art in America. International Review March 2012</t>
+  </si>
+  <si>
+    <t>The Images From Media Landscape</t>
+  </si>
+  <si>
+    <t>On Translation</t>
+  </si>
+  <si>
+    <t>Transversal. Monogràfic 11-S</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>World Art 2017/3</t>
+  </si>
+  <si>
+    <t>Shijiazhuang</t>
+  </si>
+  <si>
+    <t>"El arte no puede ser una construcción mental subjetiva"</t>
+  </si>
+  <si>
+    <t>Projects and Protocols. Muntadas. July 28 Tuesday 2015</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
+    <t>Tokio</t>
+  </si>
+  <si>
+    <t>Communications. Vidéo</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+  </si>
+  <si>
+    <t>Tres preguntas a Antonio Muntadas-Prim</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas On Translation</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
+    <t>Àrtics-6</t>
+  </si>
+  <si>
+    <t>Dardo Magazine 26. Antonio Gagliano , Núria Güell , Asier Mendizabal , Andreas Fogarasi , Milton Machado , Pedro G. Romero , Boa Mistura , Bienal de Jafre</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Muntadas: A Man Of His Time</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>À propos de The File Room d'Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Brumaria 1. Prácticas artísticas, estéticas y políticas</t>
+  </si>
+  <si>
+    <t>EXIT nº16. Escribiendo imágenes - Writing pictures</t>
+  </si>
+  <si>
+    <t>Trânsitos e outras direções</t>
+  </si>
+  <si>
+    <t>ARS. Revista do Programa de pos-graduacao em artes visualis. Ano 6 / N. 11 / 2008 : Intervenções</t>
+  </si>
+  <si>
+    <t>Revista, Taller</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>Arte y Parte Nº 77. Miquel Barceló. Antoni Muntadas. Waltercio Caldas. Museos como colchas</t>
+  </si>
+  <si>
+    <t>Santander</t>
+  </si>
+  <si>
+    <t>Sigue la encuesta</t>
+  </si>
+  <si>
+    <t>"Mis obras son como preguntas que me hago y que las extiendo"</t>
+  </si>
+  <si>
+    <t>Barcelona. Metròpolis Mediterrània N.º 12 Invierno 1988-89. Revista trimestral del Ayuntamiento de Barcelona.</t>
+  </si>
+  <si>
+    <t>The Brooklin Rail. Critical Perspectives on Arts, Politics, and Culture</t>
+  </si>
+  <si>
+    <t>"Siempre tengo la sensación de partir de cero"</t>
+  </si>
+  <si>
+    <t>En las ciudades</t>
+  </si>
+  <si>
+    <t>Brumaria 4. Vídeo: primera etapa. El vídeo en el contexto social y artístico de los años 60/70</t>
+  </si>
+  <si>
+    <t>Arte y Percepción</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
+    <t>El sofisticado lenguaje de las instalaciones</t>
+  </si>
+  <si>
+    <t>Santiago de Chile</t>
+  </si>
+  <si>
+    <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
+  </si>
+  <si>
+    <t>Concinnitas Revista do Instituto de artes da UERJ. Ano 10 - Vol. 1 - N. 14 - Junho 2009</t>
+  </si>
+  <si>
+    <t>Río de Janeiro</t>
+  </si>
+  <si>
+    <t>En la cúpula neumática. Antonio Muntadas expone su obra "polución audiovisual"</t>
+  </si>
+  <si>
+    <t>En torno a la censura</t>
+  </si>
+  <si>
     <t>SITES architecture</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
   </si>
   <si>
     <t>Barcelona, Granada, Madrid, Sevilla</t>
   </si>
   <si>
     <t>Entrevista con Antoni Muntadas. Experiencias de un outsider</t>
   </si>
   <si>
     <t>"Os espacos respiran, escutam e falam"</t>
   </si>
   <si>
     <t>EXIT 8 Censurados/Censored</t>
   </si>
   <si>
     <t>Camera Obscura: A Journal of Feminism and Film Theory / 3-4</t>
   </si>
   <si>
     <t>Londres</t>
   </si>
   <si>
     <t>A memória de Serralves segundo Muntadas</t>
@@ -590,53 +791,50 @@
   <si>
     <t>Seúl</t>
   </si>
   <si>
     <t>Antoni Muntadas, artista</t>
   </si>
   <si>
     <t>Profil. Súčasného výtvarného umenia / contemporary art magazine 3'12 (marzo 2012)</t>
   </si>
   <si>
     <t>Bratislava</t>
   </si>
   <si>
     <t>Quaderns d'arquitectura i urbanisme. Tiempo librado ‧ Freed time</t>
   </si>
   <si>
     <t>Due parole sul trasporre</t>
   </si>
   <si>
     <t>Muntadas Principes d'intervention/ Muntadas principals of intervention</t>
   </si>
   <si>
     <t>Canal Studio. Le journal du Fresnoy n 4</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Fresnoy</t>
   </si>
   <si>
     <t>Atlántica #48-49 Primavera/verano 2009</t>
   </si>
   <si>
     <t>Vanguardias artísticas y realidad semiológica</t>
   </si>
   <si>
     <t>Interpretación</t>
   </si>
   <si>
     <t>Cimal Arte internacional Nº 46 · 1996</t>
   </si>
   <si>
     <t>Plot 23</t>
   </si>
   <si>
     <t>Antonio Muntadas inaugura en Madrid “Híbridos” un recorrido a través de su obra conceptual</t>
   </si>
   <si>
     <t>Arte, Individuo y Sociedad. Vol. 25 Núm. 2 (MAYO-AGOSTO) 2013</t>
   </si>
   <si>
     <t>EXIT BOOK #2 Libros de artistas</t>
@@ -644,125 +842,116 @@
   <si>
     <t>Ecologie, écologisme</t>
   </si>
   <si>
     <t>Lausana</t>
   </si>
   <si>
     <t>Antoni Muntadas. Le temps du dialogue</t>
   </si>
   <si>
     <t>Database Imaginary</t>
   </si>
   <si>
     <t>Banff</t>
   </si>
   <si>
     <t>47 AL FONDO. Revista de la Facultad de Arquitectura y Urbanismo de la Universidad Nacional de La Plata. Año 14 número 19</t>
   </si>
   <si>
     <t>La Plata</t>
   </si>
   <si>
     <t>Muntadas: Personal/Public Conversation</t>
   </si>
   <si>
-    <t>Vancouver</t>
-[...1 lines deleted...]
-  <si>
     <t>Antoni Muntadas. "Arte y efectividad no se llevan bien"</t>
   </si>
   <si>
     <t>Turbulences Vidéo. Portraits d'artistes.</t>
   </si>
   <si>
     <t>Trialog 118/119 Vol. 3-4/2014. Spaces of Memory / Lugares de memoria</t>
   </si>
   <si>
     <t>Berlín</t>
   </si>
   <si>
     <t>Antoni Muntadas: la desmitificación del medio</t>
   </si>
   <si>
     <t>Matador P</t>
   </si>
   <si>
     <t>ARS Revista do de departamento de artes plásticas ano 3 / n. 6 / 2005</t>
   </si>
   <si>
     <t>Qüestions d'Art / 1968</t>
   </si>
   <si>
     <t>Antoni Muntadas. Crítica del espacio público</t>
   </si>
   <si>
     <t>Bilbao</t>
   </si>
   <si>
     <t>Fernando Vijande. Retrat: 1971-1987</t>
   </si>
   <si>
     <t>Flash Art. The World's Leading art Magazine - International Edition - Vol. XLIV - No. 278 - May-June 2011</t>
   </si>
   <si>
     <t>Conversa com Antonio Muntadas</t>
   </si>
   <si>
     <t>"Los artistas debemos trabajar sobre el tiempo en que vivimos e interpretarlo"</t>
   </si>
   <si>
     <t>Transversal. L'era digital. Núm 1. 1996</t>
   </si>
   <si>
-    <t>Lleida</t>
-[...1 lines deleted...]
-  <si>
     <t>Segundo Intento. Un proyecto del Colectivo Leland Palmer. Fascículo 0</t>
   </si>
   <si>
     <t>Futebol, mídia e violencia. Para quem?</t>
   </si>
   <si>
     <t>Chimaera Monographie 8: Muntadas</t>
   </si>
   <si>
     <t>Herimoncourt</t>
   </si>
   <si>
     <t>Cultura moderna nº 2: Cultura y violencia</t>
   </si>
   <si>
     <t>Revista de Occidente: Ortega y la sociedad tecnológica. Fin del humanismo? Polemica con Sloterdij</t>
   </si>
   <si>
     <t>"Trabajo en análisis de fenómenos contemporáneos"</t>
   </si>
   <si>
-    <t>San Sebastián</t>
-[...1 lines deleted...]
-  <si>
     <t>Serra d'Or, any XIII, núm. 145 - 15 d'octubre 1971</t>
   </si>
   <si>
     <t>Artecontexto. Dossier: ARTE, INTERNET Y FEMINISMO</t>
   </si>
   <si>
     <t>Sites 7. Muntadas. Media Sites / Media Monuments.</t>
   </si>
   <si>
     <t>De la utilidad de lo bello</t>
   </si>
   <si>
     <t>From Witte de With #2</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>Art in America. International Review November 2016</t>
   </si>
   <si>
     <t>"La paura è diventata uno strumento finalizzato all'esercizio del potere"</t>
   </si>
   <si>
     <t>Muzzano</t>
@@ -791,249 +980,60 @@
   <si>
     <t>Antoni Muntadas presenta en Valencia tres exposiciones distintas</t>
   </si>
   <si>
     <t>"Estoy en contra del estilo"</t>
   </si>
   <si>
     <t>Rosario</t>
   </si>
   <si>
     <t>Facteurs de trouble</t>
   </si>
   <si>
     <t>Public Art Dialogue (PAD). Special Issue: Higher Ed.: College Campuses and Public Art</t>
   </si>
   <si>
     <t>Abingdon</t>
   </si>
   <si>
     <t>Muntadas. "No treballo sobre coses que m'imagino ni faig servir la metàfora per la metàfora"</t>
   </si>
   <si>
     <t>La Page. Un quotidien d'idées.</t>
   </si>
   <si>
-    <t>Otros materiales de difusión</t>
-[...1 lines deleted...]
-  <si>
     <t>Cuadernos de Arquitectura</t>
   </si>
   <si>
     <t>mono 7:  En las ciudades</t>
   </si>
   <si>
     <t>Utne Reader: The best of the alternative press</t>
   </si>
   <si>
     <t>"Internet no es más que una nueva utopía"</t>
-  </si>
-[...184 lines deleted...]
-    <t>En torno a la censura</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3121,2357 +3121,2357 @@
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
         <v>51</v>
       </c>
       <c r="D100">
         <v>2006</v>
       </c>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>168</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
         <v>51</v>
       </c>
       <c r="D101">
-        <v>1993</v>
+        <v>1982</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>169</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D102">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>170</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>171</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
         <v>33</v>
       </c>
       <c r="D103">
-        <v>1988</v>
+        <v>1983</v>
       </c>
       <c r="E103"/>
-      <c r="F103"/>
+      <c r="F103" t="s">
+        <v>34</v>
+      </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>172</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
         <v>33</v>
       </c>
       <c r="D104">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>173</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D105">
         <v>2002</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>174</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D106">
-        <v>1979</v>
+        <v>2017</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>175</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>176</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
         <v>33</v>
       </c>
       <c r="D107">
         <v>1992</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>177</v>
+        <v>121</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
+        <v>177</v>
+      </c>
+      <c r="B108" t="s">
+        <v>8</v>
+      </c>
+      <c r="C108" t="s">
         <v>178</v>
       </c>
-      <c r="B108" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D108">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>14</v>
+        <v>181</v>
       </c>
       <c r="D109">
-        <v>2009</v>
+        <v>1980</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D110">
-        <v>1976</v>
+        <v>2006</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D111">
-        <v>2002</v>
+        <v>1983</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>31</v>
+        <v>184</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D112">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
         <v>14</v>
       </c>
       <c r="D113">
-        <v>2014</v>
+        <v>1987</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D114">
-        <v>1988</v>
+        <v>2012</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
         <v>33</v>
       </c>
       <c r="D115">
-        <v>2012</v>
+        <v>1983</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D116">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
         <v>51</v>
       </c>
       <c r="D117">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>68</v>
+        <v>192</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D118">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>34</v>
+        <v>194</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>192</v>
+        <v>33</v>
       </c>
       <c r="D119">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="E119"/>
-      <c r="F119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F119"/>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>51</v>
+        <v>197</v>
       </c>
       <c r="D120">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E120"/>
-      <c r="F120"/>
+      <c r="F120" t="s">
+        <v>198</v>
+      </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D121">
-        <v>1978</v>
+        <v>1988</v>
       </c>
       <c r="E121"/>
-      <c r="F121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F121"/>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D122">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E122"/>
-      <c r="F122"/>
+      <c r="F122" t="s">
+        <v>135</v>
+      </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D123">
-        <v>1996</v>
+        <v>1964</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>161</v>
+        <v>31</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D124">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>74</v>
+        <v>203</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D125">
         <v>1988</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D126">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>24</v>
+        <v>206</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D127">
-        <v>2003</v>
+        <v>1986</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D128">
-        <v>1975</v>
+        <v>2003</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>203</v>
+        <v>34</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D129">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>192</v>
+        <v>14</v>
       </c>
       <c r="D130">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>206</v>
+        <v>24</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D131">
-        <v>2010</v>
+        <v>1992</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>208</v>
+        <v>121</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>33</v>
+        <v>214</v>
       </c>
       <c r="D132">
-        <v>1979</v>
+        <v>2008</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>210</v>
+        <v>115</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>33</v>
+        <v>181</v>
       </c>
       <c r="D133">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>24</v>
+        <v>216</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
         <v>51</v>
       </c>
       <c r="D134">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E134"/>
-      <c r="F134"/>
+      <c r="F134" t="s">
+        <v>218</v>
+      </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D135">
-        <v>2016</v>
+        <v>1971</v>
       </c>
       <c r="E135"/>
-      <c r="F135" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F135"/>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
         <v>33</v>
       </c>
       <c r="D136">
-        <v>1989</v>
+        <v>1998</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>24</v>
+        <v>147</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D137">
-        <v>2013</v>
+        <v>1988</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="D138">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>115</v>
+        <v>21</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D139">
-        <v>1968</v>
+        <v>1988</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
         <v>31</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
         <v>33</v>
       </c>
       <c r="D140">
-        <v>1994</v>
+        <v>2006</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>220</v>
+        <v>161</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>192</v>
+        <v>51</v>
       </c>
       <c r="D141">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D142">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
         <v>33</v>
       </c>
       <c r="D143">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>121</v>
+        <v>229</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>33</v>
+        <v>181</v>
       </c>
       <c r="D144">
-        <v>2002</v>
+        <v>1993</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
         <v>51</v>
       </c>
       <c r="D145">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D146">
-        <v>2016</v>
+        <v>1972</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>31</v>
+        <v>147</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>215</v>
+        <v>234</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
         <v>33</v>
       </c>
       <c r="D147">
-        <v>1989</v>
+        <v>1998</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>31</v>
+        <v>161</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D148">
-        <v>2014</v>
+        <v>1993</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>115</v>
+        <v>21</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D149">
-        <v>1992</v>
+        <v>2014</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
         <v>33</v>
       </c>
       <c r="D150">
-        <v>2006</v>
+        <v>1988</v>
       </c>
       <c r="E150"/>
-      <c r="F150" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F150"/>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D151">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>24</v>
+        <v>123</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D152">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>234</v>
+        <v>24</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D153">
-        <v>1971</v>
+        <v>1979</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>31</v>
+        <v>242</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D154">
-        <v>2012</v>
+        <v>1992</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>33</v>
+        <v>150</v>
       </c>
       <c r="D155">
-        <v>1982</v>
+        <v>1996</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D156">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D157">
-        <v>2000</v>
+        <v>1976</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D158">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>116</v>
+        <v>249</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D159">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D160">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>245</v>
+        <v>33</v>
       </c>
       <c r="D161">
-        <v>2000</v>
+        <v>1988</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D162">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>24</v>
+        <v>254</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D163">
-        <v>1978</v>
+        <v>2003</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D164">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>226</v>
+        <v>68</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D165">
-        <v>1972</v>
+        <v>1992</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>14</v>
+        <v>181</v>
       </c>
       <c r="D166">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
-        <v>184</v>
+        <v>259</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D167">
-        <v>1983</v>
+        <v>2009</v>
       </c>
       <c r="E167"/>
       <c r="F167"/>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
         <v>33</v>
       </c>
       <c r="D168">
-        <v>2002</v>
+        <v>1978</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>253</v>
+        <v>31</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D169">
         <v>2002</v>
       </c>
       <c r="E169"/>
-      <c r="F169" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F169"/>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D170">
-        <v>2017</v>
+        <v>1996</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>256</v>
+        <v>161</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D171">
-        <v>1991</v>
+        <v>2015</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
-        <v>259</v>
+        <v>33</v>
       </c>
       <c r="D172">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
-        <v>192</v>
+        <v>33</v>
       </c>
       <c r="D173">
-        <v>1964</v>
+        <v>2013</v>
       </c>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D174">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>161</v>
+        <v>24</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
         <v>51</v>
       </c>
       <c r="D175">
-        <v>1990</v>
+        <v>1975</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>21</v>
+        <v>269</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
         <v>33</v>
       </c>
       <c r="D176">
-        <v>1996</v>
+        <v>1993</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
-        <v>51</v>
+        <v>181</v>
       </c>
       <c r="D177">
-        <v>1982</v>
+        <v>2005</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>21</v>
+        <v>272</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D178">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
         <v>33</v>
       </c>
       <c r="D179">
-        <v>1983</v>
+        <v>1979</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>34</v>
+        <v>208</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
         <v>33</v>
       </c>
       <c r="D180">
         <v>2002</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
         <v>51</v>
       </c>
       <c r="D181">
-        <v>2002</v>
+        <v>1996</v>
       </c>
       <c r="E181"/>
-      <c r="F181" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F181"/>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
         <v>14</v>
       </c>
       <c r="D182">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
         <v>33</v>
       </c>
       <c r="D183">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
-        <v>259</v>
+        <v>33</v>
       </c>
       <c r="D184">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>274</v>
+        <v>24</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>192</v>
+        <v>51</v>
       </c>
       <c r="D185">
-        <v>1980</v>
+        <v>2005</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>68</v>
+        <v>115</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D186">
-        <v>2006</v>
+        <v>1968</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>158</v>
+        <v>31</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D187">
-        <v>1983</v>
+        <v>1994</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>33</v>
+        <v>181</v>
       </c>
       <c r="D188">
-        <v>1996</v>
+        <v>2017</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
         <v>31</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
         <v>14</v>
       </c>
       <c r="D189">
-        <v>1987</v>
+        <v>2011</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>281</v>
+        <v>21</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D190">
-        <v>2012</v>
+        <v>1979</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
         <v>33</v>
       </c>
       <c r="D191">
-        <v>1983</v>
+        <v>2002</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D192">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
         <v>51</v>
       </c>
       <c r="D193">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="B194" t="s">
         <v>8</v>
       </c>
       <c r="C194" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D194">
-        <v>2017</v>
+        <v>1989</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>287</v>
+        <v>31</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B195" t="s">
         <v>8</v>
       </c>
       <c r="C195" t="s">
         <v>33</v>
       </c>
       <c r="D195">
-        <v>1992</v>
+        <v>2014</v>
       </c>
       <c r="E195"/>
-      <c r="F195"/>
+      <c r="F195" t="s">
+        <v>115</v>
+      </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B196" t="s">
         <v>8</v>
       </c>
       <c r="C196" t="s">
-        <v>290</v>
+        <v>14</v>
       </c>
       <c r="D196">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B197" t="s">
         <v>8</v>
       </c>
       <c r="C197" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D197">
-        <v>1988</v>
+        <v>2006</v>
       </c>
       <c r="E197"/>
-      <c r="F197"/>
+      <c r="F197" t="s">
+        <v>24</v>
+      </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B198" t="s">
         <v>8</v>
       </c>
       <c r="C198" t="s">
         <v>51</v>
       </c>
       <c r="D198">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>135</v>
+        <v>24</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B199" t="s">
         <v>8</v>
       </c>
       <c r="C199" t="s">
         <v>33</v>
       </c>
       <c r="D199">
-        <v>1964</v>
+        <v>1994</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>31</v>
+        <v>203</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B200" t="s">
         <v>8</v>
       </c>
       <c r="C200" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D200">
-        <v>1997</v>
+        <v>1971</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>234</v>
+        <v>31</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B201" t="s">
         <v>8</v>
       </c>
       <c r="C201" t="s">
         <v>51</v>
       </c>
       <c r="D201">
-        <v>1988</v>
+        <v>2012</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B202" t="s">
         <v>8</v>
       </c>
       <c r="C202" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D202">
-        <v>2014</v>
+        <v>1982</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>298</v>
+        <v>21</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B203" t="s">
         <v>8</v>
       </c>
       <c r="C203" t="s">
         <v>33</v>
       </c>
       <c r="D203">
-        <v>1986</v>
+        <v>2002</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>210</v>
+        <v>74</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B204" t="s">
         <v>8</v>
       </c>
       <c r="C204" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D204">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>34</v>
+        <v>303</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B205" t="s">
         <v>8</v>
       </c>
       <c r="C205" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D205">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>302</v>
+        <v>116</v>
       </c>
       <c r="B206" t="s">
         <v>8</v>
       </c>
       <c r="C206" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D206">
-        <v>2004</v>
+        <v>1990</v>
       </c>
       <c r="E206"/>
       <c r="F206" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B207" t="s">
         <v>8</v>
       </c>
       <c r="C207" t="s">
         <v>33</v>
       </c>
       <c r="D207">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
-        <v>121</v>
+        <v>306</v>
       </c>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B208" t="s">
         <v>8</v>
       </c>
       <c r="C208" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="D208">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="E208"/>
       <c r="F208" t="s">
-        <v>115</v>
+        <v>21</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B209" t="s">
         <v>8</v>
       </c>
       <c r="C209" t="s">
-        <v>192</v>
+        <v>14</v>
       </c>
       <c r="D209">
-        <v>1992</v>
+        <v>2006</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
-        <v>307</v>
+        <v>24</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B210" t="s">
         <v>8</v>
       </c>
       <c r="C210" t="s">
         <v>51</v>
       </c>
       <c r="D210">
-        <v>2008</v>
+        <v>1978</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
-        <v>309</v>
+        <v>21</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B211" t="s">
         <v>8</v>
       </c>
       <c r="C211" t="s">
         <v>33</v>
       </c>
       <c r="D211">
-        <v>1971</v>
+        <v>1996</v>
       </c>
       <c r="E211"/>
-      <c r="F211"/>
+      <c r="F211" t="s">
+        <v>192</v>
+      </c>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B212" t="s">
         <v>8</v>
       </c>
       <c r="C212" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D212">
-        <v>1998</v>
+        <v>1972</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
-        <v>147</v>
+        <v>31</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B213" t="s">
         <v>8</v>
       </c>
       <c r="C213" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D213">
-        <v>1988</v>
+        <v>2012</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
-        <v>31</v>
+        <v>251</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B214" t="s">
         <v>8</v>
       </c>
       <c r="C214" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D214">
-        <v>2014</v>
+        <v>1983</v>
       </c>
       <c r="E214"/>
-      <c r="F214" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F214"/>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B215" t="s">
         <v>8</v>
       </c>
       <c r="C215" t="s">
         <v>33</v>
       </c>
       <c r="D215">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>31</v>
+        <v>316</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B216" t="s">
         <v>8</v>
       </c>
       <c r="C216" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D216">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>161</v>
+        <v>34</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B217" t="s">
         <v>8</v>
       </c>
       <c r="C217" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D217">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D218">
-        <v>2005</v>
+        <v>1991</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>318</v>
+        <v>31</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B219" t="s">
         <v>8</v>
       </c>
       <c r="C219" t="s">
-        <v>33</v>
+        <v>178</v>
       </c>
       <c r="D219">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>320</v>
+        <v>34</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B220" t="s">
         <v>8</v>
       </c>
       <c r="C220" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="D220">
-        <v>1993</v>
+        <v>1964</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
         <v>31</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B221" t="s">
         <v>8</v>
       </c>
       <c r="C221" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D221">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>323</v>
+        <v>161</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>324</v>
       </c>
       <c r="B222" t="s">
         <v>8</v>
       </c>
       <c r="C222" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D222">
-        <v>1972</v>
+        <v>1990</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>147</v>
+        <v>21</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>325</v>
       </c>
       <c r="B223" t="s">
         <v>8</v>
       </c>
       <c r="C223" t="s">
         <v>33</v>
       </c>
       <c r="D223">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>161</v>
+        <v>31</v>
       </c>
       <c r="G223"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>