--- v2 (2025-11-26)
+++ v3 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Publicación en Serie" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="327">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Celeste 6 : TRAVESSIA</t>
   </si>
   <si>
@@ -164,86 +164,89 @@
   <si>
     <t>Catálogo Referencia, Revista</t>
   </si>
   <si>
     <t>Muntadas, estrella del certamen</t>
   </si>
   <si>
     <t>Antoni Muntadas en Santo Domingo</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso, Entrevista / Conversación</t>
   </si>
   <si>
     <t>República Dominicana</t>
   </si>
   <si>
     <t>Muntadas: Media Architecture (cédérom) et Montréal Télégraphe: le SON ICONOGRAPHE (cédéroms)</t>
   </si>
   <si>
     <t>Quebec</t>
   </si>
   <si>
     <t>Intervista a Antoni Muntadas</t>
   </si>
   <si>
-    <t>Una soggettività critica. "Media about media"</t>
+    <t>Una soggettività critica. "Media about media" [Texto de Muntadas]</t>
+  </si>
+  <si>
+    <t>Ensayo, Notas Muntadas</t>
+  </si>
+  <si>
+    <t>Nápoles</t>
+  </si>
+  <si>
+    <t>La revue de la Cinémathèque 61</t>
+  </si>
+  <si>
+    <t>Programa de evento</t>
+  </si>
+  <si>
+    <t>Estrategias de arte en la red</t>
+  </si>
+  <si>
+    <t>Journal of Contemporary Art, Vol. 5, Nº 1 Spring 1992</t>
+  </si>
+  <si>
+    <t>Instant City. Bocaccio, año II, Nº 12. Nov-dic 1971</t>
+  </si>
+  <si>
+    <t>artes</t>
+  </si>
+  <si>
+    <t>Revista de Estudios Globales y Arte Contemporáneo. Vol. 6. Núm. 1</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>Esthetique de la Communication</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
-    <t>Nápoles</t>
-[...28 lines deleted...]
-  <si>
     <t>Salerno</t>
   </si>
   <si>
     <t>Adami o les persons civilitzades</t>
   </si>
   <si>
     <t>El Otro Paisaje</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>En torno a la obra de Muntadas. De las ambigüedades de la técnica (Primera parte de un análisis)</t>
   </si>
   <si>
     <t>Flash Art. International Review of Arts Nº 52-53</t>
   </si>
   <si>
     <t>Milán</t>
   </si>
   <si>
     <t>arTitudes Nº 3</t>
   </si>
   <si>
     <t>Saint-Jeannet</t>
@@ -518,522 +521,522 @@
   <si>
     <t>Cimal Arte Internacional. La Suisse Existe. 39-40 / 1993</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Moscow Art Magazine 50 nº3</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
     <t>L'estació núm. 8 estiu Antonio Gamoneda i Antoni Muntadas</t>
   </si>
   <si>
     <t>Els deltes d'Antoni Muntadas</t>
   </si>
   <si>
     <t>Artbook D.A.P. Spring 2017 Catalog</t>
   </si>
   <si>
     <t>Multitudes 25</t>
   </si>
   <si>
+    <t>Post no bills. Segnali urbani. Arte Visive- Ambiente Quaderno n. 2</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>You'll Never Walk Alone. Fussball &amp; Fankultur.</t>
+  </si>
+  <si>
+    <t>WhiteWalls: A Magazine of Writings by Artists #9 Autummn 1983</t>
+  </si>
+  <si>
+    <t>Chicago (IL)</t>
+  </si>
+  <si>
+    <t>"En vez de un paisaje bucólico, he elegido el de los media"</t>
+  </si>
+  <si>
+    <t>Journal. A contemporary art magazine. Transatlantic Artists Issue. Fall 1987.</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>Art in America. International Review March 2012</t>
+  </si>
+  <si>
+    <t>The Images From Media Landscape</t>
+  </si>
+  <si>
+    <t>On Translation</t>
+  </si>
+  <si>
+    <t>Transversal. Monogràfic 11-S</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>World Art 2017/3</t>
+  </si>
+  <si>
+    <t>Shijiazhuang</t>
+  </si>
+  <si>
+    <t>"El arte no puede ser una construcción mental subjetiva"</t>
+  </si>
+  <si>
+    <t>Projects and Protocols. Muntadas. July 28 Tuesday 2015</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
+    <t>Tokio</t>
+  </si>
+  <si>
+    <t>Communications. Vidéo</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+  </si>
+  <si>
+    <t>Tres preguntas a Antonio Muntadas-Prim</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas On Translation</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
+    <t>Àrtics-6</t>
+  </si>
+  <si>
+    <t>Dardo Magazine 26. Antonio Gagliano , Núria Güell , Asier Mendizabal , Andreas Fogarasi , Milton Machado , Pedro G. Romero , Boa Mistura , Bienal de Jafre</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Muntadas: A Man Of His Time</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>À propos de The File Room d'Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Brumaria 1. Prácticas artísticas, estéticas y políticas</t>
+  </si>
+  <si>
+    <t>EXIT nº16. Escribiendo imágenes - Writing pictures</t>
+  </si>
+  <si>
+    <t>Trânsitos e outras direções</t>
+  </si>
+  <si>
+    <t>ARS. Revista do Programa de pos-graduacao em artes visualis. Ano 6 / N. 11 / 2008 : Intervenções</t>
+  </si>
+  <si>
+    <t>Revista, Taller</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>Arte y Parte Nº 77. Miquel Barceló. Antoni Muntadas. Waltercio Caldas. Museos como colchas</t>
+  </si>
+  <si>
+    <t>Santander</t>
+  </si>
+  <si>
+    <t>Sigue la encuesta</t>
+  </si>
+  <si>
+    <t>"Mis obras son como preguntas que me hago y que las extiendo"</t>
+  </si>
+  <si>
+    <t>Barcelona. Metròpolis Mediterrània N.º 12 Invierno 1988-89. Revista trimestral del Ayuntamiento de Barcelona.</t>
+  </si>
+  <si>
+    <t>The Brooklin Rail. Critical Perspectives on Arts, Politics, and Culture</t>
+  </si>
+  <si>
+    <t>"Siempre tengo la sensación de partir de cero"</t>
+  </si>
+  <si>
+    <t>En las ciudades</t>
+  </si>
+  <si>
+    <t>Brumaria 4. Vídeo: primera etapa. El vídeo en el contexto social y artístico de los años 60/70</t>
+  </si>
+  <si>
+    <t>Arte y Percepción</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
+    <t>El sofisticado lenguaje de las instalaciones</t>
+  </si>
+  <si>
+    <t>Santiago de Chile</t>
+  </si>
+  <si>
+    <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
+  </si>
+  <si>
+    <t>Concinnitas Revista do Instituto de artes da UERJ. Ano 10 - Vol. 1 - N. 14 - Junho 2009</t>
+  </si>
+  <si>
+    <t>Río de Janeiro</t>
+  </si>
+  <si>
+    <t>En la cúpula neumática. Antonio Muntadas expone su obra "polución audiovisual"</t>
+  </si>
+  <si>
+    <t>En torno a la censura</t>
+  </si>
+  <si>
+    <t>SITES architecture</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
+  </si>
+  <si>
+    <t>Barcelona, Granada, Madrid, Sevilla</t>
+  </si>
+  <si>
+    <t>Entrevista con Antoni Muntadas. Experiencias de un outsider</t>
+  </si>
+  <si>
+    <t>"Os espacos respiran, escutam e falam"</t>
+  </si>
+  <si>
+    <t>EXIT 8 Censurados/Censored</t>
+  </si>
+  <si>
+    <t>Camera Obscura: A Journal of Feminism and Film Theory / 3-4</t>
+  </si>
+  <si>
+    <t>Londres</t>
+  </si>
+  <si>
+    <t>A memória de Serralves segundo Muntadas</t>
+  </si>
+  <si>
+    <t>Porto / Oporto</t>
+  </si>
+  <si>
+    <t>Cave Canis - A</t>
+  </si>
+  <si>
+    <t>Cahiers du Cinema España. Suplemento abril 2009. rencontres Internationales. Cine y arte contemporáneo.</t>
+  </si>
+  <si>
+    <t>Muntadas: hacia una estrategia de los medios</t>
+  </si>
+  <si>
+    <t>L'artista és un traductor constant de la realitat</t>
+  </si>
+  <si>
+    <t>Landscape(s)</t>
+  </si>
+  <si>
+    <t>Article. A journal of contemporary art. September 2014 issue #38</t>
+  </si>
+  <si>
+    <t>Seúl</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas, artista</t>
+  </si>
+  <si>
+    <t>Profil. Súčasného výtvarného umenia / contemporary art magazine 3'12 (marzo 2012)</t>
+  </si>
+  <si>
+    <t>Bratislava</t>
+  </si>
+  <si>
+    <t>Quaderns d'arquitectura i urbanisme. Tiempo librado ‧ Freed time</t>
+  </si>
+  <si>
+    <t>Due parole sul trasporre</t>
+  </si>
+  <si>
+    <t>Muntadas Principes d'intervention/ Muntadas principals of intervention</t>
+  </si>
+  <si>
+    <t>Canal Studio. Le journal du Fresnoy n 4</t>
+  </si>
+  <si>
+    <t>Fresnoy</t>
+  </si>
+  <si>
+    <t>Atlántica #48-49 Primavera/verano 2009</t>
+  </si>
+  <si>
+    <t>Vanguardias artísticas y realidad semiológica</t>
+  </si>
+  <si>
+    <t>Interpretación</t>
+  </si>
+  <si>
+    <t>Cimal Arte internacional Nº 46 · 1996</t>
+  </si>
+  <si>
+    <t>Plot 23</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas inaugura en Madrid “Híbridos” un recorrido a través de su obra conceptual</t>
+  </si>
+  <si>
+    <t>Arte, Individuo y Sociedad. Vol. 25 Núm. 2 (MAYO-AGOSTO) 2013</t>
+  </si>
+  <si>
+    <t>EXIT BOOK #2 Libros de artistas</t>
+  </si>
+  <si>
+    <t>Ecologie, écologisme</t>
+  </si>
+  <si>
+    <t>Lausana</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Le temps du dialogue</t>
+  </si>
+  <si>
+    <t>Database Imaginary</t>
+  </si>
+  <si>
+    <t>Banff</t>
+  </si>
+  <si>
+    <t>47 AL FONDO. Revista de la Facultad de Arquitectura y Urbanismo de la Universidad Nacional de La Plata. Año 14 número 19</t>
+  </si>
+  <si>
+    <t>La Plata</t>
+  </si>
+  <si>
+    <t>Muntadas: Personal/Public Conversation</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. "Arte y efectividad no se llevan bien"</t>
+  </si>
+  <si>
+    <t>Turbulences Vidéo. Portraits d'artistes.</t>
+  </si>
+  <si>
+    <t>Trialog 118/119 Vol. 3-4/2014. Spaces of Memory / Lugares de memoria</t>
+  </si>
+  <si>
+    <t>Berlín</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas: la desmitificación del medio</t>
+  </si>
+  <si>
+    <t>Matador P</t>
+  </si>
+  <si>
+    <t>ARS Revista do de departamento de artes plásticas ano 3 / n. 6 / 2005</t>
+  </si>
+  <si>
+    <t>Qüestions d'Art / 1968</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Crítica del espacio público</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
+    <t>Fernando Vijande. Retrat: 1971-1987</t>
+  </si>
+  <si>
+    <t>Flash Art. The World's Leading art Magazine - International Edition - Vol. XLIV - No. 278 - May-June 2011</t>
+  </si>
+  <si>
+    <t>Conversa com Antonio Muntadas</t>
+  </si>
+  <si>
+    <t>"Los artistas debemos trabajar sobre el tiempo en que vivimos e interpretarlo"</t>
+  </si>
+  <si>
+    <t>Transversal. L'era digital. Núm 1. 1996</t>
+  </si>
+  <si>
+    <t>Segundo Intento. Un proyecto del Colectivo Leland Palmer. Fascículo 0</t>
+  </si>
+  <si>
+    <t>Futebol, mídia e violencia. Para quem?</t>
+  </si>
+  <si>
+    <t>Chimaera Monographie 8: Muntadas</t>
+  </si>
+  <si>
+    <t>Herimoncourt</t>
+  </si>
+  <si>
+    <t>Cultura moderna nº 2: Cultura y violencia</t>
+  </si>
+  <si>
+    <t>Revista de Occidente: Ortega y la sociedad tecnológica. Fin del humanismo? Polemica con Sloterdij</t>
+  </si>
+  <si>
+    <t>"Trabajo en análisis de fenómenos contemporáneos"</t>
+  </si>
+  <si>
+    <t>Serra d'Or, any XIII, núm. 145 - 15 d'octubre 1971</t>
+  </si>
+  <si>
+    <t>Artecontexto. Dossier: ARTE, INTERNET Y FEMINISMO</t>
+  </si>
+  <si>
+    <t>Sites 7. Muntadas. Media Sites / Media Monuments.</t>
+  </si>
+  <si>
+    <t>De la utilidad de lo bello</t>
+  </si>
+  <si>
+    <t>From Witte de With #2</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>Art in America. International Review November 2016</t>
+  </si>
+  <si>
+    <t>"La paura è diventata uno strumento finalizzato all'esercizio del potere"</t>
+  </si>
+  <si>
+    <t>Muzzano</t>
+  </si>
+  <si>
+    <t>Adapter? On Translation: The Adapter</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>EXIT nº23. Lectores y lecturas - Readers and readings</t>
+  </si>
+  <si>
+    <t>Semiotexte: Nietzsche</t>
+  </si>
+  <si>
+    <t>Fragments</t>
+  </si>
+  <si>
+    <t>Serra d'Or, any XIV, núm. 158 - 15 de novembre 1972</t>
+  </si>
+  <si>
+    <t>Article. A journal of contemporary art. August 2012 issue #13</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas presenta en Valencia tres exposiciones distintas</t>
+  </si>
+  <si>
+    <t>"Estoy en contra del estilo"</t>
+  </si>
+  <si>
+    <t>Rosario</t>
+  </si>
+  <si>
+    <t>Facteurs de trouble</t>
+  </si>
+  <si>
+    <t>Public Art Dialogue (PAD). Special Issue: Higher Ed.: College Campuses and Public Art</t>
+  </si>
+  <si>
+    <t>Abingdon</t>
+  </si>
+  <si>
+    <t>Muntadas. "No treballo sobre coses que m'imagino ni faig servir la metàfora per la metàfora"</t>
+  </si>
+  <si>
+    <t>La Page. Un quotidien d'idées.</t>
+  </si>
+  <si>
+    <t>Otros materiales de difusión</t>
+  </si>
+  <si>
+    <t>Cuadernos de Arquitectura</t>
+  </si>
+  <si>
+    <t>mono 7:  En las ciudades</t>
+  </si>
+  <si>
+    <t>Utne Reader: The best of the alternative press</t>
+  </si>
+  <si>
+    <t>"Internet no es más que una nueva utopía"</t>
+  </si>
+  <si>
     <t>Artery. The National Forum for College Art</t>
   </si>
   <si>
     <t>DAMN°31. A Magazine on Contemporary Culture</t>
   </si>
   <si>
     <t>Gante</t>
   </si>
   <si>
     <t>Antonio Muntadas. Paysages médiatiques</t>
   </si>
   <si>
     <t>Muntadas, se il fine giustifica I mezzi</t>
   </si>
   <si>
     <t>Galáxia. Revista Transdisciplinar de comumicaçao, semiótica, cultura nº4</t>
   </si>
   <si>
     <t>Art China 7 September 2017</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>Sociologia Plural</t>
   </si>
   <si>
     <t>Corriere del Ticino [PAURA, Insert]</t>
   </si>
   <si>
-    <t>Otros materiales de difusión</t>
-[...1 lines deleted...]
-  <si>
     <t>Lugano</t>
-  </si>
-[...436 lines deleted...]
-    <t>"Internet no es más que una nueva utopía"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1838,3640 +1841,3640 @@
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>60</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>24</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>31</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>33</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>31</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>31</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>24</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>31</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>34</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
         <v>33</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>34</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>38</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>31</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>31</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>24</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>24</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>34</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>29</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>24</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
         <v>14</v>
       </c>
       <c r="D68">
         <v>1980</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
         <v>14</v>
       </c>
       <c r="D69">
         <v>2021</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
         <v>14</v>
       </c>
       <c r="D70">
         <v>2021</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
         <v>37</v>
       </c>
       <c r="D71">
         <v>1973</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>24</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D72">
         <v>1973</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
         <v>14</v>
       </c>
       <c r="D73">
         <v>1978</v>
       </c>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D74">
         <v>2012</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D75">
         <v>2011</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D76">
         <v>2009</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D77">
         <v>2005</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D78">
         <v>2005</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D79">
         <v>2004</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80">
         <v>2018</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>24</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
         <v>14</v>
       </c>
       <c r="D81">
         <v>2020</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D82">
         <v>2017</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>31</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
         <v>14</v>
       </c>
       <c r="D83">
         <v>2019</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
         <v>14</v>
       </c>
       <c r="D84">
         <v>1985</v>
       </c>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>14</v>
       </c>
       <c r="D85">
         <v>1999</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
         <v>14</v>
       </c>
       <c r="D86">
         <v>1991</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>31</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D87">
         <v>1973</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>31</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
         <v>14</v>
       </c>
       <c r="D88">
         <v>2017</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D89">
         <v>2007</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>24</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D90">
         <v>2001</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>24</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
         <v>14</v>
       </c>
       <c r="D91">
         <v>2018</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>24</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
         <v>14</v>
       </c>
       <c r="D92">
         <v>2017</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
         <v>14</v>
       </c>
       <c r="D93">
         <v>2017</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
         <v>14</v>
       </c>
       <c r="D94">
         <v>2017</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>24</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
         <v>45</v>
       </c>
       <c r="D95">
         <v>1993</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
         <v>14</v>
       </c>
       <c r="D96">
         <v>2003</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
         <v>14</v>
       </c>
       <c r="D97">
         <v>2017</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
         <v>31</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98">
         <v>2018</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>31</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
         <v>26</v>
       </c>
       <c r="D99">
         <v>2017</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D100">
         <v>2006</v>
       </c>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>51</v>
+        <v>170</v>
       </c>
       <c r="D101">
-        <v>1982</v>
+        <v>1980</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
         <v>14</v>
       </c>
       <c r="D102">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>170</v>
+        <v>159</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="D103">
         <v>1983</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
         <v>33</v>
       </c>
       <c r="D104">
-        <v>2002</v>
+        <v>1996</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D105">
-        <v>2002</v>
+        <v>1987</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>115</v>
+        <v>176</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
         <v>14</v>
       </c>
       <c r="D106">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>175</v>
+        <v>21</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
         <v>33</v>
       </c>
       <c r="D107">
-        <v>1992</v>
+        <v>1983</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>178</v>
+        <v>33</v>
       </c>
       <c r="D108">
-        <v>2016</v>
+        <v>1995</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>179</v>
+        <v>24</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>180</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>181</v>
+        <v>62</v>
       </c>
       <c r="D109">
-        <v>1980</v>
+        <v>2002</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>68</v>
+        <v>181</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>182</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
         <v>14</v>
       </c>
       <c r="D110">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>158</v>
+        <v>183</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D111">
-        <v>1983</v>
+        <v>1992</v>
       </c>
       <c r="E111"/>
-      <c r="F111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F111"/>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>185</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>33</v>
+        <v>186</v>
       </c>
       <c r="D112">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>31</v>
+        <v>187</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="D113">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="E113"/>
-      <c r="F113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F113"/>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="D114">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
         <v>33</v>
       </c>
       <c r="D115">
-        <v>1983</v>
+        <v>1964</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
         <v>33</v>
       </c>
       <c r="D116">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D117">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>192</v>
+        <v>31</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="D118">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
         <v>33</v>
       </c>
       <c r="D119">
-        <v>1992</v>
+        <v>1986</v>
       </c>
       <c r="E119"/>
-      <c r="F119"/>
+      <c r="F119" t="s">
+        <v>197</v>
+      </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>197</v>
+        <v>33</v>
       </c>
       <c r="D120">
-        <v>2015</v>
+        <v>2003</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>198</v>
+        <v>34</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>199</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D121">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="E121"/>
-      <c r="F121"/>
+      <c r="F121" t="s">
+        <v>24</v>
+      </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>200</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D122">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>135</v>
+        <v>24</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>201</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
         <v>33</v>
       </c>
       <c r="D123">
-        <v>1964</v>
+        <v>1992</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>31</v>
+        <v>122</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>202</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>33</v>
+        <v>203</v>
       </c>
       <c r="D124">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>203</v>
+        <v>116</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>204</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>51</v>
+        <v>170</v>
       </c>
       <c r="D125">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>31</v>
+        <v>205</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D126">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
         <v>33</v>
       </c>
       <c r="D127">
-        <v>1986</v>
+        <v>1971</v>
       </c>
       <c r="E127"/>
-      <c r="F127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F127"/>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>209</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
         <v>33</v>
       </c>
       <c r="D128">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>34</v>
+        <v>148</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>210</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D129">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>211</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D130">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>212</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
         <v>33</v>
       </c>
       <c r="D131">
-        <v>1992</v>
+        <v>1988</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>121</v>
+        <v>31</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>213</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>214</v>
+        <v>33</v>
       </c>
       <c r="D132">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>115</v>
+        <v>162</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>181</v>
+        <v>62</v>
       </c>
       <c r="D133">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>216</v>
+        <v>24</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D134">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
         <v>33</v>
       </c>
       <c r="D135">
-        <v>1971</v>
+        <v>1992</v>
       </c>
       <c r="E135"/>
-      <c r="F135"/>
+      <c r="F135" t="s">
+        <v>218</v>
+      </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>33</v>
+        <v>170</v>
       </c>
       <c r="D136">
-        <v>1998</v>
+        <v>1993</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>147</v>
+        <v>31</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D137">
-        <v>1988</v>
+        <v>2009</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>31</v>
+        <v>221</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>222</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D138">
-        <v>2014</v>
+        <v>1972</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>21</v>
+        <v>148</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>223</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
         <v>33</v>
       </c>
       <c r="D139">
-        <v>1988</v>
+        <v>1998</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>31</v>
+        <v>162</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>224</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="D140">
-        <v>2006</v>
+        <v>1993</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>161</v>
+        <v>21</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>225</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D141">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>24</v>
+        <v>226</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D142">
-        <v>2005</v>
+        <v>1988</v>
       </c>
       <c r="E142"/>
-      <c r="F142" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F142"/>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>228</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
         <v>33</v>
       </c>
       <c r="D143">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>229</v>
+        <v>124</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>181</v>
+        <v>14</v>
       </c>
       <c r="D144">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D145">
-        <v>2009</v>
+        <v>1979</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
         <v>33</v>
       </c>
       <c r="D146">
-        <v>1972</v>
+        <v>1992</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>147</v>
+        <v>233</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>234</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>33</v>
+        <v>151</v>
       </c>
       <c r="D147">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>161</v>
+        <v>31</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>235</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D148">
-        <v>1993</v>
+        <v>2009</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>236</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D149">
-        <v>2014</v>
+        <v>1976</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>237</v>
+        <v>24</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
         <v>33</v>
       </c>
       <c r="D150">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="E150"/>
-      <c r="F150"/>
+      <c r="F150" t="s">
+        <v>31</v>
+      </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="D151">
-        <v>2007</v>
+        <v>1995</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
         <v>14</v>
       </c>
       <c r="D152">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>241</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D153">
-        <v>1979</v>
+        <v>1988</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>242</v>
+        <v>31</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
         <v>33</v>
       </c>
       <c r="D154">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>150</v>
+        <v>14</v>
       </c>
       <c r="D155">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>31</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="D156">
-        <v>2009</v>
+        <v>2000</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
         <v>33</v>
       </c>
       <c r="D157">
-        <v>1976</v>
+        <v>1992</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>33</v>
+        <v>170</v>
       </c>
       <c r="D158">
         <v>2002</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>31</v>
+        <v>248</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>249</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D159">
-        <v>1995</v>
+        <v>2009</v>
       </c>
       <c r="E159"/>
-      <c r="F159" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F159"/>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>250</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D160">
-        <v>2014</v>
+        <v>1978</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>251</v>
+        <v>31</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
         <v>33</v>
       </c>
       <c r="D161">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="E161"/>
-      <c r="F161" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F161"/>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="D162">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>254</v>
+        <v>162</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="D163">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D164">
-        <v>2000</v>
+        <v>1988</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
         <v>33</v>
       </c>
       <c r="D165">
-        <v>1992</v>
+        <v>2013</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>181</v>
+        <v>62</v>
       </c>
       <c r="D166">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
-        <v>259</v>
+        <v>24</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D167">
-        <v>2009</v>
+        <v>1975</v>
       </c>
       <c r="E167"/>
-      <c r="F167"/>
+      <c r="F167" t="s">
+        <v>258</v>
+      </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
         <v>33</v>
       </c>
       <c r="D168">
-        <v>1978</v>
+        <v>1993</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>33</v>
+        <v>170</v>
       </c>
       <c r="D169">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="E169"/>
-      <c r="F169"/>
+      <c r="F169" t="s">
+        <v>261</v>
+      </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D170">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>161</v>
+        <v>263</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>264</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D171">
-        <v>2015</v>
+        <v>1979</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>74</v>
+        <v>197</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>265</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
         <v>33</v>
       </c>
       <c r="D172">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
         <v>24</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>266</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="D173">
-        <v>2013</v>
+        <v>1996</v>
       </c>
       <c r="E173"/>
-      <c r="F173" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F173"/>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
         <v>267</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D174">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>24</v>
+        <v>268</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D175">
-        <v>1975</v>
+        <v>1989</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>269</v>
+        <v>24</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>270</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
         <v>33</v>
       </c>
       <c r="D176">
-        <v>1993</v>
+        <v>2013</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>271</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
-        <v>181</v>
+        <v>62</v>
       </c>
       <c r="D177">
         <v>2005</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>272</v>
+        <v>116</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D178">
-        <v>2010</v>
+        <v>1968</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>274</v>
+        <v>31</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
         <v>33</v>
       </c>
       <c r="D179">
-        <v>1979</v>
+        <v>1994</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>208</v>
+        <v>274</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>33</v>
+        <v>170</v>
       </c>
       <c r="D180">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D181">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="E181"/>
-      <c r="F181"/>
+      <c r="F181" t="s">
+        <v>21</v>
+      </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D182">
-        <v>2016</v>
+        <v>1979</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>279</v>
+        <v>122</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
         <v>33</v>
       </c>
       <c r="D183">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
         <v>24</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="D184">
-        <v>2013</v>
+        <v>1996</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D185">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>115</v>
+        <v>31</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>283</v>
+        <v>269</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D186">
-        <v>1968</v>
+        <v>1989</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
         <v>31</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
         <v>33</v>
       </c>
       <c r="D187">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>285</v>
+        <v>116</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>181</v>
+        <v>14</v>
       </c>
       <c r="D188">
-        <v>2017</v>
+        <v>1992</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>31</v>
+        <v>283</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D189">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="D190">
-        <v>1979</v>
+        <v>2000</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
         <v>33</v>
       </c>
       <c r="D191">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D192">
-        <v>1996</v>
+        <v>1971</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>192</v>
+        <v>31</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D193">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="B194" t="s">
         <v>8</v>
       </c>
       <c r="C194" t="s">
         <v>33</v>
       </c>
       <c r="D194">
-        <v>1989</v>
+        <v>1982</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="B195" t="s">
         <v>8</v>
       </c>
       <c r="C195" t="s">
         <v>33</v>
       </c>
       <c r="D195">
-        <v>2014</v>
+        <v>2002</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="B196" t="s">
         <v>8</v>
       </c>
       <c r="C196" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="D196">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="B197" t="s">
         <v>8</v>
       </c>
       <c r="C197" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D197">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>296</v>
+        <v>117</v>
       </c>
       <c r="B198" t="s">
         <v>8</v>
       </c>
       <c r="C198" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D198">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B199" t="s">
         <v>8</v>
       </c>
       <c r="C199" t="s">
         <v>33</v>
       </c>
       <c r="D199">
-        <v>1994</v>
+        <v>2016</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>203</v>
+        <v>295</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="B200" t="s">
         <v>8</v>
       </c>
       <c r="C200" t="s">
-        <v>14</v>
+        <v>297</v>
       </c>
       <c r="D200">
-        <v>1971</v>
+        <v>2000</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B201" t="s">
         <v>8</v>
       </c>
       <c r="C201" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D201">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
         <v>24</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B202" t="s">
         <v>8</v>
       </c>
       <c r="C202" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="D202">
-        <v>1982</v>
+        <v>1978</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
         <v>21</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B203" t="s">
         <v>8</v>
       </c>
       <c r="C203" t="s">
         <v>33</v>
       </c>
       <c r="D203">
-        <v>2002</v>
+        <v>1996</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>74</v>
+        <v>181</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B204" t="s">
         <v>8</v>
       </c>
       <c r="C204" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="D204">
-        <v>2000</v>
+        <v>1972</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>303</v>
+        <v>31</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B205" t="s">
         <v>8</v>
       </c>
       <c r="C205" t="s">
         <v>14</v>
       </c>
       <c r="D205">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>21</v>
+        <v>240</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="B206" t="s">
         <v>8</v>
       </c>
       <c r="C206" t="s">
         <v>33</v>
       </c>
       <c r="D206">
-        <v>1990</v>
+        <v>1983</v>
       </c>
       <c r="E206"/>
-      <c r="F206" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F206"/>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B207" t="s">
         <v>8</v>
       </c>
       <c r="C207" t="s">
         <v>33</v>
       </c>
       <c r="D207">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B208" t="s">
         <v>8</v>
       </c>
       <c r="C208" t="s">
-        <v>308</v>
+        <v>14</v>
       </c>
       <c r="D208">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E208"/>
       <c r="F208" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B209" t="s">
         <v>8</v>
       </c>
       <c r="C209" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D209">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
-        <v>24</v>
+        <v>308</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B210" t="s">
         <v>8</v>
       </c>
       <c r="C210" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D210">
-        <v>1978</v>
+        <v>1991</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
+        <v>310</v>
+      </c>
+      <c r="B211" t="s">
+        <v>8</v>
+      </c>
+      <c r="C211" t="s">
         <v>311</v>
       </c>
-      <c r="B211" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D211">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="E211"/>
       <c r="F211" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>312</v>
       </c>
       <c r="B212" t="s">
         <v>8</v>
       </c>
       <c r="C212" t="s">
-        <v>14</v>
+        <v>170</v>
       </c>
       <c r="D212">
-        <v>1972</v>
+        <v>1964</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
         <v>31</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>313</v>
       </c>
       <c r="B213" t="s">
         <v>8</v>
       </c>
       <c r="C213" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="D213">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
-        <v>251</v>
+        <v>162</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>314</v>
       </c>
       <c r="B214" t="s">
         <v>8</v>
       </c>
       <c r="C214" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="D214">
-        <v>1983</v>
+        <v>1990</v>
       </c>
       <c r="E214"/>
-      <c r="F214"/>
+      <c r="F214" t="s">
+        <v>21</v>
+      </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>315</v>
       </c>
       <c r="B215" t="s">
         <v>8</v>
       </c>
       <c r="C215" t="s">
         <v>33</v>
       </c>
       <c r="D215">
-        <v>2002</v>
+        <v>1996</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>316</v>
+        <v>31</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="B216" t="s">
         <v>8</v>
       </c>
       <c r="C216" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="D216">
-        <v>2002</v>
+        <v>1982</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="B217" t="s">
         <v>8</v>
       </c>
       <c r="C217" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D217">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218" t="s">
         <v>33</v>
       </c>
       <c r="D218">
-        <v>1991</v>
+        <v>1983</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B219" t="s">
         <v>8</v>
       </c>
       <c r="C219" t="s">
-        <v>178</v>
+        <v>33</v>
       </c>
       <c r="D219">
         <v>2002</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="B220" t="s">
         <v>8</v>
       </c>
       <c r="C220" t="s">
-        <v>181</v>
+        <v>62</v>
       </c>
       <c r="D220">
-        <v>1964</v>
+        <v>2002</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>31</v>
+        <v>116</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B221" t="s">
         <v>8</v>
       </c>
       <c r="C221" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D221">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>161</v>
+        <v>323</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>324</v>
       </c>
       <c r="B222" t="s">
         <v>8</v>
       </c>
       <c r="C222" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D222">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>325</v>
       </c>
       <c r="B223" t="s">
         <v>8</v>
       </c>
       <c r="C223" t="s">
-        <v>33</v>
+        <v>311</v>
       </c>
       <c r="D223">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>31</v>
+        <v>326</v>
       </c>
       <c r="G223"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>