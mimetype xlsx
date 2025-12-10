--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -71,72 +71,72 @@
   <si>
     <t>Campaña de firmas contra la cancelación de la licencia de Açık Radyo/Açık Radyo'nun lisansının iptal edilmesine karşı imza kampanyası</t>
   </si>
   <si>
     <t>17th Istanbul Biennial—Afterthoughts</t>
   </si>
   <si>
     <t>Catálogo Colectivo, Catálogo Referencia</t>
   </si>
   <si>
     <t>Açık Radyo Konuşuyor: İlk Yirmi Yıl</t>
   </si>
   <si>
     <t>Ensayo, Narrativa</t>
   </si>
   <si>
     <t>Açık Radyo'dan İstanbul Bienali için radyo performansları / Actuaciones radiofónicas de Açık Radyo para la Bienal de Estambul</t>
   </si>
   <si>
     <t>On Translation: Açik Radyo. Turkey [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
+    <t>Isimiz (12.Istambul Bienali). Untitled (12thI Istanbul Biennial), 2011</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Biz insam miyiz? / Are we human?</t>
+  </si>
+  <si>
+    <t>Muntadas Açık Gazete'de Konuğumuzdu</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
     <t>ON TRANSLATION: AÇIK RADYO</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Lives and works in Istanbul, da Yaşıyor ve Çalışıyor Çalıştaylar</t>
-  </si>
-[...13 lines deleted...]
-    <t>Entrevista / Conversación</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -593,124 +593,124 @@
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7">
         <v>2010</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D9">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D11">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="D12">
         <v>2010</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>