--- v1 (2025-12-10)
+++ v2 (2026-01-23)
@@ -71,72 +71,72 @@
   <si>
     <t>Campaña de firmas contra la cancelación de la licencia de Açık Radyo/Açık Radyo'nun lisansının iptal edilmesine karşı imza kampanyası</t>
   </si>
   <si>
     <t>17th Istanbul Biennial—Afterthoughts</t>
   </si>
   <si>
     <t>Catálogo Colectivo, Catálogo Referencia</t>
   </si>
   <si>
     <t>Açık Radyo Konuşuyor: İlk Yirmi Yıl</t>
   </si>
   <si>
     <t>Ensayo, Narrativa</t>
   </si>
   <si>
     <t>Açık Radyo'dan İstanbul Bienali için radyo performansları / Actuaciones radiofónicas de Açık Radyo para la Bienal de Estambul</t>
   </si>
   <si>
     <t>On Translation: Açik Radyo. Turkey [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
+    <t>Muntadas Açık Gazete'de Konuğumuzdu</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>ON TRANSLATION: AÇIK RADYO</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Lives and works in Istanbul, da Yaşıyor ve Çalışıyor Çalıştaylar</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
     <t>Isimiz (12.Istambul Bienali). Untitled (12thI Istanbul Biennial), 2011</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Biz insam miyiz? / Are we human?</t>
-  </si>
-[...13 lines deleted...]
-    <t>Lives and works in Istanbul, da Yaşıyor ve Çalışıyor Çalıştaylar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -593,127 +593,127 @@
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7">
         <v>2010</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D9">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D10">
         <v>2010</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" t="s">
         <v>24</v>
       </c>
-      <c r="B11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D12">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>