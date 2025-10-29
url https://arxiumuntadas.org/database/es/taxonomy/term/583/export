--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -59,93 +59,93 @@
   <si>
     <t>Interpretation/ translation of Muntadas Projects</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Programa de evento</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
     <t>On Translation: Das Museum, Museum am Ostwall, Dortmund [Póster]</t>
   </si>
   <si>
     <t>Dortmund</t>
   </si>
   <si>
+    <t>Round-table transcripts. Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
+  </si>
+  <si>
+    <t>Connecting Worlds</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>España: Nuevas Culturas Urbanas</t>
+  </si>
+  <si>
     <t>Àrtics-6</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>ON GLOBAL ART PRACTICE Catalog</t>
   </si>
   <si>
     <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
   </si>
   <si>
     <t>Folleto, Hoja de sala</t>
   </si>
   <si>
     <t>Between the Frames: The Forum (japonés)</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Horiko</t>
-  </si>
-[...16 lines deleted...]
-    <t>España: Nuevas Culturas Urbanas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -551,187 +551,187 @@
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4">
         <v>2003</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" t="s">
         <v>19</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E8"/>
-      <c r="F8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D9">
-        <v>2016</v>
+        <v>1988</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D10">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D11">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="E12"/>
-      <c r="F12"/>
+      <c r="F12" t="s">
+        <v>29</v>
+      </c>
       <c r="G12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>