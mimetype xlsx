--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -59,93 +59,93 @@
   <si>
     <t>Interpretation/ translation of Muntadas Projects</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Programa de evento</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
     <t>On Translation: Das Museum, Museum am Ostwall, Dortmund [Póster]</t>
   </si>
   <si>
     <t>Dortmund</t>
   </si>
   <si>
+    <t>ON GLOBAL ART PRACTICE Catalog</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
+  </si>
+  <si>
+    <t>Folleto, Hoja de sala</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum (japonés)</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Horiko</t>
+  </si>
+  <si>
     <t>Round-table transcripts. Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
   </si>
   <si>
     <t>Connecting Worlds</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>España: Nuevas Culturas Urbanas</t>
   </si>
   <si>
     <t>Àrtics-6</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>Barcelona</t>
-  </si>
-[...16 lines deleted...]
-    <t>Horiko</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -551,182 +551,182 @@
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4">
         <v>2003</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6">
         <v>2016</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D8">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E8"/>
-      <c r="F8"/>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D10">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E11"/>
-      <c r="F11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F11"/>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D12">
-        <v>1997</v>
+        <v>1988</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>29</v>
       </c>
       <c r="G12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>