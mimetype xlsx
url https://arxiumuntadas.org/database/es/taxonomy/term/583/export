--- v2 (2025-11-18)
+++ v3 (2026-01-18)
@@ -59,93 +59,93 @@
   <si>
     <t>Interpretation/ translation of Muntadas Projects</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Programa de evento</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
     <t>On Translation: Das Museum, Museum am Ostwall, Dortmund [Póster]</t>
   </si>
   <si>
     <t>Dortmund</t>
   </si>
   <si>
+    <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
+  </si>
+  <si>
+    <t>Folleto, Hoja de sala</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum (japonés)</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Horiko</t>
+  </si>
+  <si>
+    <t>Round-table transcripts. Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
+  </si>
+  <si>
+    <t>Connecting Worlds</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>España: Nuevas Culturas Urbanas</t>
+  </si>
+  <si>
+    <t>Àrtics-6</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
     <t>ON GLOBAL ART PRACTICE Catalog</t>
-  </si>
-[...40 lines deleted...]
-    <t>Barcelona</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -551,186 +551,186 @@
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4">
         <v>2003</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7">
-        <v>1997</v>
+        <v>2016</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D8">
         <v>2016</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" t="s">
         <v>24</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D10">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E10"/>
-      <c r="F10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F10"/>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" t="s">
         <v>27</v>
       </c>
-      <c r="B11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11">
-        <v>2009</v>
+        <v>1988</v>
       </c>
       <c r="E11"/>
-      <c r="F11"/>
+      <c r="F11" t="s">
+        <v>28</v>
+      </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D12">
-        <v>1988</v>
+        <v>2017</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="G12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>