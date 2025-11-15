--- v0 (2025-10-09)
+++ v1 (2025-11-15)
@@ -125,111 +125,111 @@
   <si>
     <t>Muntadas. Elkarrekiko loturak, interconexiones, interconnessioni [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Muntadas. Interconnections¬ Interconnessioni¬ interconexiones¬</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Bolonia</t>
   </si>
   <si>
     <t>Bilduma. La Coleccionn. ARTIUM.</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Oroi. Queda mucho pasado por delante</t>
   </si>
   <si>
+    <t>En Torno a En torno al vídeo</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
+  </si>
+  <si>
+    <t>Catálogo</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
+  </si>
+  <si>
+    <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
+  </si>
+  <si>
+    <t>Las Arenas-Getxo</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas On Translation</t>
+  </si>
+  <si>
+    <t>6. Exposición audiovisual. Facultad de Bellas Arte / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
+  </si>
+  <si>
+    <t>Arteleku: Ikusentzunkariak arlo teorikoa</t>
+  </si>
+  <si>
+    <t>13 Festival de video Bideo Jaialdia. Vitoria-Gasteiz 1998</t>
+  </si>
+  <si>
+    <t>Hiriaren Esku-Hartzeak / Intervenciones urbanas / Urban Interventions</t>
+  </si>
+  <si>
+    <t>1998. Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>LUR proiektua. Erkusgai dauden lanen kokapen planoa / Proyecto TIERRA. Plano de ubicación de las obras expuestas</t>
+  </si>
+  <si>
+    <t>22. Exposición audiovisual Ikusentzun Erasketa</t>
+  </si>
+  <si>
+    <t>Tesoro Público (Economías De Realidad). Herri-Altxorra (Errealitate-Ekonomiak). Public Treasure (Economies Of Reality)</t>
+  </si>
+  <si>
+    <t>Lur Proiektua. Proyecto Tierra. Project Earth.</t>
+  </si>
+  <si>
     <t>VideoStorias</t>
   </si>
   <si>
     <t>Zentsura at! 8. VIII. Zentsuraren aurkako jaialdia / VIII. Festival contra la censura / VIII. Festival Against Censorship.</t>
-  </si>
-[...55 lines deleted...]
-    <t>Lur Proiektua. Proyecto Tierra. Project Earth.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -837,337 +837,337 @@
         <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15">
         <v>2018</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>26</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="D16">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E16"/>
-      <c r="F16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F16"/>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D17">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="D18">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E18"/>
-      <c r="F18"/>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D19">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="D20">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D22">
-        <v>1997</v>
+        <v>1988</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>30</v>
       </c>
       <c r="D24">
-        <v>1988</v>
+        <v>1994</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25">
         <v>1998</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>30</v>
       </c>
       <c r="D26">
-        <v>1994</v>
+        <v>2010</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>9</v>
       </c>
       <c r="D27">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>54</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D28">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>55</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>9</v>
       </c>
       <c r="D29">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>56</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D30">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>26</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>57</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>9</v>
       </c>
       <c r="D31">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>