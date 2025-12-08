--- v1 (2025-11-15)
+++ v2 (2025-12-08)
@@ -125,111 +125,111 @@
   <si>
     <t>Muntadas. Elkarrekiko loturak, interconexiones, interconnessioni [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Muntadas. Interconnections¬ Interconnessioni¬ interconexiones¬</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Bolonia</t>
   </si>
   <si>
     <t>Bilduma. La Coleccionn. ARTIUM.</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Oroi. Queda mucho pasado por delante</t>
   </si>
   <si>
+    <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
+  </si>
+  <si>
+    <t>Catálogo</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
+  </si>
+  <si>
+    <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
+  </si>
+  <si>
+    <t>Las Arenas-Getxo</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas On Translation</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>6. Exposición audiovisual. Facultad de Bellas Arte / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
+  </si>
+  <si>
+    <t>Arteleku: Ikusentzunkariak arlo teorikoa</t>
+  </si>
+  <si>
+    <t>13 Festival de video Bideo Jaialdia. Vitoria-Gasteiz 1998</t>
+  </si>
+  <si>
+    <t>Hiriaren Esku-Hartzeak / Intervenciones urbanas / Urban Interventions</t>
+  </si>
+  <si>
+    <t>1998. Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>LUR proiektua. Erkusgai dauden lanen kokapen planoa / Proyecto TIERRA. Plano de ubicación de las obras expuestas</t>
+  </si>
+  <si>
+    <t>22. Exposición audiovisual Ikusentzun Erasketa</t>
+  </si>
+  <si>
+    <t>Tesoro Público (Economías De Realidad). Herri-Altxorra (Errealitate-Ekonomiak). Public Treasure (Economies Of Reality)</t>
+  </si>
+  <si>
+    <t>Lur Proiektua. Proyecto Tierra. Project Earth.</t>
+  </si>
+  <si>
+    <t>VideoStorias</t>
+  </si>
+  <si>
+    <t>Zentsura at! 8. VIII. Zentsuraren aurkako jaialdia / VIII. Festival contra la censura / VIII. Festival Against Censorship.</t>
+  </si>
+  <si>
     <t>En Torno a En torno al vídeo</t>
-  </si>
-[...58 lines deleted...]
-    <t>Zentsura at! 8. VIII. Zentsuraren aurkako jaialdia / VIII. Festival contra la censura / VIII. Festival Against Censorship.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -840,339 +840,339 @@
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15">
         <v>2018</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>26</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E16"/>
-      <c r="F16"/>
+      <c r="F16" t="s">
+        <v>39</v>
+      </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="D17">
         <v>2016</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D19">
-        <v>1990</v>
+        <v>1997</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D20">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D21">
-        <v>1993</v>
+        <v>1988</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D22">
-        <v>1988</v>
+        <v>1998</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D23">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D24">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D25">
-        <v>1998</v>
+        <v>2010</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D26">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D27">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>54</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D28">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>55</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>9</v>
       </c>
       <c r="D29">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>56</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
         <v>9</v>
       </c>
       <c r="D30">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>57</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D31">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E31"/>
-      <c r="F31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F31"/>
       <c r="G31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>