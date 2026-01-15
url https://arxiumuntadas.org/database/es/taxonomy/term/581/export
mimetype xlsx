--- v2 (2025-12-08)
+++ v3 (2026-01-15)
@@ -125,111 +125,111 @@
   <si>
     <t>Muntadas. Elkarrekiko loturak, interconexiones, interconnessioni [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Muntadas. Interconnections¬ Interconnessioni¬ interconexiones¬</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Bolonia</t>
   </si>
   <si>
     <t>Bilduma. La Coleccionn. ARTIUM.</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Oroi. Queda mucho pasado por delante</t>
   </si>
   <si>
+    <t>Lur Proiektua. Proyecto Tierra. Project Earth.</t>
+  </si>
+  <si>
+    <t>VideoStorias</t>
+  </si>
+  <si>
+    <t>Zentsura at! 8. VIII. Zentsuraren aurkako jaialdia / VIII. Festival contra la censura / VIII. Festival Against Censorship.</t>
+  </si>
+  <si>
+    <t>En Torno a En torno al vídeo</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
     <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
   </si>
   <si>
     <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
   </si>
   <si>
     <t>Las Arenas-Getxo</t>
   </si>
   <si>
     <t>Antoni Muntadas On Translation</t>
   </si>
   <si>
-    <t>Entrevista / Conversación</t>
-[...1 lines deleted...]
-  <si>
     <t>6. Exposición audiovisual. Facultad de Bellas Arte / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
   </si>
   <si>
     <t>Arteleku: Ikusentzunkariak arlo teorikoa</t>
   </si>
   <si>
     <t>13 Festival de video Bideo Jaialdia. Vitoria-Gasteiz 1998</t>
   </si>
   <si>
     <t>Hiriaren Esku-Hartzeak / Intervenciones urbanas / Urban Interventions</t>
   </si>
   <si>
     <t>1998. Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>LUR proiektua. Erkusgai dauden lanen kokapen planoa / Proyecto TIERRA. Plano de ubicación de las obras expuestas</t>
   </si>
   <si>
     <t>22. Exposición audiovisual Ikusentzun Erasketa</t>
   </si>
   <si>
     <t>Tesoro Público (Economías De Realidad). Herri-Altxorra (Errealitate-Ekonomiak). Public Treasure (Economies Of Reality)</t>
-  </si>
-[...10 lines deleted...]
-    <t>En Torno a En torno al vídeo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -837,342 +837,342 @@
         <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15">
         <v>2018</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>26</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D16">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
-        <v>1990</v>
+        <v>2013</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D19">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="E19"/>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="D20">
-        <v>1993</v>
+        <v>2016</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D21">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
-        <v>1998</v>
+        <v>1990</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="D23">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24">
-        <v>1998</v>
+        <v>1993</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>30</v>
       </c>
       <c r="D25">
-        <v>2010</v>
+        <v>1988</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D27">
-        <v>2014</v>
+        <v>1994</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>9</v>
       </c>
       <c r="D28">
-        <v>2010</v>
+        <v>1998</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>55</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D29">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>56</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
         <v>9</v>
       </c>
       <c r="D30">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>57</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D31">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E31"/>
-      <c r="F31"/>
+      <c r="F31" t="s">
+        <v>26</v>
+      </c>
       <c r="G31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>