--- v3 (2026-01-15)
+++ v4 (2026-02-04)
@@ -125,111 +125,111 @@
   <si>
     <t>Muntadas. Elkarrekiko loturak, interconexiones, interconnessioni [Folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Muntadas. Interconnections¬ Interconnessioni¬ interconexiones¬</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Bolonia</t>
   </si>
   <si>
     <t>Bilduma. La Coleccionn. ARTIUM.</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Oroi. Queda mucho pasado por delante</t>
   </si>
   <si>
+    <t>Hiriaren Esku-Hartzeak / Intervenciones urbanas / Urban Interventions</t>
+  </si>
+  <si>
+    <t>1998. Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>LUR proiektua. Erkusgai dauden lanen kokapen planoa / Proyecto TIERRA. Plano de ubicación de las obras expuestas</t>
+  </si>
+  <si>
+    <t>22. Exposición audiovisual Ikusentzun Erasketa</t>
+  </si>
+  <si>
+    <t>Tesoro Público (Economías De Realidad). Herri-Altxorra (Errealitate-Ekonomiak). Public Treasure (Economies Of Reality)</t>
+  </si>
+  <si>
     <t>Lur Proiektua. Proyecto Tierra. Project Earth.</t>
   </si>
   <si>
     <t>VideoStorias</t>
   </si>
   <si>
     <t>Zentsura at! 8. VIII. Zentsuraren aurkako jaialdia / VIII. Festival contra la censura / VIII. Festival Against Censorship.</t>
   </si>
   <si>
     <t>En Torno a En torno al vídeo</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
   </si>
   <si>
     <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
   </si>
   <si>
     <t>Las Arenas-Getxo</t>
   </si>
   <si>
     <t>Antoni Muntadas On Translation</t>
   </si>
   <si>
     <t>6. Exposición audiovisual. Facultad de Bellas Arte / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
   </si>
   <si>
     <t>Arteleku: Ikusentzunkariak arlo teorikoa</t>
   </si>
   <si>
     <t>13 Festival de video Bideo Jaialdia. Vitoria-Gasteiz 1998</t>
-  </si>
-[...16 lines deleted...]
-    <t>Tesoro Público (Economías De Realidad). Herri-Altxorra (Errealitate-Ekonomiak). Public Treasure (Economies Of Reality)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -837,337 +837,337 @@
         <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15">
         <v>2018</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>26</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D16">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17">
-        <v>2011</v>
+        <v>1998</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D18">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D19">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E19"/>
-      <c r="F19"/>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="D20">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22">
-        <v>1990</v>
+        <v>2011</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D23">
-        <v>1997</v>
+        <v>2013</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="D24">
-        <v>1993</v>
+        <v>2010</v>
       </c>
       <c r="E24"/>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F24"/>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="D25">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26">
-        <v>1998</v>
+        <v>2016</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>52</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D27">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="D28">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>55</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D29">
-        <v>2010</v>
+        <v>1993</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>56</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D30">
-        <v>2009</v>
+        <v>1988</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>57</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D31">
-        <v>2014</v>
+        <v>1998</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>26</v>
       </c>
       <c r="G31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>