--- v0 (2025-10-09)
+++ v1 (2026-01-22)
@@ -662,105 +662,105 @@
         <v>20</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11">
         <v>1989</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>27</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>1964</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>