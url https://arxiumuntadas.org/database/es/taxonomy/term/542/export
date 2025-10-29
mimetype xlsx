--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -440,291 +440,291 @@
   <si>
     <t>Antoni Muntadas. La metodologia del progetto. Due Lectio Magistralis al MACRO Asilo [Programa del MACRO octubre'18]</t>
   </si>
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>Fini &amp; Confini. Il territorio nell'arte fotografica.</t>
   </si>
   <si>
     <t>Pasian di Prato</t>
   </si>
   <si>
     <t>Teatrino di Palazzo Grassi</t>
   </si>
   <si>
     <t>Il Futuro è Qui. Esercizi di finzione speculativa</t>
   </si>
   <si>
     <t>L'Opera Parla. Viaggio nell'arte Contemporanea</t>
   </si>
   <si>
     <t>Rileggendo Monditalia. Laboratorio di Arti Visive. IUAV di Venezia</t>
   </si>
   <si>
+    <t>And Now the Good News. Works from the Annette and Peter Nobel Collection</t>
+  </si>
+  <si>
+    <t>Lugano</t>
+  </si>
+  <si>
+    <t>Muntadas: On Translation: I Giardini</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Arte identità confini</t>
+  </si>
+  <si>
+    <t>Top Hundred</t>
+  </si>
+  <si>
+    <t>La città degli interventi / The City of the Interventions. La Generazione delle Immagini III</t>
+  </si>
+  <si>
+    <t>Due parole sul trasporre</t>
+  </si>
+  <si>
+    <t>Please Come Back. Il mondo come prigione? / The World as a Prison?</t>
+  </si>
+  <si>
+    <t>Artigianelli</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas : Guilio Squillacciotti : al Gianicolo</t>
+  </si>
+  <si>
+    <t>Arte e Media. Avanguardie e comunicazione di massa</t>
+  </si>
+  <si>
+    <t>Carambolage IV. Civitas.</t>
+  </si>
+  <si>
+    <t>I Padiglioni della Biennale di Venezia</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>Traduzione e interpretazione tra arte, società e culture: Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Corriere del Ticino [PAURA, Insert]</t>
+  </si>
+  <si>
+    <t>Protocolli Veneziani I</t>
+  </si>
+  <si>
+    <t>Archeonet. Viaggio nella storia della net/web art e suo ingresso negli spazi dei musei tradizionali</t>
+  </si>
+  <si>
+    <t>Poggibonsi</t>
+  </si>
+  <si>
+    <t>Artscape. Panorama dell'arte in Rete. I Turbamenti dell'Arte</t>
+  </si>
+  <si>
+    <t>La ricerca della lingua perfetta</t>
+  </si>
+  <si>
+    <t>Progetto per la creazione di un processo di metabolizzazione artificiale delle immagini mediatiche sul web.</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>Muntadas.Protocolli e Derive Veneziani</t>
+  </si>
+  <si>
+    <t>B76. La Biennale di Venezia 1976. Settore arti visive e archittetura. Catalogo generale. Volume primo e secondo</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Arte contemporanea. Le ricerche internazionali dalla fine degli anni '50 a oggi</t>
+  </si>
+  <si>
+    <t>Martellago</t>
+  </si>
+  <si>
+    <t>Media connection</t>
+  </si>
+  <si>
+    <t>Castelvetro Piacentino</t>
+  </si>
+  <si>
+    <t>Lo Spirito e gli Ultracorpi. La vicissutidine della Ragione tra i sintomi dell'Immaginario</t>
+  </si>
+  <si>
+    <t>Il Grup de Treball: esempio di concettuale politico in Spagna</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Start Up. Quattro Agenzie per la produzione del possibile. Oggetti Anomali / Start Up. Four Agencies for the production of the possible. Anomalous Objects</t>
+  </si>
+  <si>
+    <t>B76. La Biennale di Venezia 1976. Guida alle manifestazioni.</t>
+  </si>
+  <si>
+    <t>Quando è Scultura</t>
+  </si>
+  <si>
+    <t>Salon des Refusés. Progetti di public art mai realizzati //Public art projects never realized</t>
+  </si>
+  <si>
+    <t>Manu Chao: música y libertad</t>
+  </si>
+  <si>
+    <t>Cles</t>
+  </si>
+  <si>
+    <t>Border Territory. Contaminazioni e utilità metodologica dell'arte contemporanea nelle analisi en el progetto per lo spazio pubblico</t>
+  </si>
+  <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>Potenza</t>
+  </si>
+  <si>
+    <t>ASAC. La Biblioteca Della Biennale. Giardini Di Castello, Venezia</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
+    <t>Post no bills. Segnali urbani. Arte Visive- Ambiente Quaderno n. 2</t>
+  </si>
+  <si>
+    <t>Perché non parli? Le discipline dell'arte contemporanea raccontate dagli autori</t>
+  </si>
+  <si>
+    <t>Netspace. Nat Archives. Viaggio nell'arte della rete</t>
+  </si>
+  <si>
+    <t>Opera aperta. Forma e indeterminazione nelle poetiche contemporanee</t>
+  </si>
+  <si>
+    <t>El arte que traduce. 1995-2015 La traducción como mediación cultural en los procesos de transmisión y recepción de las obras de arte.</t>
+  </si>
+  <si>
+    <t>Catalogo VideotecaGAM</t>
+  </si>
+  <si>
+    <t>Differenzia Video. Rassegna Internazionale del video d'artista</t>
+  </si>
+  <si>
+    <t>The architectures of Babel. Creation, extinctions and intercessions in the languages of the global world</t>
+  </si>
+  <si>
+    <t>La Strada. 16°edizione di Fuori Uso</t>
+  </si>
+  <si>
+    <t>Muntadas, se il fine giustifica I mezzi</t>
+  </si>
+  <si>
+    <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
+  </si>
+  <si>
+    <t>La Metodologia del Progetto</t>
+  </si>
+  <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
+    <t>Spatial practices. Funzione pubblica e politica dell'arte nella società delle reti</t>
+  </si>
+  <si>
+    <t>España. Arte spagnola 1957-2007</t>
+  </si>
+  <si>
+    <t>Quando è scultura</t>
+  </si>
+  <si>
+    <t>Video'79. Video-The first decade dieci anni di videotape</t>
+  </si>
+  <si>
+    <t>Il Museo immaginario : Laboratorio di Arti Visive 1/2010</t>
+  </si>
+  <si>
+    <t>Casinò Fantasma</t>
+  </si>
+  <si>
+    <t>La patria degli altri</t>
+  </si>
+  <si>
     <t>Arte Prezzo e Valore. Arte Contemporanea e Mercato / Art Price And Value. Contemporary Art and Market</t>
   </si>
   <si>
     <t>Just another exhibition. Storie politiche delle biennali</t>
   </si>
   <si>
     <t>Àrtics-6</t>
   </si>
   <si>
     <t>LabObratorio 2. Proposte XVI</t>
   </si>
   <si>
     <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
   </si>
   <si>
     <t>Taormina</t>
   </si>
   <si>
     <t>Archivi impossibili. Un'ossessione dell'arte contemporanea</t>
   </si>
   <si>
     <t>Monza</t>
   </si>
   <si>
     <t>L' Illusione della luce.The Illusion of light. L'illusion des lumières</t>
   </si>
   <si>
     <t>"La paura è diventata uno strumento finalizzato all'esercizio del potere"</t>
   </si>
   <si>
     <t>Muzzano</t>
   </si>
   <si>
     <t>L'immagine video. Arti visuali e nuovi media elettronici</t>
   </si>
   <si>
     <t>L'arte che traduce. La traduzione visuale nell'opera di Antoni Muntadas</t>
   </si>
   <si>
     <t>Dissensi. Tra film video televisione</t>
   </si>
   <si>
     <t>La post-avanguardia. Arte marginale e marginalità dell'arte</t>
   </si>
   <si>
     <t>Benevento</t>
-  </si>
-[...193 lines deleted...]
-    <t>La patria degli altri</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2875,1233 +2875,1233 @@
         <v>8</v>
       </c>
       <c r="C99" t="s">
         <v>38</v>
       </c>
       <c r="D99">
         <v>2015</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>39</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>142</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
         <v>46</v>
       </c>
       <c r="D100">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>28</v>
+        <v>145</v>
       </c>
       <c r="D101">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
         <v>30</v>
       </c>
       <c r="D102">
-        <v>1988</v>
+        <v>1995</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D103">
-        <v>2001</v>
+        <v>2017</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="D104">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
         <v>30</v>
       </c>
       <c r="D105">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>150</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
         <v>46</v>
       </c>
       <c r="D106">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>39</v>
+        <v>151</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>28</v>
+        <v>145</v>
       </c>
       <c r="D107">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>152</v>
+        <v>21</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>153</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
         <v>30</v>
       </c>
       <c r="D108">
-        <v>1990</v>
+        <v>1997</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>17</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>154</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="D109">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
         <v>17</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>155</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>30</v>
+        <v>156</v>
       </c>
       <c r="D110">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>110</v>
+        <v>17</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="D111">
-        <v>1978</v>
+        <v>2006</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>157</v>
+        <v>21</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>158</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D112">
         <v>2016</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>159</v>
+        <v>143</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="D113">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
         <v>39</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
         <v>30</v>
       </c>
       <c r="D114">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>21</v>
+        <v>161</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D115">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="D116">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
+        <v>164</v>
+      </c>
+      <c r="B117" t="s">
+        <v>8</v>
+      </c>
+      <c r="C117" t="s">
         <v>165</v>
       </c>
-      <c r="B117" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D117">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>166</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D118">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>167</v>
+        <v>21</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>161</v>
+        <v>46</v>
       </c>
       <c r="D119">
-        <v>2011</v>
+        <v>1976</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>21</v>
+        <v>168</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>169</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="D120">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
         <v>46</v>
       </c>
       <c r="D121">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>17</v>
+        <v>172</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="D122">
-        <v>2004</v>
+        <v>1999</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
         <v>17</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
         <v>53</v>
       </c>
       <c r="D123">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>21</v>
+        <v>175</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="D124">
         <v>2016</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D125">
-        <v>2013</v>
+        <v>1976</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
         <v>39</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
         <v>30</v>
       </c>
       <c r="D126">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>177</v>
+        <v>17</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="D127">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
         <v>30</v>
       </c>
       <c r="D128">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>21</v>
+        <v>181</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D129">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>39</v>
+        <v>184</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>20</v>
+        <v>186</v>
       </c>
       <c r="D130">
-        <v>2016</v>
+        <v>9999</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
         <v>46</v>
       </c>
       <c r="D131">
-        <v>1976</v>
+        <v>1980</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D132">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>186</v>
+        <v>17</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
         <v>46</v>
       </c>
       <c r="D133">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>188</v>
+        <v>21</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>181</v>
+        <v>30</v>
       </c>
       <c r="D134">
-        <v>1999</v>
+        <v>2013</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>17</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>53</v>
+        <v>183</v>
       </c>
       <c r="D135">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>191</v>
+        <v>93</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>192</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>161</v>
+        <v>186</v>
       </c>
       <c r="D136">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>193</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
         <v>46</v>
       </c>
       <c r="D137">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>194</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
         <v>30</v>
       </c>
       <c r="D138">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>195</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
         <v>46</v>
       </c>
       <c r="D139">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>39</v>
+        <v>123</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>196</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D140">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>197</v>
+        <v>21</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>199</v>
+        <v>46</v>
       </c>
       <c r="D141">
-        <v>2014</v>
+        <v>1979</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>200</v>
+        <v>39</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>202</v>
+        <v>38</v>
       </c>
       <c r="D142">
-        <v>9999</v>
+        <v>2012</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
         <v>39</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
         <v>46</v>
       </c>
       <c r="D143">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
         <v>30</v>
       </c>
       <c r="D144">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
         <v>17</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
         <v>46</v>
       </c>
       <c r="D145">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D146">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
         <v>17</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>199</v>
+        <v>30</v>
       </c>
       <c r="D147">
-        <v>2015</v>
+        <v>1979</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>202</v>
+        <v>38</v>
       </c>
       <c r="D148">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
         <v>46</v>
       </c>
       <c r="D149">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
         <v>30</v>
       </c>
       <c r="D150">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
         <v>46</v>
       </c>
       <c r="D151">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
         <v>28</v>
       </c>
       <c r="D152">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D153">
-        <v>1979</v>
+        <v>1988</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>39</v>
+        <v>93</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
         <v>38</v>
       </c>
       <c r="D154">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
         <v>46</v>
       </c>
       <c r="D155">
-        <v>1984</v>
+        <v>1991</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>78</v>
+        <v>212</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
         <v>30</v>
       </c>
       <c r="D156">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>17</v>
+        <v>214</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
         <v>46</v>
       </c>
       <c r="D157">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>110</v>
+        <v>39</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
         <v>28</v>
       </c>
       <c r="D158">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>17</v>
+        <v>217</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
         <v>30</v>
       </c>
       <c r="D159">
-        <v>1979</v>
+        <v>1990</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D160">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D161">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>39</v>
+        <v>110</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
         <v>30</v>
       </c>
       <c r="D162">
-        <v>2013</v>
+        <v>1978</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>21</v>
+        <v>222</v>
       </c>
       <c r="G162"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>