--- v1 (2025-10-29)
+++ v2 (2025-12-30)
@@ -12,176 +12,185 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Italiano" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>Le mostre nella fiera: viaggio nelle sezioni curate di Artissima</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Artículo / Noticia en medio digital</t>
+  </si>
+  <si>
+    <t>Italia</t>
+  </si>
+  <si>
+    <t>Artissima 2025, l'arte contemporanea torna protagonista a Torino</t>
+  </si>
+  <si>
     <t>A Barcellona nuove visioni della storia e nuove forme di raccontarla</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...4 lines deleted...]
-  <si>
     <t>Torino</t>
   </si>
   <si>
     <t>Tornare a “essere umani”. L’arte davanti alla guerra</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Così cambia lo spot elletorale</t>
   </si>
   <si>
-    <t>Italia</t>
-[...1 lines deleted...]
-  <si>
     <t>Per amore di Lina, Eleonore e Jimmy: le mostre post-SPArte</t>
   </si>
   <si>
     <t>Entre amigos. La 29 edición de Miart abre sus puertas</t>
   </si>
   <si>
     <t>Milán</t>
   </si>
   <si>
     <t>Antoni Muntadas "Interconexiones"</t>
   </si>
   <si>
     <t>MUNTADAS EDIZIONI 1971 – 2024</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>I Martidì Critici. La parola all'arte. 2015 - 2020</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>Roma Capitale, al via la mostra la mostra Muntadas / Edizioni 1971 – 2024</t>
   </si>
   <si>
     <t>RivistaFoglio 8. Antoni Muntadas</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas, Revista</t>
   </si>
   <si>
     <t>Intervista a Antoni Muntadas</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
-    <t>Una soggettività critica. "Media about media"</t>
+    <t>Una soggettività critica. "Media about media" [Texto de Muntadas]</t>
+  </si>
+  <si>
+    <t>Ensayo, Notas Muntadas</t>
+  </si>
+  <si>
+    <t>Nápoles</t>
+  </si>
+  <si>
+    <t>The Citrus Project arriva a San Gimignano, alla Galleria Continua, e rinnova la millenaria liaison tra arte e agrumi. Intervista a Vicente Todolí</t>
+  </si>
+  <si>
+    <t>Esthetique de la Communication</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
-    <t>Nápoles</t>
-[...7 lines deleted...]
-  <si>
     <t>Salerno</t>
   </si>
   <si>
     <t>In Between... Words. Intervista a Antoni Muntadas</t>
   </si>
   <si>
     <t>MUNTADAS MACRO ASILO. Entrevista</t>
   </si>
   <si>
     <t>Alchimia/Trasformazione. Laboratorio Avanzato di Arti Visive</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Contenuto Rimosso, Il Fuoco Nel Quadrato</t>
   </si>
   <si>
-    <t>Altrove/Elsewhere</t>
+    <t>Altrove / Elsewhere</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Francesco Jodice e Antoni Muntadas – Altrove/Elsewhere</t>
   </si>
   <si>
     <t>Brescia, PUES – Project espone a Mo.Ca. la collettiva contemporanea ‘Sistema Tempo’</t>
   </si>
   <si>
     <t>Interferenze Veneziane</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Addio a Gianfranco Baruchello</t>
   </si>
   <si>
     <t>Arte sperimentale in Spagna</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
@@ -440,50 +449,134 @@
   <si>
     <t>Antoni Muntadas. La metodologia del progetto. Due Lectio Magistralis al MACRO Asilo [Programa del MACRO octubre'18]</t>
   </si>
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>Fini &amp; Confini. Il territorio nell'arte fotografica.</t>
   </si>
   <si>
     <t>Pasian di Prato</t>
   </si>
   <si>
     <t>Teatrino di Palazzo Grassi</t>
   </si>
   <si>
     <t>Il Futuro è Qui. Esercizi di finzione speculativa</t>
   </si>
   <si>
     <t>L'Opera Parla. Viaggio nell'arte Contemporanea</t>
   </si>
   <si>
     <t>Rileggendo Monditalia. Laboratorio di Arti Visive. IUAV di Venezia</t>
   </si>
   <si>
+    <t>La Strada. 16°edizione di Fuori Uso</t>
+  </si>
+  <si>
+    <t>Muntadas, se il fine giustifica I mezzi</t>
+  </si>
+  <si>
+    <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
+  </si>
+  <si>
+    <t>La Metodologia del Progetto</t>
+  </si>
+  <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
+    <t>Spatial practices. Funzione pubblica e politica dell'arte nella società delle reti</t>
+  </si>
+  <si>
+    <t>España. Arte spagnola 1957-2007</t>
+  </si>
+  <si>
+    <t>Quando è scultura</t>
+  </si>
+  <si>
+    <t>Video'79. Video-The first decade dieci anni di videotape</t>
+  </si>
+  <si>
+    <t>Il Museo immaginario : Laboratorio di Arti Visive 1/2010</t>
+  </si>
+  <si>
+    <t>Casinò Fantasma</t>
+  </si>
+  <si>
+    <t>La patria degli altri</t>
+  </si>
+  <si>
+    <t>Arte Prezzo e Valore. Arte Contemporanea e Mercato / Art Price And Value. Contemporary Art and Market</t>
+  </si>
+  <si>
+    <t>Just another exhibition. Storie politiche delle biennali</t>
+  </si>
+  <si>
+    <t>Àrtics-6</t>
+  </si>
+  <si>
+    <t>LabObratorio 2. Proposte XVI</t>
+  </si>
+  <si>
+    <t>Taormina Arte'91 Cinema Teatro Musica. Video d'autore.</t>
+  </si>
+  <si>
+    <t>Taormina</t>
+  </si>
+  <si>
+    <t>Archivi impossibili. Un'ossessione dell'arte contemporanea</t>
+  </si>
+  <si>
+    <t>Monza</t>
+  </si>
+  <si>
+    <t>L' Illusione della luce.The Illusion of light. L'illusion des lumières</t>
+  </si>
+  <si>
+    <t>"La paura è diventata uno strumento finalizzato all'esercizio del potere"</t>
+  </si>
+  <si>
+    <t>Muzzano</t>
+  </si>
+  <si>
+    <t>L'immagine video. Arti visuali e nuovi media elettronici</t>
+  </si>
+  <si>
+    <t>L'arte che traduce. La traduzione visuale nell'opera di Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Dissensi. Tra film video televisione</t>
+  </si>
+  <si>
+    <t>La post-avanguardia. Arte marginale e marginalità dell'arte</t>
+  </si>
+  <si>
+    <t>Benevento</t>
+  </si>
+  <si>
     <t>And Now the Good News. Works from the Annette and Peter Nobel Collection</t>
   </si>
   <si>
     <t>Lugano</t>
   </si>
   <si>
     <t>Muntadas: On Translation: I Giardini</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Arte identità confini</t>
   </si>
   <si>
     <t>Top Hundred</t>
   </si>
   <si>
     <t>La città degli interventi / The City of the Interventions. La Generazione delle Immagini III</t>
   </si>
   <si>
     <t>Due parole sul trasporre</t>
   </si>
   <si>
     <t>Please Come Back. Il mondo come prigione? / The World as a Prison?</t>
@@ -597,134 +690,50 @@
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Post no bills. Segnali urbani. Arte Visive- Ambiente Quaderno n. 2</t>
   </si>
   <si>
     <t>Perché non parli? Le discipline dell'arte contemporanea raccontate dagli autori</t>
   </si>
   <si>
     <t>Netspace. Nat Archives. Viaggio nell'arte della rete</t>
   </si>
   <si>
     <t>Opera aperta. Forma e indeterminazione nelle poetiche contemporanee</t>
   </si>
   <si>
     <t>El arte que traduce. 1995-2015 La traducción como mediación cultural en los procesos de transmisión y recepción de las obras de arte.</t>
   </si>
   <si>
     <t>Catalogo VideotecaGAM</t>
   </si>
   <si>
     <t>Differenzia Video. Rassegna Internazionale del video d'artista</t>
   </si>
   <si>
     <t>The architectures of Babel. Creation, extinctions and intercessions in the languages of the global world</t>
-  </si>
-[...82 lines deleted...]
-    <t>Benevento</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1024,51 +1033,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G162"/>
+  <dimension ref="A1:G164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1089,3021 +1098,3055 @@
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>9</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>48</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>49</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>50</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>54</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>55</v>
+      </c>
+      <c r="B30" t="s">
+        <v>8</v>
+      </c>
+      <c r="C30" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>57</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
-      <c r="C32"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C32" t="s">
+        <v>41</v>
+      </c>
+      <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>61</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C34"/>
       <c r="D34">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>62</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="D35">
         <v>2021</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D36">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D37">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="D38">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D39">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="D40">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>69</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D41">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>70</v>
+      </c>
+      <c r="B42" t="s">
+        <v>8</v>
+      </c>
+      <c r="C42" t="s">
         <v>71</v>
       </c>
-      <c r="B42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>72</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="D43">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>39</v>
+        <v>73</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>74</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="D44">
         <v>2021</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>75</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="D45">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>77</v>
+        <v>9</v>
       </c>
       <c r="D46">
-        <v>1984</v>
+        <v>2021</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="D47">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
+        <v>79</v>
+      </c>
+      <c r="B48" t="s">
+        <v>8</v>
+      </c>
+      <c r="C48" t="s">
         <v>80</v>
       </c>
-      <c r="B48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48">
-        <v>2020</v>
+        <v>1984</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D49">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D50">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="D51">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>78</v>
+        <v>42</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>85</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
-        <v>86</v>
+        <v>41</v>
       </c>
       <c r="D52">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>78</v>
+        <v>42</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
+        <v>86</v>
+      </c>
+      <c r="B53" t="s">
+        <v>8</v>
+      </c>
+      <c r="C53" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D53">
         <v>2020</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>88</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>9</v>
+        <v>89</v>
       </c>
       <c r="D54">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="D55">
         <v>2020</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>91</v>
+        <v>9</v>
       </c>
       <c r="D56">
-        <v>2005</v>
+        <v>2020</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>92</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="D57">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
+        <v>93</v>
+      </c>
+      <c r="B58" t="s">
+        <v>8</v>
+      </c>
+      <c r="C58" t="s">
         <v>94</v>
       </c>
-      <c r="B58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D58">
-        <v>2019</v>
+        <v>2005</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>95</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D59">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D60">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>91</v>
+        <v>9</v>
       </c>
       <c r="D61">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
         <v>9</v>
       </c>
       <c r="D62">
         <v>2020</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D63">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="D64">
         <v>2020</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="D65">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="D66">
         <v>2020</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="D67">
         <v>2020</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>104</v>
+        <v>23</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>105</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
         <v>9</v>
       </c>
       <c r="D68">
         <v>2020</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>106</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
         <v>9</v>
       </c>
       <c r="D69">
         <v>2020</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
         <v>9</v>
       </c>
       <c r="D70">
         <v>2020</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
         <v>9</v>
       </c>
       <c r="D71">
         <v>2020</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
         <v>9</v>
       </c>
       <c r="D72">
         <v>2020</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>110</v>
+        <v>81</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>111</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
         <v>9</v>
       </c>
       <c r="D73">
         <v>2020</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>112</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
         <v>9</v>
       </c>
       <c r="D74">
         <v>2020</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>113</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
         <v>9</v>
       </c>
       <c r="D75">
         <v>2020</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
         <v>9</v>
       </c>
       <c r="D76">
         <v>2020</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
         <v>9</v>
       </c>
       <c r="D77">
         <v>2020</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
         <v>9</v>
       </c>
       <c r="D78">
         <v>2020</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
         <v>9</v>
       </c>
       <c r="D79">
         <v>2020</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
         <v>9</v>
       </c>
       <c r="D80">
         <v>2020</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
         <v>9</v>
       </c>
       <c r="D81">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D82">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
         <v>9</v>
       </c>
       <c r="D83">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="D84">
         <v>2019</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="D85">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>123</v>
+        <v>19</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>124</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="D86">
         <v>2019</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="D87">
         <v>2019</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>78</v>
+        <v>126</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>127</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D88">
         <v>2019</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>39</v>
+        <v>128</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>129</v>
+        <v>45</v>
       </c>
       <c r="D89">
-        <v>1985</v>
+        <v>2019</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>130</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="D90">
         <v>2019</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>131</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="D91">
-        <v>2019</v>
+        <v>1985</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="D92">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="D93">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>135</v>
+        <v>41</v>
       </c>
       <c r="D94">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>136</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="D95">
         <v>2018</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>137</v>
+        <v>42</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
+        <v>137</v>
+      </c>
+      <c r="B96" t="s">
+        <v>8</v>
+      </c>
+      <c r="C96" t="s">
         <v>138</v>
       </c>
-      <c r="B96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D96">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>139</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D97">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>39</v>
+        <v>140</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D98">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D99">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="D100">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>143</v>
+        <v>42</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>144</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>145</v>
+        <v>41</v>
       </c>
       <c r="D101">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="D102">
-        <v>1995</v>
+        <v>2005</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D103">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="D104">
-        <v>1997</v>
+        <v>1979</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="D105">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D106">
-        <v>2017</v>
+        <v>1984</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>151</v>
+        <v>81</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>145</v>
+        <v>36</v>
       </c>
       <c r="D107">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="D108">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D109">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>156</v>
+        <v>36</v>
       </c>
       <c r="D110">
-        <v>2004</v>
+        <v>1979</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D111">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="D112">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>143</v>
+        <v>42</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D113">
         <v>2013</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="D114">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>161</v>
+        <v>73</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
         <v>30</v>
       </c>
       <c r="D115">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D116">
-        <v>1993</v>
+        <v>1988</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="D117">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="D118">
-        <v>2016</v>
+        <v>1991</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>21</v>
+        <v>162</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D119">
-        <v>1976</v>
+        <v>2016</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D120">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>170</v>
+        <v>42</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D121">
-        <v>2001</v>
+        <v>2016</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>165</v>
+        <v>36</v>
       </c>
       <c r="D122">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D123">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>175</v>
+        <v>19</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>145</v>
+        <v>36</v>
       </c>
       <c r="D124">
-        <v>2016</v>
+        <v>1991</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D125">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>39</v>
+        <v>172</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="D126">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>17</v>
+        <v>174</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>46</v>
+        <v>176</v>
       </c>
       <c r="D127">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D128">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>181</v>
+        <v>23</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>183</v>
+        <v>49</v>
       </c>
       <c r="D129">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>184</v>
+        <v>73</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>186</v>
+        <v>63</v>
       </c>
       <c r="D130">
-        <v>9999</v>
+        <v>1997</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D131">
-        <v>1980</v>
+        <v>2000</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="D132">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>17</v>
+        <v>182</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>46</v>
+        <v>176</v>
       </c>
       <c r="D133">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D134">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>183</v>
+        <v>49</v>
       </c>
       <c r="D135">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>93</v>
+        <v>19</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D136">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="D137">
-        <v>1982</v>
+        <v>2006</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D138">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>70</v>
+        <v>174</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D139">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>123</v>
+        <v>42</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D140">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>21</v>
+        <v>192</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D141">
-        <v>1979</v>
+        <v>2000</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D142">
-        <v>2012</v>
+        <v>1993</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>46</v>
+        <v>196</v>
       </c>
       <c r="D143">
-        <v>1984</v>
+        <v>2007</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>78</v>
+        <v>42</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D144">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D145">
-        <v>2008</v>
+        <v>1976</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>110</v>
+        <v>199</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D146">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="D147">
-        <v>1979</v>
+        <v>2001</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>204</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>38</v>
+        <v>196</v>
       </c>
       <c r="D148">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>205</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="D149">
-        <v>1990</v>
+        <v>2011</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>39</v>
+        <v>206</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>30</v>
+        <v>176</v>
       </c>
       <c r="D150">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D151">
-        <v>2008</v>
+        <v>1976</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D152">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="D153">
-        <v>1988</v>
+        <v>2003</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>93</v>
+        <v>42</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D154">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>10</v>
+        <v>212</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>46</v>
+        <v>214</v>
       </c>
       <c r="D155">
-        <v>1991</v>
+        <v>2014</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>30</v>
+        <v>217</v>
       </c>
       <c r="D156">
-        <v>2016</v>
+        <v>9999</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>214</v>
+        <v>42</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D157">
-        <v>2014</v>
+        <v>1980</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D158">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>217</v>
+        <v>19</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="D159">
-        <v>1990</v>
+        <v>2005</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D160">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>30</v>
+        <v>214</v>
       </c>
       <c r="D161">
-        <v>1991</v>
+        <v>2015</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>30</v>
+        <v>217</v>
       </c>
       <c r="D162">
-        <v>1978</v>
+        <v>2005</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>222</v>
+        <v>13</v>
       </c>
       <c r="G162"/>
+    </row>
+    <row r="163" spans="1:7">
+      <c r="A163" t="s">
+        <v>224</v>
+      </c>
+      <c r="B163" t="s">
+        <v>8</v>
+      </c>
+      <c r="C163" t="s">
+        <v>49</v>
+      </c>
+      <c r="D163">
+        <v>1982</v>
+      </c>
+      <c r="E163"/>
+      <c r="F163" t="s">
+        <v>33</v>
+      </c>
+      <c r="G163"/>
+    </row>
+    <row r="164" spans="1:7">
+      <c r="A164" t="s">
+        <v>225</v>
+      </c>
+      <c r="B164" t="s">
+        <v>8</v>
+      </c>
+      <c r="C164" t="s">
+        <v>36</v>
+      </c>
+      <c r="D164">
+        <v>2011</v>
+      </c>
+      <c r="E164"/>
+      <c r="F164" t="s">
+        <v>73</v>
+      </c>
+      <c r="G164"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">