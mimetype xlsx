--- v2 (2025-12-30)
+++ v3 (2026-01-19)
@@ -449,50 +449,170 @@
   <si>
     <t>Antoni Muntadas. La metodologia del progetto. Due Lectio Magistralis al MACRO Asilo [Programa del MACRO octubre'18]</t>
   </si>
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>Fini &amp; Confini. Il territorio nell'arte fotografica.</t>
   </si>
   <si>
     <t>Pasian di Prato</t>
   </si>
   <si>
     <t>Teatrino di Palazzo Grassi</t>
   </si>
   <si>
     <t>Il Futuro è Qui. Esercizi di finzione speculativa</t>
   </si>
   <si>
     <t>L'Opera Parla. Viaggio nell'arte Contemporanea</t>
   </si>
   <si>
     <t>Rileggendo Monditalia. Laboratorio di Arti Visive. IUAV di Venezia</t>
   </si>
   <si>
+    <t>Traduzione e interpretazione tra arte, società e culture: Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Corriere del Ticino [PAURA, Insert]</t>
+  </si>
+  <si>
+    <t>Lugano</t>
+  </si>
+  <si>
+    <t>Protocolli Veneziani I</t>
+  </si>
+  <si>
+    <t>Archeonet. Viaggio nella storia della net/web art e suo ingresso negli spazi dei musei tradizionali</t>
+  </si>
+  <si>
+    <t>Poggibonsi</t>
+  </si>
+  <si>
+    <t>Artscape. Panorama dell'arte in Rete. I Turbamenti dell'Arte</t>
+  </si>
+  <si>
+    <t>La ricerca della lingua perfetta</t>
+  </si>
+  <si>
+    <t>Progetto per la creazione di un processo di metabolizzazione artificiale delle immagini mediatiche sul web.</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>Muntadas.Protocolli e Derive Veneziani</t>
+  </si>
+  <si>
+    <t>B76. La Biennale di Venezia 1976. Settore arti visive e archittetura. Catalogo generale. Volume primo e secondo</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Arte contemporanea. Le ricerche internazionali dalla fine degli anni '50 a oggi</t>
+  </si>
+  <si>
+    <t>Martellago</t>
+  </si>
+  <si>
+    <t>Media connection</t>
+  </si>
+  <si>
+    <t>Castelvetro Piacentino</t>
+  </si>
+  <si>
+    <t>Lo Spirito e gli Ultracorpi. La vicissutidine della Ragione tra i sintomi dell'Immaginario</t>
+  </si>
+  <si>
+    <t>Il Grup de Treball: esempio di concettuale politico in Spagna</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Start Up. Quattro Agenzie per la produzione del possibile. Oggetti Anomali / Start Up. Four Agencies for the production of the possible. Anomalous Objects</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>B76. La Biennale di Venezia 1976. Guida alle manifestazioni.</t>
+  </si>
+  <si>
+    <t>Quando è Scultura</t>
+  </si>
+  <si>
+    <t>Salon des Refusés. Progetti di public art mai realizzati //Public art projects never realized</t>
+  </si>
+  <si>
+    <t>Manu Chao: música y libertad</t>
+  </si>
+  <si>
+    <t>Cles</t>
+  </si>
+  <si>
+    <t>Border Territory. Contaminazioni e utilità metodologica dell'arte contemporanea nelle analisi en el progetto per lo spazio pubblico</t>
+  </si>
+  <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>Potenza</t>
+  </si>
+  <si>
+    <t>ASAC. La Biblioteca Della Biennale. Giardini Di Castello, Venezia</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
+    <t>Post no bills. Segnali urbani. Arte Visive- Ambiente Quaderno n. 2</t>
+  </si>
+  <si>
+    <t>Perché non parli? Le discipline dell'arte contemporanea raccontate dagli autori</t>
+  </si>
+  <si>
+    <t>Netspace. Nat Archives. Viaggio nell'arte della rete</t>
+  </si>
+  <si>
+    <t>Opera aperta. Forma e indeterminazione nelle poetiche contemporanee</t>
+  </si>
+  <si>
+    <t>El arte que traduce. 1995-2015 La traducción como mediación cultural en los procesos de transmisión y recepción de las obras de arte.</t>
+  </si>
+  <si>
+    <t>Catalogo VideotecaGAM</t>
+  </si>
+  <si>
+    <t>Differenzia Video. Rassegna Internazionale del video d'artista</t>
+  </si>
+  <si>
+    <t>The architectures of Babel. Creation, extinctions and intercessions in the languages of the global world</t>
+  </si>
+  <si>
     <t>La Strada. 16°edizione di Fuori Uso</t>
   </si>
   <si>
     <t>Muntadas, se il fine giustifica I mezzi</t>
   </si>
   <si>
     <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
   </si>
   <si>
     <t>La Metodologia del Progetto</t>
   </si>
   <si>
     <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
   </si>
   <si>
     <t>Spatial practices. Funzione pubblica e politica dell'arte nella società delle reti</t>
   </si>
   <si>
     <t>España. Arte spagnola 1957-2007</t>
   </si>
   <si>
     <t>Quando è scultura</t>
   </si>
   <si>
     <t>Video'79. Video-The first decade dieci anni di videotape</t>
@@ -536,204 +656,84 @@
   <si>
     <t>"La paura è diventata uno strumento finalizzato all'esercizio del potere"</t>
   </si>
   <si>
     <t>Muzzano</t>
   </si>
   <si>
     <t>L'immagine video. Arti visuali e nuovi media elettronici</t>
   </si>
   <si>
     <t>L'arte che traduce. La traduzione visuale nell'opera di Antoni Muntadas</t>
   </si>
   <si>
     <t>Dissensi. Tra film video televisione</t>
   </si>
   <si>
     <t>La post-avanguardia. Arte marginale e marginalità dell'arte</t>
   </si>
   <si>
     <t>Benevento</t>
   </si>
   <si>
     <t>And Now the Good News. Works from the Annette and Peter Nobel Collection</t>
   </si>
   <si>
-    <t>Lugano</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas: On Translation: I Giardini</t>
   </si>
   <si>
-    <t>Folleto</t>
-[...1 lines deleted...]
-  <si>
     <t>Arte identità confini</t>
   </si>
   <si>
     <t>Top Hundred</t>
   </si>
   <si>
     <t>La città degli interventi / The City of the Interventions. La Generazione delle Immagini III</t>
   </si>
   <si>
     <t>Due parole sul trasporre</t>
   </si>
   <si>
     <t>Please Come Back. Il mondo come prigione? / The World as a Prison?</t>
   </si>
   <si>
     <t>Artigianelli</t>
   </si>
   <si>
     <t>Antoni Muntadas : Guilio Squillacciotti : al Gianicolo</t>
   </si>
   <si>
     <t>Arte e Media. Avanguardie e comunicazione di massa</t>
   </si>
   <si>
     <t>Carambolage IV. Civitas.</t>
   </si>
   <si>
     <t>I Padiglioni della Biennale di Venezia</t>
   </si>
   <si>
     <t>Compilación</t>
-  </si>
-[...112 lines deleted...]
-    <t>The architectures of Babel. Creation, extinctions and intercessions in the languages of the global world</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2915,1236 +2915,1236 @@
         <v>144</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
         <v>41</v>
       </c>
       <c r="D101">
         <v>2015</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>42</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>145</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D102">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>126</v>
+        <v>23</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>146</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D103">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D104">
-        <v>1979</v>
+        <v>2013</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>42</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D105">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>42</v>
+        <v>150</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="D106">
-        <v>1984</v>
+        <v>2000</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>81</v>
+        <v>19</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
         <v>36</v>
       </c>
       <c r="D107">
-        <v>2012</v>
+        <v>1993</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>49</v>
+        <v>154</v>
       </c>
       <c r="D108">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>113</v>
+        <v>42</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D109">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D110">
-        <v>1979</v>
+        <v>1976</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>23</v>
+        <v>157</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D111">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>42</v>
+        <v>159</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
         <v>49</v>
       </c>
       <c r="D112">
-        <v>1990</v>
+        <v>2001</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>42</v>
+        <v>161</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>36</v>
+        <v>154</v>
       </c>
       <c r="D113">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D114">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>73</v>
+        <v>164</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>30</v>
+        <v>166</v>
       </c>
       <c r="D115">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D116">
-        <v>1988</v>
+        <v>1976</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>96</v>
+        <v>42</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D117">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
         <v>49</v>
       </c>
       <c r="D118">
-        <v>1991</v>
+        <v>2003</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>162</v>
+        <v>42</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
         <v>36</v>
       </c>
       <c r="D119">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>49</v>
+        <v>173</v>
       </c>
       <c r="D120">
         <v>2014</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>42</v>
+        <v>174</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>30</v>
+        <v>176</v>
       </c>
       <c r="D121">
-        <v>2016</v>
+        <v>9999</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>167</v>
+        <v>42</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D122">
-        <v>1990</v>
+        <v>1980</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
         <v>19</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
         <v>36</v>
       </c>
       <c r="D123">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
         <v>19</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D124">
-        <v>1991</v>
+        <v>2005</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>113</v>
+        <v>23</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
         <v>36</v>
       </c>
       <c r="D125">
-        <v>1978</v>
+        <v>2013</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>172</v>
+        <v>19</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
+        <v>181</v>
+      </c>
+      <c r="B126" t="s">
+        <v>8</v>
+      </c>
+      <c r="C126" t="s">
         <v>173</v>
       </c>
-      <c r="B126" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D126">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>174</v>
+        <v>96</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
         <v>176</v>
       </c>
       <c r="D127">
         <v>2005</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D128">
-        <v>1995</v>
+        <v>1982</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="D129">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
         <v>73</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="D130">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>19</v>
+        <v>126</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D131">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
         <v>49</v>
       </c>
       <c r="D132">
-        <v>2017</v>
+        <v>1979</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>182</v>
+        <v>42</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>176</v>
+        <v>41</v>
       </c>
       <c r="D133">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D134">
-        <v>1997</v>
+        <v>1984</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>19</v>
+        <v>81</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="D135">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
         <v>19</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>187</v>
+        <v>49</v>
       </c>
       <c r="D136">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="D137">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D138">
-        <v>2016</v>
+        <v>1979</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>174</v>
+        <v>23</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D139">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
         <v>42</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D140">
-        <v>2003</v>
+        <v>1990</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
         <v>36</v>
       </c>
       <c r="D141">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D142">
-        <v>1993</v>
+        <v>2008</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>196</v>
+        <v>30</v>
       </c>
       <c r="D143">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D144">
-        <v>2016</v>
+        <v>1988</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D145">
-        <v>1976</v>
+        <v>2001</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>199</v>
+        <v>13</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
         <v>49</v>
       </c>
       <c r="D146">
-        <v>2005</v>
+        <v>1991</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="D147">
-        <v>2001</v>
+        <v>2016</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>196</v>
+        <v>49</v>
       </c>
       <c r="D148">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="D149">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>176</v>
+        <v>36</v>
       </c>
       <c r="D150">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="D151">
-        <v>1976</v>
+        <v>2017</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
         <v>36</v>
       </c>
       <c r="D152">
-        <v>2010</v>
+        <v>1991</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="D153">
-        <v>2003</v>
+        <v>1978</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>42</v>
+        <v>212</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D154">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>212</v>
+        <v>147</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>214</v>
+        <v>166</v>
       </c>
       <c r="D155">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>215</v>
+        <v>42</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>217</v>
+        <v>36</v>
       </c>
       <c r="D156">
-        <v>9999</v>
+        <v>1995</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
         <v>49</v>
       </c>
       <c r="D157">
-        <v>1980</v>
+        <v>2017</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="D158">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
         <v>19</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="D159">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D160">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>19</v>
+        <v>220</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>214</v>
+        <v>166</v>
       </c>
       <c r="D161">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>217</v>
+        <v>36</v>
       </c>
       <c r="D162">
-        <v>2005</v>
+        <v>1997</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
         <v>49</v>
       </c>
       <c r="D163">
-        <v>1982</v>
+        <v>2000</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
+        <v>224</v>
+      </c>
+      <c r="B164" t="s">
+        <v>8</v>
+      </c>
+      <c r="C164" t="s">
         <v>225</v>
       </c>
-      <c r="B164" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D164">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>73</v>
+        <v>19</v>
       </c>
       <c r="G164"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>