--- v0 (2025-10-08)
+++ v1 (2025-11-12)
@@ -167,57 +167,57 @@
   <si>
     <t>Pablo Uribe</t>
   </si>
   <si>
     <t>Prison to Prison. 16a Mostra Internazionale de Architettura</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Muntadas</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>LAB.07. Arte, Deshonra y Violencia en el Contexto Iberoamericano</t>
   </si>
   <si>
     <t>Hojeando... Cuatro décadas de libros y revistas de artista en España</t>
   </si>
   <si>
     <t>Patricia Bentancur</t>
   </si>
   <si>
+    <t>Hojeando...Cuatro décadas de libros y revistas de artista en España.</t>
+  </si>
+  <si>
+    <t>El gran Sur.Movimiento de Bienal.</t>
+  </si>
+  <si>
     <t>LAB.07.Arte, Deshonra y Violencia en el contexto iberoamericano.</t>
-  </si>
-[...4 lines deleted...]
-    <t>El gran Sur.Movimiento de Bienal.</t>
   </si>
   <si>
     <t>We are Fantastic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1105,66 +1105,66 @@
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>15</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>9</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="B35" t="s">
         <v>15</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B36" t="s">
         <v>15</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>54</v>
       </c>
       <c r="B37" t="s">
         <v>17</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>2005</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">