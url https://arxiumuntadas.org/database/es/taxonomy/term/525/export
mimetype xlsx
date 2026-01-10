--- v1 (2025-11-12)
+++ v2 (2026-01-10)
@@ -167,57 +167,57 @@
   <si>
     <t>Pablo Uribe</t>
   </si>
   <si>
     <t>Prison to Prison. 16a Mostra Internazionale de Architettura</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Muntadas</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>LAB.07. Arte, Deshonra y Violencia en el Contexto Iberoamericano</t>
   </si>
   <si>
     <t>Hojeando... Cuatro décadas de libros y revistas de artista en España</t>
   </si>
   <si>
     <t>Patricia Bentancur</t>
   </si>
   <si>
+    <t>LAB.07.Arte, Deshonra y Violencia en el contexto iberoamericano.</t>
+  </si>
+  <si>
     <t>Hojeando...Cuatro décadas de libros y revistas de artista en España.</t>
   </si>
   <si>
     <t>El gran Sur.Movimiento de Bienal.</t>
-  </si>
-[...1 lines deleted...]
-    <t>LAB.07.Arte, Deshonra y Violencia en el contexto iberoamericano.</t>
   </si>
   <si>
     <t>We are Fantastic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1075,81 +1075,81 @@
         <v>2009</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>50</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B33" t="s">
         <v>15</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B34" t="s">
         <v>15</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>9</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B35" t="s">
         <v>15</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>53</v>
       </c>
       <c r="B36" t="s">
         <v>15</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>