--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -338,129 +338,129 @@
   <si>
     <t>Pedro and Claudia Sinogas</t>
   </si>
   <si>
     <t>Galeria Graça Fonseca</t>
   </si>
   <si>
     <t>Banco Português de Negócios - BPN, Lisboa</t>
   </si>
   <si>
     <t>Zéro de conduite: obras da coleção de Serralves</t>
   </si>
   <si>
     <t>Ver as vozes dos artistas</t>
   </si>
   <si>
     <t>Guadiana: The Edition, 2018</t>
   </si>
   <si>
     <t>Guadiana</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
+    <t>Sociologia Plural</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Tempo Líquido - Um diálogo de vídeos das Coleções Maria &amp; Armando Cabral y Cal Cego</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>Serralves: A história da Coleçao</t>
+  </si>
+  <si>
+    <t>Trânsitos e outras direções</t>
+  </si>
+  <si>
+    <t>Muntadas: Subjectividade/Objectividade: Informação Privada/Pública</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Lisboa]</t>
+  </si>
+  <si>
+    <t>Cyber 98 - a criaçaõ na era digital</t>
+  </si>
+  <si>
+    <t>Muntadas: Intervenções: A Proposito do Publico e do Privado</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Por entre as linhas. Between the lines</t>
+  </si>
+  <si>
+    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
+  </si>
+  <si>
+    <t>Almada</t>
+  </si>
+  <si>
+    <t>A memória de Serralves segundo Muntadas</t>
+  </si>
+  <si>
+    <t>Conversa com Antonio Muntadas</t>
+  </si>
+  <si>
     <t>Muntadas. A Instalação como metáfora. Intervenção: Slides / Videos</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
-    <t>Sociologia Plural</t>
-[...46 lines deleted...]
-  <si>
     <t>Cyber 98- a criaçaõ na era digital</t>
   </si>
   <si>
     <t>Por entre as linhas.Between the lines</t>
   </si>
   <si>
     <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82.</t>
   </si>
   <si>
+    <t>Intervenções: A propósito do público e do privado</t>
+  </si>
+  <si>
+    <t>CEE Project</t>
+  </si>
+  <si>
+    <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
+  </si>
+  <si>
+    <t>Mensaje</t>
+  </si>
+  <si>
+    <t>Olhos de Água</t>
+  </si>
+  <si>
     <t>Double Exposure: Lisboa - Bogotá</t>
-  </si>
-[...13 lines deleted...]
-    <t>Olhos de Água</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2068,491 +2068,491 @@
       <c r="C80"/>
       <c r="D80">
         <v>2017</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>107</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>108</v>
       </c>
       <c r="B81" t="s">
         <v>11</v>
       </c>
       <c r="C81" t="s">
         <v>109</v>
       </c>
       <c r="D81">
         <v>1992</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>110</v>
       </c>
       <c r="B82" t="s">
         <v>11</v>
       </c>
       <c r="C82" t="s">
-        <v>111</v>
+        <v>46</v>
       </c>
       <c r="D82">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>9</v>
+        <v>111</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>112</v>
       </c>
       <c r="B83" t="s">
         <v>11</v>
       </c>
       <c r="C83" t="s">
         <v>46</v>
       </c>
       <c r="D83">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B84" t="s">
         <v>11</v>
       </c>
       <c r="C84" t="s">
-        <v>46</v>
+        <v>109</v>
       </c>
       <c r="D84">
-        <v>2016</v>
+        <v>1992</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>115</v>
+        <v>52</v>
       </c>
       <c r="B85" t="s">
         <v>11</v>
       </c>
       <c r="C85" t="s">
-        <v>111</v>
+        <v>12</v>
       </c>
       <c r="D85">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>9</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="B86" t="s">
         <v>11</v>
       </c>
       <c r="C86" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D86">
-        <v>2015</v>
+        <v>1979</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>9</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B87" t="s">
         <v>11</v>
       </c>
       <c r="C87" t="s">
         <v>23</v>
       </c>
       <c r="D87">
-        <v>1979</v>
+        <v>2012</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>9</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B88" t="s">
         <v>11</v>
       </c>
       <c r="C88" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="D88">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>9</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
+        <v>117</v>
+      </c>
+      <c r="B89" t="s">
+        <v>11</v>
+      </c>
+      <c r="C89" t="s">
         <v>118</v>
       </c>
-      <c r="B89" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D89">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>119</v>
       </c>
       <c r="B90" t="s">
         <v>11</v>
       </c>
       <c r="C90" t="s">
-        <v>120</v>
+        <v>46</v>
       </c>
       <c r="D90">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B91" t="s">
         <v>11</v>
       </c>
       <c r="C91" t="s">
         <v>46</v>
       </c>
       <c r="D91">
-        <v>2007</v>
+        <v>1982</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>9</v>
+        <v>121</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>122</v>
       </c>
       <c r="B92" t="s">
         <v>11</v>
       </c>
       <c r="C92" t="s">
-        <v>46</v>
+        <v>109</v>
       </c>
       <c r="D92">
-        <v>1982</v>
+        <v>1992</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B93" t="s">
         <v>11</v>
       </c>
       <c r="C93" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D93">
-        <v>1992</v>
+        <v>1979</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
+        <v>124</v>
+      </c>
+      <c r="B94" t="s">
+        <v>11</v>
+      </c>
+      <c r="C94" t="s">
         <v>125</v>
       </c>
-      <c r="B94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D94">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B95" t="s">
         <v>25</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>113</v>
+        <v>9</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B96" t="s">
         <v>25</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
         <v>9</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="B97" t="s">
         <v>25</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
         <v>9</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B98" t="s">
         <v>25</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>9</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="B99" t="s">
         <v>25</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="B100" t="s">
         <v>25</v>
       </c>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>37</v>
+        <v>121</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>128</v>
+        <v>110</v>
       </c>
       <c r="B101" t="s">
         <v>25</v>
       </c>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>129</v>
+        <v>60</v>
       </c>
       <c r="B102" t="s">
         <v>29</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F102"/>
+        <v>1992</v>
+      </c>
+      <c r="E102"/>
+      <c r="F102" t="s">
+        <v>9</v>
+      </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>60</v>
+        <v>129</v>
       </c>
       <c r="B103" t="s">
         <v>29</v>
       </c>
       <c r="C103"/>
       <c r="D103">
         <v>1992</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>130</v>
       </c>
       <c r="B104" t="s">
         <v>29</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E104"/>
+        <v>1989</v>
+      </c>
+      <c r="E104">
+        <v>1999</v>
+      </c>
       <c r="F104" t="s">
-        <v>37</v>
+        <v>131</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B105" t="s">
         <v>29</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E105"/>
       <c r="F105" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B106" t="s">
         <v>29</v>
       </c>
       <c r="C106"/>
       <c r="D106">
-        <v>1973</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E106">
+        <v>2007</v>
+      </c>
+      <c r="F106"/>
       <c r="G106"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>