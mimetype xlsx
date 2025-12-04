--- v1 (2025-11-14)
+++ v2 (2025-12-04)
@@ -212,84 +212,84 @@
   <si>
     <t>Entre-linhas</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Palavras: A sala de conferencia de imprensa</t>
   </si>
   <si>
     <t>Circa 1968</t>
   </si>
   <si>
     <t>De que é feita uma coleção? Corpo e matéria</t>
   </si>
   <si>
     <t>Coimbra</t>
   </si>
   <si>
     <t>David Santos</t>
   </si>
   <si>
     <t>José Maçãs de Carvalho</t>
   </si>
   <si>
-    <t>Coleção de Arte Contemporânea do Estado [Portugal]</t>
+    <t>Coleção de Arte Contemporânea do Estado (Portugal)</t>
   </si>
   <si>
     <t>Centro de Arte Contemporânea de Coimbra</t>
   </si>
   <si>
     <t>De que é feita uma coleção? Fluxo e metamorfose</t>
   </si>
   <si>
     <t>Spectacle / Power / Mass Media [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Seize the day, people</t>
   </si>
   <si>
     <t>Muntadas' Survey - Fuso 2019 - Anual de Vídeo Arte Internacional de Lisboa</t>
   </si>
   <si>
     <t>POLITICAL ADVERTISEMENT VIII 1952-2008. Film Screening. Los Angeles Halle/Saale New York Stuttgart Porto [Póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Los Angeles (CA), Nueva York (NY), Halle/Saale, Stuttgart, Porto / Oporto</t>
   </si>
   <si>
     <t>Muntadas: Political Advertisment VII [Screening]</t>
   </si>
   <si>
-    <t>Museu de Arte Contemporânea de Serralves.</t>
+    <t>Museu de Arte Contemporânea de Serralves</t>
   </si>
   <si>
     <t>Galeria Filomena Soares</t>
   </si>
   <si>
     <t>Fuso 2019 - Anual de Vídeo Arte Internacional de Lisboa</t>
   </si>
   <si>
     <t>Antoni Muntadas: Espectáculo/Poder/Mass Media</t>
   </si>
   <si>
     <t>Spectacle / Power / Mass Media [Espectáculo  / Poder / Mass Media]</t>
   </si>
   <si>
     <t>Cristina Guerra Contemporary Art Gallery</t>
   </si>
   <si>
     <t>Museu Nacional de História Natural e da Ciência (MUHNAC)</t>
   </si>
   <si>
     <t>Menos imagens, mais consciência: eis o lema de Antoni Muntadas</t>
   </si>
   <si>
     <t>Deep deep down, far far in (and out)</t>
   </si>
@@ -338,102 +338,102 @@
   <si>
     <t>Pedro and Claudia Sinogas</t>
   </si>
   <si>
     <t>Galeria Graça Fonseca</t>
   </si>
   <si>
     <t>Banco Português de Negócios - BPN, Lisboa</t>
   </si>
   <si>
     <t>Zéro de conduite: obras da coleção de Serralves</t>
   </si>
   <si>
     <t>Ver as vozes dos artistas</t>
   </si>
   <si>
     <t>Guadiana: The Edition, 2018</t>
   </si>
   <si>
     <t>Guadiana</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
+    <t>Muntadas: Subjectividade/Objectividade: Informação Privada/Pública</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Lisboa]</t>
+  </si>
+  <si>
+    <t>Cyber 98 - a criaçaõ na era digital</t>
+  </si>
+  <si>
+    <t>Muntadas: Intervenções: A Proposito do Publico e do Privado</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Por entre as linhas. Between the lines</t>
+  </si>
+  <si>
+    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
+  </si>
+  <si>
+    <t>Almada</t>
+  </si>
+  <si>
+    <t>A memória de Serralves segundo Muntadas</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Conversa com Antonio Muntadas</t>
+  </si>
+  <si>
+    <t>Muntadas. A Instalação como metáfora. Intervenção: Slides / Videos</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
     <t>Sociologia Plural</t>
   </si>
   <si>
-    <t>Entrevista / Conversación</t>
-[...1 lines deleted...]
-  <si>
     <t>Tempo Líquido - Um diálogo de vídeos das Coleções Maria &amp; Armando Cabral y Cal Cego</t>
   </si>
   <si>
     <t>San Miguel</t>
   </si>
   <si>
     <t>Serralves: A história da Coleçao</t>
   </si>
   <si>
     <t>Trânsitos e outras direções</t>
-  </si>
-[...34 lines deleted...]
-    <t>Folleto</t>
   </si>
   <si>
     <t>Cyber 98- a criaçaõ na era digital</t>
   </si>
   <si>
     <t>Por entre as linhas.Between the lines</t>
   </si>
   <si>
     <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82.</t>
   </si>
   <si>
     <t>Intervenções: A propósito do público e do privado</t>
   </si>
   <si>
     <t>CEE Project</t>
   </si>
   <si>
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
   <si>
     <t>Mensaje</t>
   </si>
   <si>
     <t>Olhos de Água</t>
   </si>
@@ -2061,498 +2061,498 @@
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>106</v>
       </c>
       <c r="B80" t="s">
         <v>29</v>
       </c>
       <c r="C80"/>
       <c r="D80">
         <v>2017</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>107</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>108</v>
       </c>
       <c r="B81" t="s">
         <v>11</v>
       </c>
       <c r="C81" t="s">
-        <v>109</v>
+        <v>23</v>
       </c>
       <c r="D81">
-        <v>1992</v>
+        <v>1979</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>9</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B82" t="s">
         <v>11</v>
       </c>
       <c r="C82" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D82">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>111</v>
+        <v>9</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B83" t="s">
         <v>11</v>
       </c>
       <c r="C83" t="s">
         <v>46</v>
       </c>
       <c r="D83">
-        <v>2016</v>
+        <v>1998</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B84" t="s">
         <v>11</v>
       </c>
       <c r="C84" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D84">
         <v>1992</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="B85" t="s">
         <v>11</v>
       </c>
       <c r="C85" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="D85">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>9</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>114</v>
       </c>
       <c r="B86" t="s">
         <v>11</v>
       </c>
       <c r="C86" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="D86">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B87" t="s">
         <v>11</v>
       </c>
       <c r="C87" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="D87">
-        <v>2012</v>
+        <v>1992</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B88" t="s">
         <v>11</v>
       </c>
       <c r="C88" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="D88">
-        <v>1998</v>
+        <v>1979</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>9</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B89" t="s">
         <v>11</v>
       </c>
       <c r="C89" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D89">
         <v>1992</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>37</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B90" t="s">
         <v>11</v>
       </c>
       <c r="C90" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="D90">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>9</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B91" t="s">
         <v>11</v>
       </c>
       <c r="C91" t="s">
         <v>46</v>
       </c>
       <c r="D91">
-        <v>1982</v>
+        <v>2017</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B92" t="s">
         <v>11</v>
       </c>
       <c r="C92" t="s">
-        <v>109</v>
+        <v>46</v>
       </c>
       <c r="D92">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>37</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B93" t="s">
         <v>11</v>
       </c>
       <c r="C93" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="D93">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>9</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>124</v>
+        <v>52</v>
       </c>
       <c r="B94" t="s">
         <v>11</v>
       </c>
       <c r="C94" t="s">
-        <v>125</v>
+        <v>12</v>
       </c>
       <c r="D94">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="B95" t="s">
         <v>25</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
         <v>9</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="B96" t="s">
         <v>25</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
         <v>9</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="B97" t="s">
         <v>25</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B98" t="s">
         <v>25</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B99" t="s">
         <v>25</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>128</v>
+        <v>108</v>
       </c>
       <c r="B100" t="s">
         <v>25</v>
       </c>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>121</v>
+        <v>9</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B101" t="s">
         <v>25</v>
       </c>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>111</v>
+        <v>9</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>60</v>
+        <v>129</v>
       </c>
       <c r="B102" t="s">
         <v>29</v>
       </c>
       <c r="C102"/>
       <c r="D102">
         <v>1992</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B103" t="s">
         <v>29</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E103"/>
+        <v>1989</v>
+      </c>
+      <c r="E103">
+        <v>1999</v>
+      </c>
       <c r="F103" t="s">
-        <v>37</v>
+        <v>131</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B104" t="s">
         <v>29</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E104"/>
       <c r="F104" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B105" t="s">
         <v>29</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>1973</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E105">
+        <v>2007</v>
+      </c>
+      <c r="F105"/>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>134</v>
+        <v>60</v>
       </c>
       <c r="B106" t="s">
         <v>29</v>
       </c>
       <c r="C106"/>
       <c r="D106">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F106"/>
+        <v>1992</v>
+      </c>
+      <c r="E106"/>
+      <c r="F106" t="s">
+        <v>9</v>
+      </c>
       <c r="G106"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>