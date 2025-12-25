--- v2 (2025-12-04)
+++ v3 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Portugal" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Lisboa Cultura</t>
   </si>
   <si>
@@ -236,62 +236,59 @@
   <si>
     <t>Coleção de Arte Contemporânea do Estado (Portugal)</t>
   </si>
   <si>
     <t>Centro de Arte Contemporânea de Coimbra</t>
   </si>
   <si>
     <t>De que é feita uma coleção? Fluxo e metamorfose</t>
   </si>
   <si>
     <t>Spectacle / Power / Mass Media [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Seize the day, people</t>
   </si>
   <si>
     <t>Muntadas' Survey - Fuso 2019 - Anual de Vídeo Arte Internacional de Lisboa</t>
   </si>
   <si>
     <t>POLITICAL ADVERTISEMENT VIII 1952-2008. Film Screening. Los Angeles Halle/Saale New York Stuttgart Porto [Póster]</t>
   </si>
   <si>
-    <t>Poster Exposición Individual, Otros materiales de difusión</t>
+    <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>Los Angeles (CA), Nueva York (NY), Halle/Saale, Stuttgart, Porto / Oporto</t>
   </si>
   <si>
     <t>Muntadas: Political Advertisment VII [Screening]</t>
   </si>
   <si>
-    <t>Museu de Arte Contemporânea de Serralves</t>
-[...1 lines deleted...]
-  <si>
     <t>Galeria Filomena Soares</t>
   </si>
   <si>
     <t>Fuso 2019 - Anual de Vídeo Arte Internacional de Lisboa</t>
   </si>
   <si>
     <t>Antoni Muntadas: Espectáculo/Poder/Mass Media</t>
   </si>
   <si>
     <t>Spectacle / Power / Mass Media [Espectáculo  / Poder / Mass Media]</t>
   </si>
   <si>
     <t>Cristina Guerra Contemporary Art Gallery</t>
   </si>
   <si>
     <t>Museu Nacional de História Natural e da Ciência (MUHNAC)</t>
   </si>
   <si>
     <t>Menos imagens, mais consciência: eis o lema de Antoni Muntadas</t>
   </si>
   <si>
     <t>Deep deep down, far far in (and out)</t>
   </si>
   <si>
     <t>Hoja de sala</t>
@@ -338,129 +335,129 @@
   <si>
     <t>Pedro and Claudia Sinogas</t>
   </si>
   <si>
     <t>Galeria Graça Fonseca</t>
   </si>
   <si>
     <t>Banco Português de Negócios - BPN, Lisboa</t>
   </si>
   <si>
     <t>Zéro de conduite: obras da coleção de Serralves</t>
   </si>
   <si>
     <t>Ver as vozes dos artistas</t>
   </si>
   <si>
     <t>Guadiana: The Edition, 2018</t>
   </si>
   <si>
     <t>Guadiana</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
+    <t>Muntadas: Entre / Between [Lisboa]</t>
+  </si>
+  <si>
+    <t>Cyber 98 - a criaçaõ na era digital</t>
+  </si>
+  <si>
+    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
+  </si>
+  <si>
+    <t>Almada</t>
+  </si>
+  <si>
+    <t>Muntadas: Intervenções: A Proposito do Publico e do Privado</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Por entre as linhas. Between the lines</t>
+  </si>
+  <si>
+    <t>A memória de Serralves segundo Muntadas</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Conversa com Antonio Muntadas</t>
+  </si>
+  <si>
+    <t>Tempo Líquido - Um diálogo de vídeos das Coleções Maria &amp; Armando Cabral y Cal Cego</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>Muntadas. A Instalação como metáfora. Intervenção: Slides / Videos</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Sociologia Plural</t>
+  </si>
+  <si>
+    <t>Serralves: A história da Coleçao</t>
+  </si>
+  <si>
+    <t>Trânsitos e outras direções</t>
+  </si>
+  <si>
     <t>Muntadas: Subjectividade/Objectividade: Informação Privada/Pública</t>
   </si>
   <si>
-    <t>Muntadas: Entre / Between [Lisboa]</t>
-[...47 lines deleted...]
-    <t>Trânsitos e outras direções</t>
+    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82.</t>
   </si>
   <si>
     <t>Cyber 98- a criaçaõ na era digital</t>
   </si>
   <si>
     <t>Por entre as linhas.Between the lines</t>
   </si>
   <si>
-    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82.</t>
+    <t>CEE Project</t>
+  </si>
+  <si>
+    <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
+  </si>
+  <si>
+    <t>Mensaje</t>
+  </si>
+  <si>
+    <t>Olhos de Água</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
   <si>
     <t>Intervenções: A propósito do público e do privado</t>
-  </si>
-[...13 lines deleted...]
-    <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -760,51 +757,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G106"/>
+  <dimension ref="A1:G105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="153" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1614,946 +1611,931 @@
       <c r="A52" t="s">
         <v>76</v>
       </c>
       <c r="B52" t="s">
         <v>35</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>37</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>77</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>78</v>
       </c>
       <c r="B54" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="D54"/>
+        <v>11</v>
+      </c>
+      <c r="C54" t="s">
+        <v>46</v>
+      </c>
+      <c r="D54">
+        <v>2019</v>
+      </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>79</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="D55">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>80</v>
       </c>
       <c r="B56" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="C56"/>
+      <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>81</v>
       </c>
       <c r="B57" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>82</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>83</v>
       </c>
       <c r="B59" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="D59"/>
+        <v>11</v>
+      </c>
+      <c r="C59" t="s">
+        <v>57</v>
+      </c>
+      <c r="D59">
+        <v>2019</v>
+      </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>84</v>
       </c>
       <c r="B60" t="s">
         <v>11</v>
       </c>
       <c r="C60" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="D60">
         <v>2019</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>9</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B61" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C61"/>
+      <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>9</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B62" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>9</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B63" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>88</v>
       </c>
       <c r="B64" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>37</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>89</v>
       </c>
       <c r="B65" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="D65"/>
+        <v>11</v>
+      </c>
+      <c r="C65" t="s">
+        <v>46</v>
+      </c>
+      <c r="D65">
+        <v>2019</v>
+      </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>90</v>
       </c>
       <c r="B66" t="s">
         <v>11</v>
       </c>
       <c r="C66" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="D66">
         <v>2019</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B67" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="C67"/>
+      <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>93</v>
       </c>
       <c r="B68" t="s">
         <v>25</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>94</v>
       </c>
       <c r="B69" t="s">
         <v>25</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>95</v>
       </c>
       <c r="B70" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C70"/>
-      <c r="D70"/>
+      <c r="D70">
+        <v>2018</v>
+      </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>9</v>
+        <v>96</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B71" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="C71"/>
-      <c r="D71">
-[...1 lines deleted...]
-      </c>
+      <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>97</v>
+        <v>37</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>98</v>
       </c>
       <c r="B72" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>99</v>
       </c>
       <c r="B73" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>9</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>100</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>101</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>9</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>102</v>
       </c>
       <c r="B76" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>103</v>
       </c>
       <c r="B77" t="s">
         <v>25</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>37</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>104</v>
       </c>
       <c r="B78" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C78"/>
-      <c r="D78"/>
+      <c r="D78">
+        <v>2018</v>
+      </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>37</v>
+        <v>96</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>105</v>
       </c>
       <c r="B79" t="s">
         <v>29</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B80" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C80"/>
+        <v>11</v>
+      </c>
+      <c r="C80" t="s">
+        <v>23</v>
+      </c>
       <c r="D80">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>107</v>
+        <v>9</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>108</v>
       </c>
       <c r="B81" t="s">
         <v>11</v>
       </c>
       <c r="C81" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="D81">
-        <v>1979</v>
+        <v>1998</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>9</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>109</v>
       </c>
       <c r="B82" t="s">
         <v>11</v>
       </c>
       <c r="C82" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="D82">
-        <v>2012</v>
+        <v>1982</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>9</v>
+        <v>110</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B83" t="s">
         <v>11</v>
       </c>
       <c r="C83" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="D83">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B84" t="s">
         <v>11</v>
       </c>
       <c r="C84" t="s">
-        <v>112</v>
+        <v>46</v>
       </c>
       <c r="D84">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B85" t="s">
         <v>11</v>
       </c>
       <c r="C85" t="s">
-        <v>46</v>
+        <v>115</v>
       </c>
       <c r="D85">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B86" t="s">
         <v>11</v>
       </c>
       <c r="C86" t="s">
-        <v>46</v>
+        <v>115</v>
       </c>
       <c r="D86">
-        <v>1982</v>
+        <v>1979</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>115</v>
+        <v>9</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B87" t="s">
         <v>11</v>
       </c>
       <c r="C87" t="s">
-        <v>117</v>
+        <v>46</v>
       </c>
       <c r="D87">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B88" t="s">
         <v>11</v>
       </c>
       <c r="C88" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D88">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B89" t="s">
         <v>11</v>
       </c>
       <c r="C89" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D89">
         <v>1992</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B90" t="s">
         <v>11</v>
       </c>
       <c r="C90" t="s">
-        <v>117</v>
+        <v>46</v>
       </c>
       <c r="D90">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B91" t="s">
         <v>11</v>
       </c>
       <c r="C91" t="s">
-        <v>46</v>
+        <v>115</v>
       </c>
       <c r="D91">
-        <v>2017</v>
+        <v>1992</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>123</v>
+        <v>9</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>124</v>
+        <v>52</v>
       </c>
       <c r="B92" t="s">
         <v>11</v>
       </c>
       <c r="C92" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="D92">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B93" t="s">
         <v>11</v>
       </c>
       <c r="C93" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="D93">
-        <v>1992</v>
+        <v>1979</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>9</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="B94" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="C94"/>
+      <c r="D94"/>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>9</v>
+        <v>110</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="B95" t="s">
         <v>25</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="B96" t="s">
         <v>25</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>9</v>
+        <v>118</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="B97" t="s">
         <v>25</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="B98" t="s">
         <v>25</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>115</v>
+        <v>9</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B99" t="s">
         <v>25</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>123</v>
+        <v>9</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="B100" t="s">
         <v>25</v>
       </c>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100" t="s">
         <v>9</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="B101" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C101"/>
-      <c r="D101"/>
-      <c r="E101"/>
+      <c r="D101">
+        <v>1989</v>
+      </c>
+      <c r="E101">
+        <v>1999</v>
+      </c>
       <c r="F101" t="s">
-        <v>9</v>
+        <v>129</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B102" t="s">
         <v>29</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>1992</v>
+        <v>1973</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>37</v>
+        <v>131</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B103" t="s">
         <v>29</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>1989</v>
+        <v>1998</v>
       </c>
       <c r="E103">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="F103"/>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>132</v>
+        <v>60</v>
       </c>
       <c r="B104" t="s">
         <v>29</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>1973</v>
+        <v>1992</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B105" t="s">
         <v>29</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F105"/>
+        <v>1992</v>
+      </c>
+      <c r="E105"/>
+      <c r="F105" t="s">
+        <v>37</v>
+      </c>
       <c r="G105"/>
-    </row>
-[...15 lines deleted...]
-      <c r="G106"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">