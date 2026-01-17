--- v3 (2025-12-25)
+++ v4 (2026-01-17)
@@ -335,50 +335,53 @@
   <si>
     <t>Pedro and Claudia Sinogas</t>
   </si>
   <si>
     <t>Galeria Graça Fonseca</t>
   </si>
   <si>
     <t>Banco Português de Negócios - BPN, Lisboa</t>
   </si>
   <si>
     <t>Zéro de conduite: obras da coleção de Serralves</t>
   </si>
   <si>
     <t>Ver as vozes dos artistas</t>
   </si>
   <si>
     <t>Guadiana: The Edition, 2018</t>
   </si>
   <si>
     <t>Guadiana</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
+    <t>Muntadas: Subjectividade/Objectividade: Informação Privada/Pública</t>
+  </si>
+  <si>
     <t>Muntadas: Entre / Between [Lisboa]</t>
   </si>
   <si>
     <t>Cyber 98 - a criaçaõ na era digital</t>
   </si>
   <si>
     <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
   </si>
   <si>
     <t>Almada</t>
   </si>
   <si>
     <t>Muntadas: Intervenções: A Proposito do Publico e do Privado</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Por entre as linhas. Between the lines</t>
   </si>
   <si>
     <t>A memória de Serralves segundo Muntadas</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
@@ -386,78 +389,75 @@
   <si>
     <t>Conversa com Antonio Muntadas</t>
   </si>
   <si>
     <t>Tempo Líquido - Um diálogo de vídeos das Coleções Maria &amp; Armando Cabral y Cal Cego</t>
   </si>
   <si>
     <t>San Miguel</t>
   </si>
   <si>
     <t>Muntadas. A Instalação como metáfora. Intervenção: Slides / Videos</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Sociologia Plural</t>
   </si>
   <si>
     <t>Serralves: A história da Coleçao</t>
   </si>
   <si>
     <t>Trânsitos e outras direções</t>
   </si>
   <si>
-    <t>Muntadas: Subjectividade/Objectividade: Informação Privada/Pública</t>
+    <t>Por entre as linhas.Between the lines</t>
   </si>
   <si>
     <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82.</t>
   </si>
   <si>
     <t>Cyber 98- a criaçaõ na era digital</t>
   </si>
   <si>
-    <t>Por entre as linhas.Between the lines</t>
+    <t>Intervenções: A propósito do público e do privado</t>
   </si>
   <si>
     <t>CEE Project</t>
   </si>
   <si>
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
   <si>
     <t>Mensaje</t>
   </si>
   <si>
     <t>Olhos de Água</t>
   </si>
   <si>
     <t>Double Exposure: Lisboa - Bogotá</t>
-  </si>
-[...1 lines deleted...]
-    <t>Intervenções: A propósito do público e do privado</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2046,494 +2046,494 @@
       </c>
       <c r="B79" t="s">
         <v>29</v>
       </c>
       <c r="C79"/>
       <c r="D79">
         <v>2017</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>106</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>107</v>
       </c>
       <c r="B80" t="s">
         <v>11</v>
       </c>
       <c r="C80" t="s">
         <v>23</v>
       </c>
       <c r="D80">
-        <v>2012</v>
+        <v>1979</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>9</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>108</v>
       </c>
       <c r="B81" t="s">
         <v>11</v>
       </c>
       <c r="C81" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D81">
-        <v>1998</v>
+        <v>2012</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>9</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>109</v>
       </c>
       <c r="B82" t="s">
         <v>11</v>
       </c>
       <c r="C82" t="s">
         <v>46</v>
       </c>
       <c r="D82">
-        <v>1982</v>
+        <v>1998</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>110</v>
+        <v>9</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B83" t="s">
         <v>11</v>
       </c>
       <c r="C83" t="s">
-        <v>112</v>
+        <v>46</v>
       </c>
       <c r="D83">
-        <v>1992</v>
+        <v>1982</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>37</v>
+        <v>111</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
+        <v>112</v>
+      </c>
+      <c r="B84" t="s">
+        <v>11</v>
+      </c>
+      <c r="C84" t="s">
         <v>113</v>
       </c>
-      <c r="B84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D84">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>114</v>
       </c>
       <c r="B85" t="s">
         <v>11</v>
       </c>
       <c r="C85" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="D85">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
+        <v>115</v>
+      </c>
+      <c r="B86" t="s">
+        <v>11</v>
+      </c>
+      <c r="C86" t="s">
         <v>116</v>
       </c>
-      <c r="B86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D86">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>117</v>
       </c>
       <c r="B87" t="s">
         <v>11</v>
       </c>
       <c r="C87" t="s">
-        <v>46</v>
+        <v>116</v>
       </c>
       <c r="D87">
-        <v>2017</v>
+        <v>1979</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>118</v>
+        <v>9</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B88" t="s">
         <v>11</v>
       </c>
       <c r="C88" t="s">
-        <v>120</v>
+        <v>46</v>
       </c>
       <c r="D88">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>37</v>
+        <v>119</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
+        <v>120</v>
+      </c>
+      <c r="B89" t="s">
+        <v>11</v>
+      </c>
+      <c r="C89" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="D89">
         <v>1992</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>122</v>
       </c>
       <c r="B90" t="s">
         <v>11</v>
       </c>
       <c r="C90" t="s">
-        <v>46</v>
+        <v>116</v>
       </c>
       <c r="D90">
-        <v>2016</v>
+        <v>1992</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>123</v>
       </c>
       <c r="B91" t="s">
         <v>11</v>
       </c>
       <c r="C91" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="D91">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>52</v>
+        <v>124</v>
       </c>
       <c r="B92" t="s">
         <v>11</v>
       </c>
       <c r="C92" t="s">
-        <v>12</v>
+        <v>116</v>
       </c>
       <c r="D92">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>9</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>124</v>
+        <v>52</v>
       </c>
       <c r="B93" t="s">
         <v>11</v>
       </c>
       <c r="C93" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D93">
-        <v>1979</v>
+        <v>2015</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>9</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>125</v>
       </c>
       <c r="B94" t="s">
         <v>25</v>
       </c>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>110</v>
+        <v>9</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="B95" t="s">
         <v>25</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>37</v>
+        <v>111</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B96" t="s">
         <v>25</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>118</v>
+        <v>37</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="B97" t="s">
         <v>25</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>9</v>
+        <v>119</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>107</v>
       </c>
       <c r="B98" t="s">
         <v>25</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>9</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>126</v>
+        <v>108</v>
       </c>
       <c r="B99" t="s">
         <v>25</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>9</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>127</v>
       </c>
       <c r="B100" t="s">
         <v>25</v>
       </c>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100" t="s">
         <v>9</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>128</v>
       </c>
       <c r="B101" t="s">
         <v>29</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E101"/>
       <c r="F101" t="s">
-        <v>129</v>
+        <v>37</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B102" t="s">
         <v>29</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E102"/>
+        <v>1989</v>
+      </c>
+      <c r="E102">
+        <v>1999</v>
+      </c>
       <c r="F102" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B103" t="s">
         <v>29</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F103"/>
+        <v>1973</v>
+      </c>
+      <c r="E103"/>
+      <c r="F103" t="s">
+        <v>132</v>
+      </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>60</v>
+        <v>133</v>
       </c>
       <c r="B104" t="s">
         <v>29</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>1992</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E104">
+        <v>2007</v>
+      </c>
+      <c r="F104"/>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>133</v>
+        <v>60</v>
       </c>
       <c r="B105" t="s">
         <v>29</v>
       </c>
       <c r="C105"/>
       <c r="D105">
         <v>1992</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="G105"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>