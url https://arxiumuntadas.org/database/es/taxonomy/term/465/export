--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -50,69 +50,69 @@
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>On Translation: Warning (Mongol) [Adhesivo]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Ulaanbaatar</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Evento]</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Póster]</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
+  </si>
+  <si>
+    <t>Charla, Invitación, Programa de evento</t>
+  </si>
+  <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Charla, Flyer</t>
-  </si>
-[...10 lines deleted...]
-    <t>Charla, Invitación, Programa de evento</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>