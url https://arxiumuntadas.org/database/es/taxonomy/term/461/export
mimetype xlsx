--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -182,141 +182,141 @@
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos [Invitación]</t>
   </si>
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Quejas [Publicación de artista firmada]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>inSite_05 [Situational] Public &gt; Público [situacional]</t>
   </si>
   <si>
     <t>San Diego (CA), Tijuana</t>
   </si>
   <si>
     <t>Museo Universitario de Ciencias y Artes (UNAM)</t>
   </si>
   <si>
+    <t>Muntadas - Proyectos</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>“La traducción como especulación”, ponencia de Muntadas en el congreso “La creatividad redistribuida”</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>inSite_05. Art Practices in the Public Domain. San Diego Tijuana</t>
+  </si>
+  <si>
     <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
   </si>
   <si>
-    <t>Conferencia</t>
-[...1 lines deleted...]
-  <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Azul como una naranja / Blue like an orange</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Ecatepec</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Culturas híbridas. Estrategias para entrar y salir de la modernidad</t>
   </si>
   <si>
     <t>El rediezcubrimiento de México</t>
   </si>
   <si>
     <t>Narrativa</t>
   </si>
   <si>
     <t>La globalización imaginada</t>
   </si>
   <si>
     <t>La libertad en el arte</t>
   </si>
   <si>
     <t>Cómo aprender a amar la bomba y dejar de preocuparse por ella</t>
   </si>
   <si>
     <t>Guadalajara</t>
   </si>
   <si>
-    <t>Muntadas - Proyectos</t>
-[...10 lines deleted...]
-  <si>
     <t>Néstor García Canclini</t>
   </si>
   <si>
     <t>inSite. Art Practices in the Public Domain.San Diego Tijuana</t>
   </si>
   <si>
+    <t>Proyectos [1974-2004]</t>
+  </si>
+  <si>
+    <t>On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
     <t>Quejas</t>
   </si>
   <si>
     <t>Palabras: la conferencia de prensa</t>
   </si>
   <si>
     <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
   </si>
   <si>
     <t>Ciudad de México, Prada de Conflent / Prades</t>
   </si>
   <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>Lo hecho en México…</t>
-  </si>
-[...7 lines deleted...]
-    <t>Estados Unidos de América</t>
   </si>
   <si>
     <t>Laboratorio Arte Alameda</t>
   </si>
   <si>
     <t>Centro Cultural de España en México (CCEMx)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1226,437 +1226,437 @@
         <v>14</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>57</v>
       </c>
       <c r="D35">
         <v>2004</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D36">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="D37">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D38">
         <v>2004</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D39">
-        <v>1990</v>
+        <v>2004</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D40">
-        <v>1971</v>
+        <v>2013</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>66</v>
+      </c>
+      <c r="B41" t="s">
+        <v>8</v>
+      </c>
+      <c r="C41" t="s">
         <v>67</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>68</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D42">
-        <v>1967</v>
+        <v>1990</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>69</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="D43">
-        <v>2003</v>
+        <v>1971</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>71</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="D44">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="D45">
-        <v>2010</v>
+        <v>1967</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
         <v>45</v>
       </c>
       <c r="D46">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>75</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>77</v>
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>78</v>
       </c>
       <c r="B52" t="s">
         <v>28</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>79</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B53" t="s">
         <v>28</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E53"/>
       <c r="F53" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>81</v>
       </c>
       <c r="B54" t="s">
         <v>28</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E54"/>
       <c r="F54" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B55" t="s">
         <v>28</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E55"/>
+        <v>1973</v>
+      </c>
+      <c r="E55">
+        <v>1974</v>
+      </c>
       <c r="F55" t="s">
-        <v>10</v>
+        <v>83</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>84</v>
       </c>
       <c r="B56" t="s">
         <v>28</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E56"/>
+        <v>1975</v>
+      </c>
+      <c r="E56">
+        <v>1976</v>
+      </c>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>85</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>28</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>86</v>
+        <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>87</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>19</v>
       </c>