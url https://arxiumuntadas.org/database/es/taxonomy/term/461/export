--- v1 (2025-11-16)
+++ v2 (2025-12-06)
@@ -182,141 +182,141 @@
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos [Invitación]</t>
   </si>
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Quejas [Publicación de artista firmada]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>inSite_05 [Situational] Public &gt; Público [situacional]</t>
   </si>
   <si>
     <t>San Diego (CA), Tijuana</t>
   </si>
   <si>
     <t>Museo Universitario de Ciencias y Artes (UNAM)</t>
   </si>
   <si>
+    <t>On Translation: La Alameda. Muntadas. Proyectos</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Culturas híbridas. Estrategias para entrar y salir de la modernidad</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>El rediezcubrimiento de México</t>
+  </si>
+  <si>
+    <t>Narrativa</t>
+  </si>
+  <si>
+    <t>La globalización imaginada</t>
+  </si>
+  <si>
+    <t>La libertad en el arte</t>
+  </si>
+  <si>
+    <t>Cómo aprender a amar la bomba y dejar de preocuparse por ella</t>
+  </si>
+  <si>
+    <t>Guadalajara</t>
+  </si>
+  <si>
     <t>Muntadas - Proyectos</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>“La traducción como especulación”, ponencia de Muntadas en el congreso “La creatividad redistribuida”</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
     <t>inSite_05. Art Practices in the Public Domain. San Diego Tijuana</t>
   </si>
   <si>
     <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Azul como una naranja / Blue like an orange</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>Ecatepec</t>
   </si>
   <si>
-    <t>On Translation: La Alameda. Muntadas. Proyectos</t>
-[...25 lines deleted...]
-  <si>
     <t>Néstor García Canclini</t>
   </si>
   <si>
     <t>inSite. Art Practices in the Public Domain.San Diego Tijuana</t>
   </si>
   <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Lo hecho en México…</t>
+  </si>
+  <si>
     <t>Proyectos [1974-2004]</t>
   </si>
   <si>
     <t>On Translation: Fear / Miedo</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
   </si>
   <si>
     <t>Quejas</t>
   </si>
   <si>
     <t>Palabras: la conferencia de prensa</t>
-  </si>
-[...13 lines deleted...]
-    <t>Lo hecho en México…</t>
   </si>
   <si>
     <t>Laboratorio Arte Alameda</t>
   </si>
   <si>
     <t>Centro Cultural de España en México (CCEMx)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1235,428 +1235,428 @@
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>57</v>
       </c>
       <c r="D35">
         <v>2004</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>58</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
         <v>59</v>
       </c>
       <c r="D36">
-        <v>2010</v>
+        <v>1990</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>60</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="D37">
-        <v>2005</v>
+        <v>1971</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>59</v>
       </c>
       <c r="D38">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D39">
-        <v>2004</v>
+        <v>1967</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="D40">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>65</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
         <v>67</v>
       </c>
       <c r="D41">
         <v>2004</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>68</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D42">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="D43">
-        <v>1971</v>
+        <v>2005</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>71</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D44">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
+        <v>71</v>
+      </c>
+      <c r="B45" t="s">
+        <v>8</v>
+      </c>
+      <c r="C45" t="s">
         <v>72</v>
       </c>
-      <c r="B45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D45">
-        <v>1967</v>
+        <v>2004</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>73</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="D46">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>74</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>75</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>77</v>
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E51"/>
+        <v>1973</v>
+      </c>
+      <c r="E51">
+        <v>1974</v>
+      </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B52" t="s">
         <v>28</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E52"/>
+        <v>1975</v>
+      </c>
+      <c r="E52">
+        <v>1976</v>
+      </c>
       <c r="F52" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B53" t="s">
         <v>28</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B54" t="s">
         <v>28</v>
       </c>
       <c r="C54"/>
       <c r="D54">
         <v>2004</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B55" t="s">
         <v>28</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E55"/>
       <c r="F55" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B56" t="s">
         <v>28</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E56"/>
       <c r="F56" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>28</v>
       </c>
       <c r="C57"/>
       <c r="D57">
         <v>2004</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>87</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>19</v>
       </c>