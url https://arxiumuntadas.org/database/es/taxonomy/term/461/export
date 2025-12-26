--- v2 (2025-12-06)
+++ v3 (2025-12-26)
@@ -182,141 +182,141 @@
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos [Invitación]</t>
   </si>
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Quejas [Publicación de artista firmada]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>inSite_05 [Situational] Public &gt; Público [situacional]</t>
   </si>
   <si>
     <t>San Diego (CA), Tijuana</t>
   </si>
   <si>
     <t>Museo Universitario de Ciencias y Artes (UNAM)</t>
   </si>
   <si>
+    <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
+    <t>Azul como una naranja / Blue like an orange</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Ecatepec</t>
+  </si>
+  <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Culturas híbridas. Estrategias para entrar y salir de la modernidad</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>El rediezcubrimiento de México</t>
   </si>
   <si>
     <t>Narrativa</t>
   </si>
   <si>
     <t>La globalización imaginada</t>
   </si>
   <si>
     <t>La libertad en el arte</t>
   </si>
   <si>
     <t>Cómo aprender a amar la bomba y dejar de preocuparse por ella</t>
   </si>
   <si>
     <t>Guadalajara</t>
   </si>
   <si>
     <t>Muntadas - Proyectos</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>“La traducción como especulación”, ponencia de Muntadas en el congreso “La creatividad redistribuida”</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
     <t>inSite_05. Art Practices in the Public Domain. San Diego Tijuana</t>
   </si>
   <si>
-    <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
-[...10 lines deleted...]
-  <si>
     <t>Néstor García Canclini</t>
   </si>
   <si>
     <t>inSite. Art Practices in the Public Domain.San Diego Tijuana</t>
   </si>
   <si>
+    <t>Palabras: la conferencia de prensa</t>
+  </si>
+  <si>
     <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
   </si>
   <si>
     <t>Ciudad de México, Prada de Conflent / Prades</t>
   </si>
   <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>Lo hecho en México…</t>
   </si>
   <si>
     <t>Proyectos [1974-2004]</t>
   </si>
   <si>
     <t>On Translation: Fear / Miedo</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
   </si>
   <si>
     <t>Quejas</t>
-  </si>
-[...1 lines deleted...]
-    <t>Palabras: la conferencia de prensa</t>
   </si>
   <si>
     <t>Laboratorio Arte Alameda</t>
   </si>
   <si>
     <t>Centro Cultural de España en México (CCEMx)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1235,424 +1235,424 @@
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>57</v>
       </c>
       <c r="D35">
         <v>2004</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>58</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
         <v>59</v>
       </c>
       <c r="D36">
-        <v>1990</v>
+        <v>2013</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D37">
-        <v>1971</v>
+        <v>2004</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>59</v>
       </c>
       <c r="D38">
-        <v>2001</v>
+        <v>1990</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D39">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="D40">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="D41">
-        <v>2004</v>
+        <v>1967</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>68</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D42">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>70</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="D43">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D44">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="D45">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
+        <v>56</v>
+      </c>
+      <c r="B46" t="s">
+        <v>8</v>
+      </c>
+      <c r="C46" t="s">
         <v>73</v>
       </c>
-      <c r="B46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>75</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>77</v>
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E51"/>
       <c r="F51" t="s">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B52" t="s">
         <v>28</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1975</v>
+        <v>1973</v>
       </c>
       <c r="E52">
-        <v>1976</v>
+        <v>1974</v>
       </c>
       <c r="F52" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B53" t="s">
         <v>28</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E53"/>
+        <v>1975</v>
+      </c>
+      <c r="E53">
+        <v>1976</v>
+      </c>
       <c r="F53" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>82</v>
       </c>
       <c r="B54" t="s">
         <v>28</v>
       </c>
       <c r="C54"/>
       <c r="D54">
         <v>2004</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>83</v>
       </c>
       <c r="B55" t="s">
         <v>28</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B56" t="s">
         <v>28</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>85</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>28</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>87</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>88</v>