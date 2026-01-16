--- v3 (2025-12-26)
+++ v4 (2026-01-16)
@@ -182,141 +182,141 @@
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos [Invitación]</t>
   </si>
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Quejas [Publicación de artista firmada]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>inSite_05 [Situational] Public &gt; Público [situacional]</t>
   </si>
   <si>
     <t>San Diego (CA), Tijuana</t>
   </si>
   <si>
     <t>Museo Universitario de Ciencias y Artes (UNAM)</t>
   </si>
   <si>
+    <t>El rediezcubrimiento de México</t>
+  </si>
+  <si>
+    <t>Narrativa</t>
+  </si>
+  <si>
+    <t>La globalización imaginada</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>La libertad en el arte</t>
+  </si>
+  <si>
+    <t>Cómo aprender a amar la bomba y dejar de preocuparse por ella</t>
+  </si>
+  <si>
+    <t>Guadalajara</t>
+  </si>
+  <si>
+    <t>Muntadas - Proyectos</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>“La traducción como especulación”, ponencia de Muntadas en el congreso “La creatividad redistribuida”</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>inSite_05. Art Practices in the Public Domain. San Diego Tijuana</t>
+  </si>
+  <si>
     <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Azul como una naranja / Blue like an orange</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>Ecatepec</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Culturas híbridas. Estrategias para entrar y salir de la modernidad</t>
   </si>
   <si>
-    <t>El rediezcubrimiento de México</t>
-[...31 lines deleted...]
-  <si>
     <t>Néstor García Canclini</t>
   </si>
   <si>
     <t>inSite. Art Practices in the Public Domain.San Diego Tijuana</t>
   </si>
   <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Lo hecho en México…</t>
+  </si>
+  <si>
+    <t>Proyectos [1974-2004]</t>
+  </si>
+  <si>
+    <t>On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>Quejas</t>
+  </si>
+  <si>
     <t>Palabras: la conferencia de prensa</t>
-  </si>
-[...25 lines deleted...]
-    <t>Quejas</t>
   </si>
   <si>
     <t>Laboratorio Arte Alameda</t>
   </si>
   <si>
     <t>Centro Cultural de España en México (CCEMx)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1216,443 +1216,443 @@
       <c r="A34" t="s">
         <v>55</v>
       </c>
       <c r="B34" t="s">
         <v>19</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>57</v>
       </c>
       <c r="D35">
-        <v>2004</v>
+        <v>1971</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>58</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
         <v>59</v>
       </c>
       <c r="D36">
-        <v>2013</v>
+        <v>2001</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D37">
-        <v>2004</v>
+        <v>1967</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="D38">
-        <v>1990</v>
+        <v>2003</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
+        <v>63</v>
+      </c>
+      <c r="B39" t="s">
+        <v>8</v>
+      </c>
+      <c r="C39" t="s">
         <v>64</v>
       </c>
-      <c r="B39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D39">
-        <v>1971</v>
+        <v>2004</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>65</v>
+      </c>
+      <c r="B40" t="s">
+        <v>8</v>
+      </c>
+      <c r="C40" t="s">
         <v>66</v>
       </c>
-      <c r="B40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>67</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="D41">
-        <v>1967</v>
+        <v>2005</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>68</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="D42">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D43">
         <v>2004</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="D44">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="D45">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="D46">
-        <v>2004</v>
+        <v>1990</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>75</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>61</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>77</v>
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E51"/>
+        <v>1973</v>
+      </c>
+      <c r="E51">
+        <v>1974</v>
+      </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B52" t="s">
         <v>28</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E52">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="F52" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B53" t="s">
         <v>28</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E53"/>
       <c r="F53" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>82</v>
       </c>
       <c r="B54" t="s">
         <v>28</v>
       </c>
       <c r="C54"/>
       <c r="D54">
         <v>2004</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>83</v>
       </c>
       <c r="B55" t="s">
         <v>28</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B56" t="s">
         <v>28</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>28</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>87</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>88</v>