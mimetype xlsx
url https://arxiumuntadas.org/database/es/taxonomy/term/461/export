--- v4 (2026-01-16)
+++ v5 (2026-02-05)
@@ -182,141 +182,141 @@
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos [Invitación]</t>
   </si>
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Quejas [Publicación de artista firmada]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>inSite_05 [Situational] Public &gt; Público [situacional]</t>
   </si>
   <si>
     <t>San Diego (CA), Tijuana</t>
   </si>
   <si>
     <t>Museo Universitario de Ciencias y Artes (UNAM)</t>
   </si>
   <si>
+    <t>“La traducción como especulación”, ponencia de Muntadas en el congreso “La creatividad redistribuida”</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>inSite_05. Art Practices in the Public Domain. San Diego Tijuana</t>
+  </si>
+  <si>
+    <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
+    <t>Azul como una naranja / Blue like an orange</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Ecatepec</t>
+  </si>
+  <si>
+    <t>On Translation: La Alameda. Muntadas. Proyectos</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Culturas híbridas. Estrategias para entrar y salir de la modernidad</t>
+  </si>
+  <si>
     <t>El rediezcubrimiento de México</t>
   </si>
   <si>
     <t>Narrativa</t>
   </si>
   <si>
     <t>La globalización imaginada</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>La libertad en el arte</t>
   </si>
   <si>
     <t>Cómo aprender a amar la bomba y dejar de preocuparse por ella</t>
   </si>
   <si>
     <t>Guadalajara</t>
   </si>
   <si>
     <t>Muntadas - Proyectos</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
-    <t>“La traducción como especulación”, ponencia de Muntadas en el congreso “La creatividad redistribuida”</t>
-[...28 lines deleted...]
-  <si>
     <t>Néstor García Canclini</t>
   </si>
   <si>
     <t>inSite. Art Practices in the Public Domain.San Diego Tijuana</t>
   </si>
   <si>
+    <t>On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>Quejas</t>
+  </si>
+  <si>
+    <t>Palabras: la conferencia de prensa</t>
+  </si>
+  <si>
     <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
   </si>
   <si>
     <t>Ciudad de México, Prada de Conflent / Prades</t>
   </si>
   <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>Lo hecho en México…</t>
   </si>
   <si>
     <t>Proyectos [1974-2004]</t>
-  </si>
-[...10 lines deleted...]
-    <t>Palabras: la conferencia de prensa</t>
   </si>
   <si>
     <t>Laboratorio Arte Alameda</t>
   </si>
   <si>
     <t>Centro Cultural de España en México (CCEMx)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1216,430 +1216,430 @@
       <c r="A34" t="s">
         <v>55</v>
       </c>
       <c r="B34" t="s">
         <v>19</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>57</v>
       </c>
       <c r="D35">
-        <v>1971</v>
+        <v>2010</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>58</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="D36">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D37">
-        <v>1967</v>
+        <v>2004</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="D38">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D39">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>64</v>
+      </c>
+      <c r="B40" t="s">
+        <v>8</v>
+      </c>
+      <c r="C40" t="s">
         <v>65</v>
       </c>
-      <c r="B40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="D41">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>67</v>
+      </c>
+      <c r="B42" t="s">
+        <v>8</v>
+      </c>
+      <c r="C42" t="s">
         <v>68</v>
       </c>
-      <c r="B42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42">
-        <v>2004</v>
+        <v>1971</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="D43">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>70</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D44">
-        <v>2013</v>
+        <v>1967</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="D45">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
+        <v>73</v>
+      </c>
+      <c r="B46" t="s">
+        <v>8</v>
+      </c>
+      <c r="C46" t="s">
         <v>74</v>
       </c>
-      <c r="B46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46">
-        <v>1990</v>
+        <v>2004</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>75</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>77</v>
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E51"/>
       <c r="F51" t="s">
         <v>78</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>79</v>
       </c>
       <c r="B52" t="s">
         <v>28</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E52"/>
       <c r="F52" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B53" t="s">
         <v>28</v>
       </c>
       <c r="C53"/>
       <c r="D53">
         <v>2004</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B54" t="s">
         <v>28</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E54"/>
+        <v>1973</v>
+      </c>
+      <c r="E54">
+        <v>1974</v>
+      </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>83</v>
       </c>
       <c r="B55" t="s">
         <v>28</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E55"/>
+        <v>1975</v>
+      </c>
+      <c r="E55">
+        <v>1976</v>
+      </c>
       <c r="F55" t="s">
         <v>84</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>85</v>
       </c>
       <c r="B56" t="s">
         <v>28</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>28</v>
       </c>
       <c r="C57"/>
       <c r="D57">
         <v>2004</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>87</v>
       </c>
       <c r="B58" t="s">