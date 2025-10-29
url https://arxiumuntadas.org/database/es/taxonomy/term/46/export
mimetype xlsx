--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -71,60 +71,60 @@
   <si>
     <t>San José (CA)</t>
   </si>
   <si>
     <t>Muntadas, Estrategias del desplazamiento [Póster]</t>
   </si>
   <si>
     <t>Europa</t>
   </si>
   <si>
     <t>Suite de l'Expo</t>
   </si>
   <si>
     <t>Les Baux-de-Provence</t>
   </si>
   <si>
     <t>D/A para Cave Canis</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Political Advertisement VII 2008 [Póster]</t>
   </si>
   <si>
+    <t>Melitón-Cadaqués</t>
+  </si>
+  <si>
+    <t>Sierre</t>
+  </si>
+  <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
-  </si>
-[...4 lines deleted...]
-    <t>Sierre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -579,73 +579,73 @@
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
         <v>2008</v>
       </c>
       <c r="E7">
         <v>2009</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1975</v>
+        <v>2004</v>
       </c>
       <c r="E8">
-        <v>1976</v>
+        <v>2005</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>2004</v>
+        <v>1975</v>
       </c>
       <c r="E9">
-        <v>2005</v>
+        <v>1976</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">