--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -101,93 +101,93 @@
   <si>
     <t>Relación participaciones / Trabajos colectivos</t>
   </si>
   <si>
     <t>Vargen [Arte ⇄ Vida]</t>
   </si>
   <si>
     <t>Estocolmo</t>
   </si>
   <si>
     <t>Galería Vandrés [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Galeria Współczesna [Arte ⇄ Vida]</t>
   </si>
   <si>
     <t>Varsovia</t>
   </si>
   <si>
     <t>Miró 80 [Arte ⇄ Vida]</t>
   </si>
   <si>
     <t>Palma de Mallorca</t>
   </si>
   <si>
+    <t>Escala subsensorial</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>La Paloma</t>
+  </si>
+  <si>
+    <t>Mano - Pelota - Pared</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Sangría - Film - Slides</t>
+  </si>
+  <si>
+    <t>Smelling Areas</t>
+  </si>
+  <si>
     <t>Biography</t>
   </si>
   <si>
     <t>Tactile Box</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...1 lines deleted...]
-  <si>
     <t>Acciones liberadoras. Serie Acciones Nº 3</t>
   </si>
   <si>
     <t>Experiencia 4</t>
   </si>
   <si>
     <t>Proyecto: 4 elementos</t>
   </si>
   <si>
     <t>Sevilla, Valencia</t>
   </si>
   <si>
     <t>Proyecto. Colegio Arquitectos</t>
   </si>
   <si>
     <t>Acción Bolsas (Wall Street)</t>
-  </si>
-[...16 lines deleted...]
-    <t>Smelling Areas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -776,242 +776,242 @@
       <c r="A15" t="s">
         <v>27</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
         <v>1973</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>1975</v>
+        <v>1972</v>
       </c>
       <c r="E16"/>
-      <c r="F16"/>
+      <c r="F16" t="s">
+        <v>30</v>
+      </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20"/>
       <c r="D20">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E20"/>
+        <v>1972</v>
+      </c>
+      <c r="E20">
+        <v>1974</v>
+      </c>
       <c r="F20" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>36</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21"/>
       <c r="D21">
-        <v>1971</v>
+        <v>1975</v>
       </c>
       <c r="E21"/>
-      <c r="F21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>
       <c r="D22">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>38</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23"/>
       <c r="D23">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>39</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24"/>
       <c r="D24">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>40</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25"/>
       <c r="D25">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>41</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>42</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26"/>
       <c r="D26">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>43</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
         <v>1972</v>
       </c>
-      <c r="E27">
-[...1 lines deleted...]
-      </c>
+      <c r="E27"/>
       <c r="F27" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G27"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>