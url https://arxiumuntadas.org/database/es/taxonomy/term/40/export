--- v1 (2025-10-29)
+++ v2 (2026-01-02)
@@ -101,93 +101,93 @@
   <si>
     <t>Relación participaciones / Trabajos colectivos</t>
   </si>
   <si>
     <t>Vargen [Arte ⇄ Vida]</t>
   </si>
   <si>
     <t>Estocolmo</t>
   </si>
   <si>
     <t>Galería Vandrés [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Galeria Współczesna [Arte ⇄ Vida]</t>
   </si>
   <si>
     <t>Varsovia</t>
   </si>
   <si>
     <t>Miró 80 [Arte ⇄ Vida]</t>
   </si>
   <si>
     <t>Palma de Mallorca</t>
   </si>
   <si>
+    <t>Sangría - Film - Slides</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Smelling Areas</t>
+  </si>
+  <si>
+    <t>Biography</t>
+  </si>
+  <si>
+    <t>Tactile Box</t>
+  </si>
+  <si>
+    <t>Acciones liberadoras. Serie Acciones Nº 3</t>
+  </si>
+  <si>
+    <t>Experiencia 4</t>
+  </si>
+  <si>
+    <t>Proyecto: 4 elementos</t>
+  </si>
+  <si>
+    <t>Sevilla, Valencia</t>
+  </si>
+  <si>
+    <t>Proyecto. Colegio Arquitectos</t>
+  </si>
+  <si>
+    <t>Acción Bolsas (Wall Street)</t>
+  </si>
+  <si>
     <t>Escala subsensorial</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...1 lines deleted...]
-  <si>
     <t>La Paloma</t>
   </si>
   <si>
     <t>Mano - Pelota - Pared</t>
   </si>
   <si>
     <t>Vilanova de la Roca</t>
-  </si>
-[...28 lines deleted...]
-    <t>Acción Bolsas (Wall Street)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -795,223 +795,223 @@
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>1972</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>30</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>1972</v>
       </c>
-      <c r="E17"/>
+      <c r="E17">
+        <v>1974</v>
+      </c>
       <c r="F17" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="E18"/>
-      <c r="F18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F18"/>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>30</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20"/>
       <c r="D20">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E20"/>
       <c r="F20" t="s">
         <v>30</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21"/>
       <c r="D21">
-        <v>1975</v>
+        <v>1971</v>
       </c>
       <c r="E21"/>
-      <c r="F21"/>
+      <c r="F21" t="s">
+        <v>9</v>
+      </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>
       <c r="D22">
         <v>1973</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>38</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23"/>
       <c r="D23">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>39</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24"/>
       <c r="D24">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>40</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25"/>
       <c r="D25">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26"/>
       <c r="D26">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
         <v>1972</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="G27"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>