--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -782,66 +782,66 @@
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>36</v>
       </c>
       <c r="D17">
         <v>2015</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>15</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B19" t="s">
         <v>15</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>37</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
       <c r="C20"/>
       <c r="D20">
         <v>1974</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">