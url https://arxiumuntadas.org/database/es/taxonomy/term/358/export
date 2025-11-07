--- v0 (2025-10-09)
+++ v1 (2025-11-07)
@@ -176,174 +176,174 @@
   <si>
     <t>Brujas</t>
   </si>
   <si>
     <t>Museum voor Sierkunst</t>
   </si>
   <si>
     <t>Gante</t>
   </si>
   <si>
     <t>The collection XXXI – 5 Ensembles, 25 years M HKA</t>
   </si>
   <si>
     <t>Stedelijk Museum voor Actuele Kunst Gent. SMAK</t>
   </si>
   <si>
     <t>SONS (Shoes Or No Shoes)</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Kruishoutem</t>
   </si>
   <si>
+    <t>Stichting Gordon Matta-Clark Een Selectie</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Turnhout</t>
+  </si>
+  <si>
+    <t>Muntadas ICC</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>M HKA</t>
+  </si>
+  <si>
+    <t>Artefact Festival. On Gaps and Silent Documents</t>
+  </si>
+  <si>
+    <t>Leuven</t>
+  </si>
+  <si>
     <t>not done! (het kunstenaarsboek/the artist's book)</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Beeldenstorm in een spiegelzaal. Het ICC en de actuele kunst 1970-1990</t>
   </si>
   <si>
-    <t>Leuven</t>
-[...1 lines deleted...]
-  <si>
     <t>ICC Agenda</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Panem et Circenses</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Hugo Roelandt En New Reform, De Aalsterse Connectie</t>
   </si>
   <si>
     <t>Alost</t>
   </si>
   <si>
     <t>Artist' Video Tapes</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Collectie XXVI De Arte Factum Jaren</t>
   </si>
   <si>
     <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
   </si>
   <si>
     <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to the City</t>
   </si>
   <si>
-    <t>M HKA</t>
-[...1 lines deleted...]
-  <si>
     <t>DAMN°31. A Magazine on Contemporary Culture</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Blinky Palermo</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>Penser la ville: choix de textes philosophiques</t>
   </si>
   <si>
     <t>Pavilions/Art in Architecture</t>
   </si>
   <si>
     <t>Les Nouveaux Imaginaires</t>
   </si>
   <si>
     <t>Charleroi</t>
   </si>
   <si>
-    <t>Stichting Gordon Matta-Clark Een Selectie</t>
-[...13 lines deleted...]
-  <si>
     <t>Bart de Baere</t>
   </si>
   <si>
     <t>Michel Baudson</t>
   </si>
   <si>
+    <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to th City.</t>
+  </si>
+  <si>
     <t>Instant-Cities: Muntadas / Zush</t>
   </si>
   <si>
     <t>Muntadas</t>
   </si>
   <si>
-    <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to th City.</t>
+    <t>Fear, Panic, Terror</t>
+  </si>
+  <si>
+    <t>CEE / Heysel Diptyque</t>
+  </si>
+  <si>
+    <t>CEE Project</t>
+  </si>
+  <si>
+    <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
   <si>
     <t>Liège 12/9/77</t>
   </si>
   <si>
     <t>Museumstadt</t>
   </si>
   <si>
-    <t>Fear, Panic, Terror</t>
-[...8 lines deleted...]
-    <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
+    <t>Museum van Hedendaagse Kunst Antwerpen (MHKA)</t>
   </si>
   <si>
     <t>Société des Expositions du Palais des beaux-Arts / Vereniging voor Tentoonstellingen van het Paleis Schone Kunsten</t>
-  </si>
-[...1 lines deleted...]
-    <t>Museum van Hedendaagse Kunst Antwerpen (MHKA)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1083,662 +1083,662 @@
         <v>11</v>
       </c>
       <c r="C26" t="s">
         <v>52</v>
       </c>
       <c r="D26">
         <v>2006</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>53</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
         <v>55</v>
       </c>
       <c r="D27">
-        <v>2004</v>
+        <v>1992</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="D28">
-        <v>2005</v>
+        <v>1976</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D29">
-        <v>1977</v>
+        <v>2012</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="D30">
-        <v>1993</v>
+        <v>2010</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="D31">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="D32">
-        <v>1975</v>
+        <v>2005</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
+        <v>65</v>
+      </c>
+      <c r="B33" t="s">
+        <v>11</v>
+      </c>
+      <c r="C33" t="s">
         <v>66</v>
       </c>
-      <c r="B33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33">
-        <v>2010</v>
+        <v>1977</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D34">
-        <v>2015</v>
+        <v>1993</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>48</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D35">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="D36">
-        <v>2012</v>
+        <v>1975</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="D37">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D38">
-        <v>1988</v>
+        <v>2015</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>74</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="D39">
-        <v>1989</v>
+        <v>2000</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>19</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
         <v>55</v>
       </c>
       <c r="D40">
         <v>2012</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>75</v>
+      </c>
+      <c r="B41" t="s">
+        <v>11</v>
+      </c>
+      <c r="C41" t="s">
         <v>76</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41">
-        <v>1985</v>
+        <v>2012</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>77</v>
+      </c>
+      <c r="B42" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" t="s">
         <v>78</v>
       </c>
-      <c r="B42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42">
-        <v>1992</v>
+        <v>1988</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="D43">
-        <v>1976</v>
+        <v>1989</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D44">
         <v>2012</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="D45">
-        <v>2010</v>
+        <v>1985</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>57</v>
+        <v>82</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>83</v>
       </c>
       <c r="B46" t="s">
         <v>21</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>15</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>84</v>
       </c>
       <c r="B47" t="s">
         <v>21</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>19</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>85</v>
+        <v>49</v>
       </c>
       <c r="B48" t="s">
         <v>35</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="B49" t="s">
         <v>35</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>86</v>
+        <v>71</v>
       </c>
       <c r="B50" t="s">
         <v>35</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="B51" t="s">
         <v>35</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="B52" t="s">
         <v>35</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B53" t="s">
         <v>35</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>57</v>
+        <v>82</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>64</v>
+        <v>87</v>
       </c>
       <c r="B54" t="s">
         <v>35</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>35</v>
       </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>88</v>
       </c>
       <c r="B56" t="s">
         <v>14</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1977</v>
+        <v>2010</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>89</v>
       </c>
       <c r="B57" t="s">
         <v>14</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="E57"/>
-      <c r="F57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F57"/>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>90</v>
       </c>
       <c r="B58" t="s">
         <v>14</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E58"/>
+        <v>1989</v>
+      </c>
+      <c r="E58">
+        <v>1999</v>
+      </c>
       <c r="F58" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B59" t="s">
         <v>14</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1988</v>
+        <v>1977</v>
       </c>
       <c r="E59"/>
-      <c r="F59"/>
+      <c r="F59" t="s">
+        <v>31</v>
+      </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B60" t="s">
         <v>14</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1991</v>
+      </c>
+      <c r="E60"/>
       <c r="F60" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>94</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>95</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G62"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>