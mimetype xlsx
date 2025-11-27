--- v1 (2025-11-07)
+++ v2 (2025-11-27)
@@ -176,168 +176,168 @@
   <si>
     <t>Brujas</t>
   </si>
   <si>
     <t>Museum voor Sierkunst</t>
   </si>
   <si>
     <t>Gante</t>
   </si>
   <si>
     <t>The collection XXXI – 5 Ensembles, 25 years M HKA</t>
   </si>
   <si>
     <t>Stedelijk Museum voor Actuele Kunst Gent. SMAK</t>
   </si>
   <si>
     <t>SONS (Shoes Or No Shoes)</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Kruishoutem</t>
   </si>
   <si>
+    <t>M HKA</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Artefact Festival. On Gaps and Silent Documents</t>
+  </si>
+  <si>
+    <t>Leuven</t>
+  </si>
+  <si>
+    <t>not done! (het kunstenaarsboek/the artist's book)</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Beeldenstorm in een spiegelzaal. Het ICC en de actuele kunst 1970-1990</t>
+  </si>
+  <si>
+    <t>ICC Agenda</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Panem et Circenses</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Hugo Roelandt En New Reform, De Aalsterse Connectie</t>
+  </si>
+  <si>
+    <t>Alost</t>
+  </si>
+  <si>
+    <t>Artist' Video Tapes</t>
+  </si>
+  <si>
+    <t>Collectie XXVI De Arte Factum Jaren</t>
+  </si>
+  <si>
+    <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
+  </si>
+  <si>
+    <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to the City</t>
+  </si>
+  <si>
+    <t>DAMN°31. A Magazine on Contemporary Culture</t>
+  </si>
+  <si>
+    <t>Revista</t>
+  </si>
+  <si>
+    <t>Blinky Palermo</t>
+  </si>
+  <si>
+    <t>Catálogo Referencia</t>
+  </si>
+  <si>
+    <t>Penser la ville: choix de textes philosophiques</t>
+  </si>
+  <si>
+    <t>Pavilions/Art in Architecture</t>
+  </si>
+  <si>
+    <t>Les Nouveaux Imaginaires</t>
+  </si>
+  <si>
+    <t>Charleroi</t>
+  </si>
+  <si>
     <t>Stichting Gordon Matta-Clark Een Selectie</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Turnhout</t>
   </si>
   <si>
     <t>Muntadas ICC</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
-    <t>M HKA</t>
-[...70 lines deleted...]
-  <si>
     <t>Bart de Baere</t>
   </si>
   <si>
     <t>Michel Baudson</t>
   </si>
   <si>
     <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to th City.</t>
   </si>
   <si>
     <t>Instant-Cities: Muntadas / Zush</t>
   </si>
   <si>
     <t>Muntadas</t>
   </si>
   <si>
+    <t>CEE Project</t>
+  </si>
+  <si>
+    <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
+  </si>
+  <si>
+    <t>Liège 12/9/77</t>
+  </si>
+  <si>
+    <t>Museumstadt</t>
+  </si>
+  <si>
     <t>Fear, Panic, Terror</t>
   </si>
   <si>
     <t>CEE / Heysel Diptyque</t>
-  </si>
-[...10 lines deleted...]
-    <t>Museumstadt</t>
   </si>
   <si>
     <t>Museum van Hedendaagse Kunst Antwerpen (MHKA)</t>
   </si>
   <si>
     <t>Société des Expositions du Palais des beaux-Arts / Vereniging voor Tentoonstellingen van het Paleis Schone Kunsten</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1083,633 +1083,633 @@
         <v>11</v>
       </c>
       <c r="C26" t="s">
         <v>52</v>
       </c>
       <c r="D26">
         <v>2006</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>53</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
         <v>55</v>
       </c>
       <c r="D27">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D28">
-        <v>1976</v>
+        <v>2010</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" t="s">
         <v>59</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="D30">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
+        <v>61</v>
+      </c>
+      <c r="B31" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" t="s">
         <v>62</v>
       </c>
-      <c r="B31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D31">
-        <v>2004</v>
+        <v>1977</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>63</v>
+      </c>
+      <c r="B32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32" t="s">
         <v>64</v>
       </c>
-      <c r="B32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32">
-        <v>2005</v>
+        <v>1993</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="D33">
-        <v>1977</v>
+        <v>2016</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="D34">
-        <v>1993</v>
+        <v>1975</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="D35">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
         <v>55</v>
       </c>
       <c r="D36">
-        <v>1975</v>
+        <v>2015</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D37">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>55</v>
       </c>
       <c r="D38">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D39">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="D40">
-        <v>2012</v>
+        <v>1988</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>75</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="D41">
-        <v>2012</v>
+        <v>1989</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="D42">
-        <v>1988</v>
+        <v>2012</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>19</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="D43">
-        <v>1989</v>
+        <v>1985</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="D44">
-        <v>2012</v>
+        <v>1992</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>81</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="D45">
-        <v>1985</v>
+        <v>1976</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>82</v>
+        <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>83</v>
       </c>
       <c r="B46" t="s">
         <v>21</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>15</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>84</v>
       </c>
       <c r="B47" t="s">
         <v>21</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>19</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="B48" t="s">
         <v>35</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>35</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>35</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="B51" t="s">
         <v>35</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B52" t="s">
         <v>35</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B53" t="s">
         <v>35</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>87</v>
+        <v>49</v>
       </c>
       <c r="B54" t="s">
         <v>35</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B55" t="s">
         <v>35</v>
       </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>88</v>
       </c>
       <c r="B56" t="s">
         <v>14</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E56"/>
+        <v>1989</v>
+      </c>
+      <c r="E56">
+        <v>1999</v>
+      </c>
       <c r="F56" t="s">
-        <v>19</v>
+        <v>89</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B57" t="s">
         <v>14</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1988</v>
+        <v>1977</v>
       </c>
       <c r="E57"/>
-      <c r="F57"/>
+      <c r="F57" t="s">
+        <v>31</v>
+      </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B58" t="s">
         <v>14</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1991</v>
+      </c>
+      <c r="E58"/>
       <c r="F58" t="s">
-        <v>91</v>
+        <v>46</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>92</v>
       </c>
       <c r="B59" t="s">
         <v>14</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1977</v>
+        <v>2010</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>93</v>
       </c>
       <c r="B60" t="s">
         <v>14</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="E60"/>
-      <c r="F60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F60"/>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>94</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>15</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>95</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>