--- v2 (2025-11-27)
+++ v3 (2025-12-17)
@@ -164,68 +164,80 @@
   <si>
     <t>European media art network. Réseau de distribution de vidéos européennes indépendantes.</t>
   </si>
   <si>
     <t>Berlín, Bruselas, Barcelona, Lyon, Budapest, Londres, Roma</t>
   </si>
   <si>
     <t>Waarschuwing: Kijken verlangt engagement / On Translation: Warning [Antwerp/Belgica: adhesivo]</t>
   </si>
   <si>
     <t>Galerie De Lege Ruimte</t>
   </si>
   <si>
     <t>Brujas</t>
   </si>
   <si>
     <t>Museum voor Sierkunst</t>
   </si>
   <si>
     <t>Gante</t>
   </si>
   <si>
     <t>The collection XXXI – 5 Ensembles, 25 years M HKA</t>
   </si>
   <si>
-    <t>Stedelijk Museum voor Actuele Kunst Gent. SMAK</t>
+    <t>Stedelijk Museum voor Actuele Kunst Gent. SMAK (Gante)</t>
   </si>
   <si>
     <t>SONS (Shoes Or No Shoes)</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Kruishoutem</t>
   </si>
   <si>
+    <t>Stichting Gordon Matta-Clark Een Selectie</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Turnhout</t>
+  </si>
+  <si>
+    <t>Muntadas ICC</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
     <t>M HKA</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Artefact Festival. On Gaps and Silent Documents</t>
   </si>
   <si>
     <t>Leuven</t>
   </si>
   <si>
     <t>not done! (het kunstenaarsboek/the artist's book)</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Beeldenstorm in een spiegelzaal. Het ICC en de actuele kunst 1970-1990</t>
   </si>
   <si>
     <t>ICC Agenda</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Panem et Circenses</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
@@ -251,93 +263,81 @@
   <si>
     <t>DAMN°31. A Magazine on Contemporary Culture</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Blinky Palermo</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>Penser la ville: choix de textes philosophiques</t>
   </si>
   <si>
     <t>Pavilions/Art in Architecture</t>
   </si>
   <si>
     <t>Les Nouveaux Imaginaires</t>
   </si>
   <si>
     <t>Charleroi</t>
   </si>
   <si>
-    <t>Stichting Gordon Matta-Clark Een Selectie</t>
-[...10 lines deleted...]
-  <si>
     <t>Bart de Baere</t>
   </si>
   <si>
     <t>Michel Baudson</t>
   </si>
   <si>
     <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to th City.</t>
   </si>
   <si>
     <t>Instant-Cities: Muntadas / Zush</t>
   </si>
   <si>
     <t>Muntadas</t>
   </si>
   <si>
+    <t>CEE / Heysel Diptyque</t>
+  </si>
+  <si>
     <t>CEE Project</t>
   </si>
   <si>
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
   <si>
     <t>Liège 12/9/77</t>
   </si>
   <si>
     <t>Museumstadt</t>
   </si>
   <si>
     <t>Fear, Panic, Terror</t>
-  </si>
-[...1 lines deleted...]
-    <t>CEE / Heysel Diptyque</t>
   </si>
   <si>
     <t>Museum van Hedendaagse Kunst Antwerpen (MHKA)</t>
   </si>
   <si>
     <t>Société des Expositions du Palais des beaux-Arts / Vereniging voor Tentoonstellingen van het Paleis Schone Kunsten</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1083,633 +1083,633 @@
         <v>11</v>
       </c>
       <c r="C26" t="s">
         <v>52</v>
       </c>
       <c r="D26">
         <v>2006</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>53</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
         <v>55</v>
       </c>
       <c r="D27">
-        <v>2012</v>
+        <v>1992</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D28">
-        <v>2010</v>
+        <v>1976</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D29">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="D30">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D31">
-        <v>1977</v>
+        <v>2004</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="D32">
-        <v>1993</v>
+        <v>2005</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="D33">
-        <v>2016</v>
+        <v>1977</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="D34">
-        <v>1975</v>
+        <v>1993</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="D35">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
         <v>55</v>
       </c>
       <c r="D36">
-        <v>2015</v>
+        <v>1975</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D37">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>55</v>
       </c>
       <c r="D38">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="D39">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="D40">
-        <v>1988</v>
+        <v>2012</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>75</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="D41">
-        <v>1989</v>
+        <v>2012</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="D42">
-        <v>2012</v>
+        <v>1988</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>19</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="D43">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="D44">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>81</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="D45">
-        <v>1976</v>
+        <v>1985</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>83</v>
       </c>
       <c r="B46" t="s">
         <v>21</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>15</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>84</v>
       </c>
       <c r="B47" t="s">
         <v>21</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>19</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="B48" t="s">
         <v>35</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="B49" t="s">
         <v>35</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>19</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B50" t="s">
         <v>35</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="B51" t="s">
         <v>35</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B52" t="s">
         <v>35</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="B53" t="s">
         <v>35</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B54" t="s">
         <v>35</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="B55" t="s">
         <v>35</v>
       </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>88</v>
       </c>
       <c r="B56" t="s">
         <v>14</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1989</v>
-[...6 lines deleted...]
-      </c>
+        <v>1988</v>
+      </c>
+      <c r="E56"/>
+      <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B57" t="s">
         <v>14</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1977</v>
-[...1 lines deleted...]
-      <c r="E57"/>
+        <v>1989</v>
+      </c>
+      <c r="E57">
+        <v>1999</v>
+      </c>
       <c r="F57" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>91</v>
       </c>
       <c r="B58" t="s">
         <v>14</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1991</v>
+        <v>1977</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>92</v>
       </c>
       <c r="B59" t="s">
         <v>14</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>2010</v>
+        <v>1991</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>93</v>
       </c>
       <c r="B60" t="s">
         <v>14</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1988</v>
+        <v>2010</v>
       </c>
       <c r="E60"/>
-      <c r="F60"/>
+      <c r="F60" t="s">
+        <v>19</v>
+      </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>94</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>15</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>95</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>