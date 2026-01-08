--- v3 (2025-12-17)
+++ v4 (2026-01-08)
@@ -176,174 +176,174 @@
   <si>
     <t>Brujas</t>
   </si>
   <si>
     <t>Museum voor Sierkunst</t>
   </si>
   <si>
     <t>Gante</t>
   </si>
   <si>
     <t>The collection XXXI – 5 Ensembles, 25 years M HKA</t>
   </si>
   <si>
     <t>Stedelijk Museum voor Actuele Kunst Gent. SMAK (Gante)</t>
   </si>
   <si>
     <t>SONS (Shoes Or No Shoes)</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Kruishoutem</t>
   </si>
   <si>
+    <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to the City</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>M HKA</t>
+  </si>
+  <si>
+    <t>DAMN°31. A Magazine on Contemporary Culture</t>
+  </si>
+  <si>
+    <t>Revista</t>
+  </si>
+  <si>
+    <t>Blinky Palermo</t>
+  </si>
+  <si>
+    <t>Catálogo Referencia</t>
+  </si>
+  <si>
+    <t>Penser la ville: choix de textes philosophiques</t>
+  </si>
+  <si>
+    <t>Pavilions/Art in Architecture</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Les Nouveaux Imaginaires</t>
+  </si>
+  <si>
+    <t>Charleroi</t>
+  </si>
+  <si>
     <t>Stichting Gordon Matta-Clark Een Selectie</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Turnhout</t>
   </si>
   <si>
     <t>Muntadas ICC</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
-    <t>M HKA</t>
-[...1 lines deleted...]
-  <si>
     <t>Artefact Festival. On Gaps and Silent Documents</t>
   </si>
   <si>
     <t>Leuven</t>
   </si>
   <si>
     <t>not done! (het kunstenaarsboek/the artist's book)</t>
   </si>
   <si>
-    <t>Entrevista / Conversación</t>
-[...1 lines deleted...]
-  <si>
     <t>Beeldenstorm in een spiegelzaal. Het ICC en de actuele kunst 1970-1990</t>
   </si>
   <si>
     <t>ICC Agenda</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Panem et Circenses</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Hugo Roelandt En New Reform, De Aalsterse Connectie</t>
   </si>
   <si>
     <t>Alost</t>
   </si>
   <si>
     <t>Artist' Video Tapes</t>
   </si>
   <si>
     <t>Collectie XXVI De Arte Factum Jaren</t>
   </si>
   <si>
     <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
   </si>
   <si>
-    <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to the City</t>
-[...25 lines deleted...]
-  <si>
     <t>Bart de Baere</t>
   </si>
   <si>
     <t>Michel Baudson</t>
   </si>
   <si>
+    <t>Muntadas</t>
+  </si>
+  <si>
     <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to th City.</t>
   </si>
   <si>
     <t>Instant-Cities: Muntadas / Zush</t>
   </si>
   <si>
-    <t>Muntadas</t>
+    <t>Liège 12/9/77</t>
+  </si>
+  <si>
+    <t>Museumstadt [Brujas, 1991]</t>
+  </si>
+  <si>
+    <t>Fear, Panic, Terror</t>
   </si>
   <si>
     <t>CEE / Heysel Diptyque</t>
   </si>
   <si>
     <t>CEE Project</t>
   </si>
   <si>
     <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
   </si>
   <si>
-    <t>Liège 12/9/77</t>
-[...5 lines deleted...]
-    <t>Fear, Panic, Terror</t>
+    <t>Société des Expositions du Palais des beaux-Arts / Vereniging voor Tentoonstellingen van het Paleis Schone Kunsten</t>
   </si>
   <si>
     <t>Museum van Hedendaagse Kunst Antwerpen (MHKA)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Société des Expositions du Palais des beaux-Arts / Vereniging voor Tentoonstellingen van het Paleis Schone Kunsten</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1083,662 +1083,662 @@
         <v>11</v>
       </c>
       <c r="C26" t="s">
         <v>52</v>
       </c>
       <c r="D26">
         <v>2006</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>53</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
         <v>55</v>
       </c>
       <c r="D27">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D28">
-        <v>1976</v>
+        <v>2012</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D29">
         <v>2012</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>59</v>
+      </c>
+      <c r="B30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C30" t="s">
         <v>60</v>
       </c>
-      <c r="B30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30">
-        <v>2010</v>
+        <v>1988</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="D31">
-        <v>2004</v>
+        <v>1989</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="D32">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="D33">
-        <v>1977</v>
+        <v>1985</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="D34">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>68</v>
+      </c>
+      <c r="B35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" t="s">
         <v>69</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35">
-        <v>2016</v>
+        <v>1976</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
         <v>55</v>
       </c>
       <c r="D36">
-        <v>1975</v>
+        <v>2012</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D37">
         <v>2010</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="D38">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="D39">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="D40">
-        <v>2012</v>
+        <v>1977</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>9</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D41">
-        <v>2012</v>
+        <v>1993</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>48</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="D42">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="D43">
-        <v>1989</v>
+        <v>1975</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>19</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="D44">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
         <v>55</v>
       </c>
       <c r="D45">
-        <v>1985</v>
+        <v>2015</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>83</v>
       </c>
       <c r="B46" t="s">
         <v>21</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>15</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>84</v>
       </c>
       <c r="B47" t="s">
         <v>21</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>19</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B48" t="s">
         <v>35</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>35</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>85</v>
+        <v>66</v>
       </c>
       <c r="B50" t="s">
         <v>35</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="B51" t="s">
         <v>35</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="B52" t="s">
         <v>35</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="B53" t="s">
         <v>35</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="B54" t="s">
         <v>35</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>49</v>
+        <v>87</v>
       </c>
       <c r="B55" t="s">
         <v>35</v>
       </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>88</v>
       </c>
       <c r="B56" t="s">
         <v>14</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1988</v>
+        <v>1977</v>
       </c>
       <c r="E56"/>
-      <c r="F56"/>
+      <c r="F56" t="s">
+        <v>31</v>
+      </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>89</v>
       </c>
       <c r="B57" t="s">
         <v>14</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1991</v>
+      </c>
+      <c r="E57"/>
       <c r="F57" t="s">
-        <v>90</v>
+        <v>46</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B58" t="s">
         <v>14</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1977</v>
+        <v>2010</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B59" t="s">
         <v>14</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="E59"/>
-      <c r="F59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F59"/>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B60" t="s">
         <v>14</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E60"/>
+        <v>1989</v>
+      </c>
+      <c r="E60">
+        <v>1999</v>
+      </c>
       <c r="F60" t="s">
-        <v>19</v>
+        <v>93</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>94</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>95</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G62"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>