--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -290,285 +290,285 @@
   <si>
     <t>Dérive Veneziane: The Edition [con vídeo]</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Dérive Veneziane: The Edition</t>
   </si>
   <si>
     <t>Finisterre: The Edition, 2018</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana: The Edition, 2018</t>
   </si>
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
+    <t>On Translation: Warning/ 警告 (Japonés)</t>
+  </si>
+  <si>
+    <t>Tokio</t>
+  </si>
+  <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
-    <t>On Translation: Warning/ 警告 (Japonés)</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>Morgen Toiletten</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>TARGUE de la serie Protocolli Veneziani II</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Palabras, Palabras... [Lona]</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Warum?</t>
   </si>
   <si>
     <t>Berlín</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
     <t>Kje?</t>
   </si>
   <si>
     <t>Liubliana</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>Complicado [Puzzle]</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>On Translation: The Bank</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Buenos Aires</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>On Translation: Abroad</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Histoires du Couteau</t>
+  </si>
+  <si>
+    <t>Thiers</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>On Translation: Il telefonino</t>
+  </si>
+  <si>
+    <t>Torino</t>
+  </si>
+  <si>
+    <t>This is Not an Advertisement [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Situation # 7 / # 10 / # 13 / # 17 / # 21 / # 25 / # 31</t>
+  </si>
+  <si>
+    <t>Santander</t>
+  </si>
+  <si>
+    <t>On Translation: Warning (Inglés) [Stuttgart]</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>On Translation: The Bookstore</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>The Limousine Project [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Cercas</t>
+  </si>
+  <si>
+    <t>Pamplona - Grazalema</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>On Translation: Petit et Grand</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Double Exposure: TK-SL</t>
+  </si>
+  <si>
+    <t>Selling the Future</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Palabras, Palabras…</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación II</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Francia</t>
+  </si>
+  <si>
+    <t>Double Exposure: Venecia - New York</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Washington</t>
+  </si>
+  <si>
+    <t>Washington DC</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By [Buenos Aires]</t>
+  </si>
+  <si>
+    <t>On Translation: I Giardini</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions: les imatges</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By: Moscow</t>
+  </si>
+  <si>
+    <t>Moscú</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico “Le Monde”</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By I</t>
+  </si>
+  <si>
+    <t>Fear, Panic, Terror</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Architektur / Räume / Gesten</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "El País"</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By II</t>
+  </si>
+  <si>
+    <t>Cuide la Pintura</t>
+  </si>
+  <si>
+    <t>Otra necesidad</t>
+  </si>
+  <si>
+    <t>Media Eyes [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Quejas</t>
+  </si>
+  <si>
+    <t>On Translation: El Tren Urbano</t>
+  </si>
+  <si>
+    <t>San Juan</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación I</t>
+  </si>
+  <si>
+    <t>haute CULTURE I-II [Wallpaper]</t>
+  </si>
+  <si>
     <t>Projecte / Proyecto / Project</t>
   </si>
   <si>
     <t>Protocolli Veneziani I</t>
-  </si>
-[...169 lines deleted...]
-    <t>haute CULTURE I-II [Wallpaper]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1923,70 +1923,70 @@
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
         <v>2018</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>9</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>92</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
         <v>1999</v>
       </c>
       <c r="E61">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="F61" t="s">
         <v>93</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>94</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
         <v>1999</v>
       </c>
       <c r="E62">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F62" t="s">
         <v>95</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>96</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
         <v>1999</v>
       </c>
       <c r="E63">
         <v>2011</v>
       </c>
       <c r="F63" t="s">
         <v>9</v>
       </c>
       <c r="G63"/>
     </row>
@@ -2196,813 +2196,813 @@
       <c r="A76" t="s">
         <v>111</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
         <v>2009</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>112</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E77"/>
+        <v>1997</v>
+      </c>
+      <c r="E77">
+        <v>2002</v>
+      </c>
       <c r="F77" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>113</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E78"/>
-      <c r="F78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F78"/>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>114</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E79"/>
       <c r="F79" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E81"/>
+        <v>1998</v>
+      </c>
+      <c r="E81">
+        <v>2000</v>
+      </c>
       <c r="F81" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="E83"/>
       <c r="F83" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E84"/>
+        <v>1998</v>
+      </c>
+      <c r="E84">
+        <v>2007</v>
+      </c>
       <c r="F84"/>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F88"/>
+        <v>1999</v>
+      </c>
+      <c r="E88">
+        <v>2006</v>
+      </c>
+      <c r="F88" t="s">
+        <v>129</v>
+      </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>1999</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E90"/>
+      <c r="F90"/>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>133</v>
+        <v>29</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>134</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F92"/>
+        <v>1975</v>
+      </c>
+      <c r="E92">
+        <v>1980</v>
+      </c>
+      <c r="F92" t="s">
+        <v>131</v>
+      </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>135</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
-        <v>2008</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E93">
+        <v>2007</v>
+      </c>
+      <c r="F93"/>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>136</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
-        <v>1975</v>
+        <v>2002</v>
       </c>
       <c r="E94">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="F94" t="s">
-        <v>133</v>
+        <v>38</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>137</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>138</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>2002</v>
-[...6 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="E96"/>
+      <c r="F96"/>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>139</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F97"/>
+        <v>1982</v>
+      </c>
+      <c r="E97">
+        <v>2006</v>
+      </c>
+      <c r="F97" t="s">
+        <v>140</v>
+      </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E98"/>
-      <c r="F98"/>
+      <c r="F98" t="s">
+        <v>9</v>
+      </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>1982</v>
+        <v>1998</v>
       </c>
       <c r="E99">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="F99" t="s">
-        <v>142</v>
+        <v>85</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>143</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>1998</v>
-[...6 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E101"/>
+      <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>2011</v>
+        <v>1982</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E103"/>
-      <c r="F103"/>
+      <c r="F103" t="s">
+        <v>115</v>
+      </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>1982</v>
+        <v>2005</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>149</v>
+        <v>85</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>150</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E105"/>
+        <v>2009</v>
+      </c>
+      <c r="E105">
+        <v>2014</v>
+      </c>
       <c r="F105" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>151</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106"/>
       <c r="D106">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>85</v>
+        <v>152</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107"/>
       <c r="D107">
-        <v>2009</v>
+        <v>1984</v>
       </c>
       <c r="E107">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="F107"/>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108"/>
       <c r="D108">
-        <v>2011</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E108">
+        <v>2010</v>
+      </c>
+      <c r="F108"/>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>155</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F109"/>
+        <v>2005</v>
+      </c>
+      <c r="E109"/>
+      <c r="F109" t="s">
+        <v>85</v>
+      </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>156</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="E110">
         <v>2010</v>
       </c>
-      <c r="F110"/>
+      <c r="E110"/>
+      <c r="F110" t="s">
+        <v>157</v>
+      </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>2005</v>
+        <v>1991</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>85</v>
+        <v>129</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112"/>
       <c r="D112">
+        <v>1984</v>
+      </c>
+      <c r="E112">
         <v>2010</v>
       </c>
-      <c r="E112"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F112"/>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>160</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>1991</v>
+        <v>2006</v>
       </c>
       <c r="E113"/>
-      <c r="F113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F113"/>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>161</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E114"/>
       <c r="F114"/>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>162</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115"/>
       <c r="D115">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>163</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116"/>
       <c r="D116">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E116"/>
-      <c r="F116"/>
+      <c r="F116" t="s">
+        <v>25</v>
+      </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>164</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117"/>
       <c r="D117">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E117"/>
-      <c r="F117"/>
+      <c r="F117" t="s">
+        <v>35</v>
+      </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>165</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118"/>
       <c r="D118">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>25</v>
+        <v>166</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119"/>
       <c r="D119">
-        <v>2007</v>
+        <v>1998</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120"/>
       <c r="D120">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E120"/>
-      <c r="F120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F120"/>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>169</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121"/>
       <c r="D121">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>170</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122"/>
       <c r="D122">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E122"/>
-      <c r="F122"/>
+      <c r="F122" t="s">
+        <v>85</v>
+      </c>
       <c r="G122"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>