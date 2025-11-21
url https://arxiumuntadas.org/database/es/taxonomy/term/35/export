--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -236,339 +236,339 @@
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>On Translation: Strand [Fotografía]</t>
   </si>
   <si>
     <t>Florencia</t>
   </si>
   <si>
     <t>Architektur / Räume / Gesten II</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Intervención Pasillo]</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>Roma 4 décembre 2017</t>
   </si>
   <si>
     <t>Political Advertisement VII 2008 [Póster]</t>
   </si>
   <si>
+    <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Ciudad Real) [Imán]</t>
   </si>
   <si>
-    <t>Ciudad Real</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning (Mulhouse) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>On Translation: Warning (Viamão)</t>
   </si>
   <si>
     <t>Viamao</t>
   </si>
   <si>
     <t>On Translation: 米兔 (mǐ tù) [me too]</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Tale padre, tale figlia</t>
   </si>
   <si>
     <t>Dérive Veneziane: The Edition [con vídeo]</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Dérive Veneziane: The Edition</t>
   </si>
   <si>
     <t>Finisterre: The Edition, 2018</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana: The Edition, 2018</t>
   </si>
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
+    <t>On Translation: Warning / 警告 (Chino)</t>
+  </si>
+  <si>
+    <t>Pekin</t>
+  </si>
+  <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
-    <t>On Translation: Warning / 警告 (Chino)</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>Morgen Toiletten</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>TARGUE de la serie Protocolli Veneziani II</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Palabras, Palabras... [Lona]</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Warum?</t>
   </si>
   <si>
     <t>Berlín</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
     <t>Kje?</t>
   </si>
   <si>
     <t>Liubliana</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>Complicado [Puzzle]</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>Histoires du Couteau</t>
+  </si>
+  <si>
+    <t>Thiers</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>On Translation: Il telefonino</t>
+  </si>
+  <si>
+    <t>Torino</t>
+  </si>
+  <si>
+    <t>This is Not an Advertisement [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Situation # 7 / # 10 / # 13 / # 17 / # 21 / # 25 / # 31</t>
+  </si>
+  <si>
+    <t>Santander</t>
+  </si>
+  <si>
+    <t>On Translation: Warning (Inglés) [Stuttgart]</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>On Translation: The Bookstore</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>The Limousine Project [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Cercas</t>
+  </si>
+  <si>
+    <t>Pamplona - Grazalema</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>On Translation: Petit et Grand</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Double Exposure: TK-SL</t>
+  </si>
+  <si>
+    <t>Selling the Future</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Palabras, Palabras…</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación II</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Francia</t>
+  </si>
+  <si>
+    <t>Double Exposure: Venecia - New York</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Washington</t>
+  </si>
+  <si>
+    <t>Washington DC</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By [Buenos Aires]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>On Translation: I Giardini</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions: les imatges</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By: Moscow</t>
+  </si>
+  <si>
+    <t>Moscú</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico “Le Monde”</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By I</t>
+  </si>
+  <si>
+    <t>Fear, Panic, Terror</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Architektur / Räume / Gesten</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "El País"</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By II</t>
+  </si>
+  <si>
+    <t>Cuide la Pintura</t>
+  </si>
+  <si>
+    <t>Otra necesidad</t>
+  </si>
+  <si>
+    <t>Media Eyes [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Quejas</t>
+  </si>
+  <si>
+    <t>On Translation: El Tren Urbano</t>
+  </si>
+  <si>
+    <t>San Juan</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación I</t>
+  </si>
+  <si>
+    <t>haute CULTURE I-II [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Projecte / Proyecto / Project</t>
+  </si>
+  <si>
+    <t>Protocolli Veneziani I</t>
+  </si>
+  <si>
     <t>On Translation: The Bank</t>
   </si>
   <si>
     <t>On Translation: The Audience [Wallpaper]</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Buenos Aires</t>
   </si>
   <si>
-    <t>Buenos Aires</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: Abroad</t>
   </si>
   <si>
     <t>On Translation: The Audience</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
-  </si>
-[...151 lines deleted...]
-    <t>Protocolli Veneziani I</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1923,70 +1923,70 @@
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
         <v>2018</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>9</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>92</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
         <v>1999</v>
       </c>
       <c r="E61">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F61" t="s">
         <v>93</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>94</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
         <v>1999</v>
       </c>
       <c r="E62">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="F62" t="s">
         <v>95</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>96</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
         <v>1999</v>
       </c>
       <c r="E63">
         <v>2011</v>
       </c>
       <c r="F63" t="s">
         <v>9</v>
       </c>
       <c r="G63"/>
     </row>
@@ -2196,813 +2196,813 @@
       <c r="A76" t="s">
         <v>111</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
         <v>2009</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>112</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="E77"/>
       <c r="F77" t="s">
-        <v>29</v>
+        <v>113</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E78"/>
+        <v>1998</v>
+      </c>
+      <c r="E78">
+        <v>2007</v>
+      </c>
       <c r="F78"/>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E81"/>
       <c r="F81" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F82"/>
+        <v>1999</v>
+      </c>
+      <c r="E82">
+        <v>2006</v>
+      </c>
+      <c r="F82" t="s">
+        <v>121</v>
+      </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>124</v>
+        <v>29</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F86"/>
+        <v>1975</v>
+      </c>
+      <c r="E86">
+        <v>1980</v>
+      </c>
+      <c r="F86" t="s">
+        <v>123</v>
+      </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>2008</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E87">
+        <v>2007</v>
+      </c>
+      <c r="F87"/>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>128</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="E88">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="F88" t="s">
-        <v>129</v>
+        <v>38</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="E89"/>
-      <c r="F89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F89"/>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="E91"/>
+        <v>1982</v>
+      </c>
+      <c r="E91">
+        <v>2006</v>
+      </c>
       <c r="F91" t="s">
-        <v>29</v>
+        <v>132</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="E92"/>
       <c r="F92" t="s">
-        <v>131</v>
+        <v>9</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
         <v>1998</v>
       </c>
       <c r="E93">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="F93"/>
+        <v>2005</v>
+      </c>
+      <c r="F93" t="s">
+        <v>85</v>
+      </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E94"/>
       <c r="F94" t="s">
-        <v>38</v>
+        <v>136</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>137</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>138</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>2010</v>
+        <v>1982</v>
       </c>
       <c r="E96"/>
-      <c r="F96"/>
+      <c r="F96" t="s">
+        <v>139</v>
+      </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E97"/>
       <c r="F97" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>9</v>
+        <v>85</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="E99">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="F99" t="s">
-        <v>85</v>
+        <v>9</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
         <v>2011</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="E101"/>
+        <v>1984</v>
+      </c>
+      <c r="E101">
+        <v>2010</v>
+      </c>
       <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>1982</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E102">
+        <v>2010</v>
+      </c>
+      <c r="F102"/>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>148</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>115</v>
+        <v>85</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>149</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>85</v>
+        <v>150</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>1991</v>
+      </c>
+      <c r="E105"/>
       <c r="F105" t="s">
-        <v>9</v>
+        <v>121</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106"/>
       <c r="D106">
-        <v>2011</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E106">
+        <v>2010</v>
+      </c>
+      <c r="F106"/>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>153</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107"/>
       <c r="D107">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="E107"/>
       <c r="F107"/>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>154</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108"/>
       <c r="D108">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E108"/>
       <c r="F108"/>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>155</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>2005</v>
+        <v>1992</v>
       </c>
       <c r="E109"/>
-      <c r="F109" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F109"/>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>156</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>157</v>
+        <v>25</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>1991</v>
+        <v>2007</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>129</v>
+        <v>35</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112"/>
       <c r="D112">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F112"/>
+        <v>2005</v>
+      </c>
+      <c r="E112"/>
+      <c r="F112" t="s">
+        <v>159</v>
+      </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>160</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="E113"/>
-      <c r="F113"/>
+      <c r="F113" t="s">
+        <v>25</v>
+      </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>161</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>162</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115"/>
       <c r="D115">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E115"/>
-      <c r="F115"/>
+      <c r="F115" t="s">
+        <v>9</v>
+      </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>163</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116"/>
       <c r="D116">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>164</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117"/>
       <c r="D117">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E117"/>
+        <v>1997</v>
+      </c>
+      <c r="E117">
+        <v>2002</v>
+      </c>
       <c r="F117" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>165</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118"/>
       <c r="D118">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E118"/>
-      <c r="F118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F118"/>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119"/>
       <c r="D119">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>25</v>
+        <v>141</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120"/>
       <c r="D120">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121"/>
       <c r="D121">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E121"/>
+        <v>1998</v>
+      </c>
+      <c r="E121">
+        <v>2000</v>
+      </c>
       <c r="F121" t="s">
-        <v>9</v>
+        <v>169</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>170</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122"/>
       <c r="D122">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E122"/>
-      <c r="F122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F122"/>
       <c r="G122"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>