--- v2 (2025-11-21)
+++ v3 (2025-12-13)
@@ -236,59 +236,59 @@
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>On Translation: Strand [Fotografía]</t>
   </si>
   <si>
     <t>Florencia</t>
   </si>
   <si>
     <t>Architektur / Räume / Gesten II</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Intervención Pasillo]</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>Roma 4 décembre 2017</t>
   </si>
   <si>
     <t>Political Advertisement VII 2008 [Póster]</t>
   </si>
   <si>
+    <t>On Translation: Warning (Ciudad Real) [Imán]</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
   </si>
   <si>
-    <t>Ciudad Real</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning (Mulhouse) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>On Translation: Warning (Viamão)</t>
   </si>
   <si>
     <t>Viamao</t>
   </si>
   <si>
     <t>On Translation: 米兔 (mǐ tù) [me too]</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Tale padre, tale figlia</t>
   </si>
   <si>
     <t>Dérive Veneziane: The Edition [con vídeo]</t>
   </si>
   <si>
     <t>Venecia</t>
@@ -350,50 +350,92 @@
   <si>
     <t>Berlín</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
     <t>Kje?</t>
   </si>
   <si>
     <t>Liubliana</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>Complicado [Puzzle]</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>On Translation: El Tren Urbano</t>
+  </si>
+  <si>
+    <t>San Juan</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación I</t>
+  </si>
+  <si>
+    <t>haute CULTURE I-II [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Projecte / Proyecto / Project</t>
+  </si>
+  <si>
+    <t>Protocolli Veneziani I</t>
+  </si>
+  <si>
+    <t>On Translation: The Bank</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Buenos Aires</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>On Translation: Abroad</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
+  </si>
+  <si>
     <t>Histoires du Couteau</t>
   </si>
   <si>
     <t>Thiers</t>
   </si>
   <si>
     <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
   <si>
     <t>On Translation: Il telefonino</t>
   </si>
   <si>
     <t>Torino</t>
   </si>
   <si>
     <t>This is Not an Advertisement [Wallpaper]</t>
   </si>
   <si>
     <t>Situation # 7 / # 10 / # 13 / # 17 / # 21 / # 25 / # 31</t>
   </si>
   <si>
     <t>Santander</t>
   </si>
   <si>
     <t>On Translation: Warning (Inglés) [Stuttgart]</t>
@@ -437,138 +479,96 @@
   <si>
     <t>Palabras, Palabras…</t>
   </si>
   <si>
     <t>On Translation: La mesa de negociación II</t>
   </si>
   <si>
     <t>On Translation: Die Stadt [Wallpaper]</t>
   </si>
   <si>
     <t>Graz, Barcelona, Francia</t>
   </si>
   <si>
     <t>Double Exposure: Venecia - New York</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Washington</t>
   </si>
   <si>
     <t>Washington DC</t>
   </si>
   <si>
     <t>On Translation: Stand By [Buenos Aires]</t>
   </si>
   <si>
-    <t>Buenos Aires</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: I Giardini</t>
   </si>
   <si>
     <t>On Translation: Celebracions: les imatges</t>
   </si>
   <si>
     <t>On Translation: Stand By: Moscow</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico “Le Monde”</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
   </si>
   <si>
     <t>On Translation: Stand By I</t>
   </si>
   <si>
     <t>Fear, Panic, Terror</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>Architektur / Räume / Gesten</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico "El País"</t>
   </si>
   <si>
     <t>On Translation: Stand By II</t>
   </si>
   <si>
     <t>Cuide la Pintura</t>
   </si>
   <si>
     <t>Otra necesidad</t>
   </si>
   <si>
     <t>Media Eyes [Wallpaper]</t>
   </si>
   <si>
     <t>Quejas</t>
-  </si>
-[...37 lines deleted...]
-    <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2196,813 +2196,815 @@
       <c r="A76" t="s">
         <v>111</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
         <v>2009</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>112</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>113</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>114</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
         <v>1998</v>
       </c>
-      <c r="E78">
-[...2 lines deleted...]
-      <c r="F78"/>
+      <c r="E78"/>
+      <c r="F78" t="s">
+        <v>25</v>
+      </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>115</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="E79"/>
-      <c r="F79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F79"/>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E80"/>
-      <c r="F80"/>
+      <c r="F80" t="s">
+        <v>9</v>
+      </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>119</v>
+        <v>85</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="E82">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="F82" t="s">
-        <v>121</v>
+        <v>29</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="E83"/>
-      <c r="F83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F83"/>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E84"/>
-      <c r="F84"/>
+      <c r="F84" t="s">
+        <v>121</v>
+      </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>29</v>
+        <v>95</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="E86">
-        <v>1980</v>
+        <v>2000</v>
       </c>
       <c r="F86" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E87"/>
       <c r="F87"/>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="E88"/>
       <c r="F88" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E89"/>
+        <v>1998</v>
+      </c>
+      <c r="E89">
+        <v>2007</v>
+      </c>
       <c r="F89"/>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="E90"/>
-      <c r="F90"/>
+      <c r="F90" t="s">
+        <v>130</v>
+      </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>131</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>1982</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E91"/>
+      <c r="F91"/>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>9</v>
+        <v>133</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>134</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="E93">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="F93" t="s">
-        <v>85</v>
+        <v>135</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>1982</v>
+        <v>2008</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>139</v>
+        <v>29</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>140</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E97"/>
+        <v>1975</v>
+      </c>
+      <c r="E97">
+        <v>1980</v>
+      </c>
       <c r="F97" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
-        <v>2005</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E98">
+        <v>2007</v>
+      </c>
+      <c r="F98"/>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E99">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="F99" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
         <v>2011</v>
       </c>
       <c r="E100"/>
-      <c r="F100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="E101">
         <v>2010</v>
       </c>
+      <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>1984</v>
+        <v>1982</v>
       </c>
       <c r="E102">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="F102"/>
+        <v>2006</v>
+      </c>
+      <c r="F102" t="s">
+        <v>146</v>
+      </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>85</v>
+        <v>9</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E104"/>
+        <v>1998</v>
+      </c>
+      <c r="E104">
+        <v>2005</v>
+      </c>
       <c r="F104" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>1991</v>
+        <v>2011</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106"/>
       <c r="D106">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E106"/>
       <c r="F106"/>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107"/>
       <c r="D107">
-        <v>2006</v>
+        <v>1982</v>
       </c>
       <c r="E107"/>
-      <c r="F107"/>
+      <c r="F107" t="s">
+        <v>153</v>
+      </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>154</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108"/>
       <c r="D108">
         <v>2007</v>
       </c>
       <c r="E108"/>
-      <c r="F108"/>
+      <c r="F108" t="s">
+        <v>121</v>
+      </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>155</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>1992</v>
+        <v>2005</v>
       </c>
       <c r="E109"/>
-      <c r="F109"/>
+      <c r="F109" t="s">
+        <v>85</v>
+      </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>156</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E110"/>
+        <v>2009</v>
+      </c>
+      <c r="E110">
+        <v>2014</v>
+      </c>
       <c r="F110" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>157</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>35</v>
+        <v>158</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112"/>
       <c r="D112">
-        <v>2005</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E112">
+        <v>2010</v>
+      </c>
+      <c r="F112"/>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>160</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>1998</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E113">
+        <v>2010</v>
+      </c>
+      <c r="F113"/>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>161</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E114"/>
-      <c r="F114"/>
+      <c r="F114" t="s">
+        <v>85</v>
+      </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>162</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115"/>
       <c r="D115">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>9</v>
+        <v>163</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116"/>
       <c r="D116">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>85</v>
+        <v>135</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117"/>
       <c r="D117">
-        <v>1997</v>
+        <v>1984</v>
       </c>
       <c r="E117">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="F117"/>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118"/>
       <c r="D118">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119"/>
       <c r="D119">
         <v>2007</v>
       </c>
       <c r="E119"/>
-      <c r="F119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F119"/>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120"/>
       <c r="D120">
-        <v>2016</v>
+        <v>1992</v>
       </c>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121"/>
       <c r="D121">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E121"/>
       <c r="F121" t="s">
-        <v>169</v>
+        <v>25</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>170</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122"/>
       <c r="D122">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E122"/>
-      <c r="F122"/>
+      <c r="F122" t="s">
+        <v>35</v>
+      </c>
       <c r="G122"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>