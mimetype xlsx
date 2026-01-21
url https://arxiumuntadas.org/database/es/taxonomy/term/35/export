--- v3 (2025-12-13)
+++ v4 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Impresión digital" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Polución Audiovisual [Fotografía]</t>
   </si>
   <si>
@@ -350,225 +350,228 @@
   <si>
     <t>Berlín</t>
   </si>
   <si>
     <t>How Much?</t>
   </si>
   <si>
     <t>Kje?</t>
   </si>
   <si>
     <t>Liubliana</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>Complicado [Puzzle]</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Histoires du Couteau</t>
+  </si>
+  <si>
+    <t>Thiers</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>On Translation: Il telefonino</t>
+  </si>
+  <si>
+    <t>Torino</t>
+  </si>
+  <si>
+    <t>This is Not an Advertisement [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Situation # 7 / # 10 / # 13 / # 17 / # 21 / # 25 / # 31</t>
+  </si>
+  <si>
+    <t>Santander</t>
+  </si>
+  <si>
+    <t>Pamplona - Grazalema</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>On Translation: Warning (Inglés) [Stuttgart]</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>On Translation: The Bookstore</t>
+  </si>
+  <si>
+    <t>The Limousine Project [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Cercas</t>
+  </si>
+  <si>
+    <t>Selling the Future</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>On Translation: Petit et Grand</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Double Exposure: TK-SL</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Washington</t>
+  </si>
+  <si>
+    <t>Washington DC</t>
+  </si>
+  <si>
+    <t>Palabras, Palabras…</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación II</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Francia</t>
+  </si>
+  <si>
+    <t>Double Exposure: Venecia - New York</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico “Le Monde”</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By [Buenos Aires]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>On Translation: I Giardini</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions: les imatges</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By: Moscow</t>
+  </si>
+  <si>
+    <t>Moscú</t>
+  </si>
+  <si>
+    <t>Natures Mortes Génériques</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By I</t>
+  </si>
+  <si>
+    <t>Fear, Panic, Terror</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Architektur / Räume / Gesten</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "El País"</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By II</t>
+  </si>
+  <si>
+    <t>Cuide la Pintura</t>
+  </si>
+  <si>
+    <t>Otra necesidad</t>
+  </si>
+  <si>
+    <t>Media Eyes [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Quejas</t>
+  </si>
+  <si>
     <t>On Translation: El Tren Urbano</t>
   </si>
   <si>
     <t>San Juan</t>
   </si>
   <si>
     <t>On Translation: La mesa de negociación I</t>
   </si>
   <si>
     <t>haute CULTURE I-II [Wallpaper]</t>
   </si>
   <si>
     <t>Projecte / Proyecto / Project</t>
   </si>
   <si>
     <t>Protocolli Veneziani I</t>
   </si>
   <si>
     <t>On Translation: The Bank</t>
   </si>
   <si>
     <t>On Translation: The Audience [Wallpaper]</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Buenos Aires</t>
   </si>
   <si>
-    <t>Buenos Aires</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: Abroad</t>
-  </si>
-[...142 lines deleted...]
-    <t>Quejas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -868,51 +871,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G122"/>
+  <dimension ref="A1:G123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2196,816 +2199,835 @@
       <c r="A76" t="s">
         <v>111</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
         <v>2009</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>112</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E77"/>
+        <v>1998</v>
+      </c>
+      <c r="E77">
+        <v>2000</v>
+      </c>
       <c r="F77" t="s">
         <v>113</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>114</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="E78"/>
-      <c r="F78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F78"/>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>115</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E79"/>
-      <c r="F79"/>
+      <c r="F79" t="s">
+        <v>116</v>
+      </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
+        <v>1998</v>
+      </c>
+      <c r="E80">
         <v>2007</v>
       </c>
-      <c r="E80"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2013</v>
+        <v>2001</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>85</v>
+        <v>119</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1997</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E82"/>
+      <c r="F82"/>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E83"/>
-      <c r="F83"/>
+      <c r="F83" t="s">
+        <v>122</v>
+      </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E84"/>
+        <v>1975</v>
+      </c>
+      <c r="E84">
+        <v>1980</v>
+      </c>
       <c r="F84" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="E85"/>
+        <v>1999</v>
+      </c>
+      <c r="E85">
+        <v>2006</v>
+      </c>
       <c r="F85" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="E86"/>
       <c r="F86" t="s">
         <v>124</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
         <v>2011</v>
       </c>
       <c r="E87"/>
       <c r="F87"/>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>127</v>
+        <v>29</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1998</v>
+        <v>1982</v>
       </c>
       <c r="E89">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="F89"/>
+        <v>2006</v>
+      </c>
+      <c r="F89" t="s">
+        <v>131</v>
+      </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>2001</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E90">
+        <v>2007</v>
+      </c>
+      <c r="F90"/>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F91"/>
+        <v>2002</v>
+      </c>
+      <c r="E91">
+        <v>2008</v>
+      </c>
+      <c r="F91" t="s">
+        <v>38</v>
+      </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E92"/>
-      <c r="F92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F92"/>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
-        <v>1999</v>
-[...6 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="E93"/>
+      <c r="F93"/>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>136</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
-        <v>2001</v>
+        <v>1982</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>137</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>138</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E95"/>
-      <c r="F95"/>
+      <c r="F95" t="s">
+        <v>9</v>
+      </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>139</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="E96"/>
+        <v>1998</v>
+      </c>
+      <c r="E96">
+        <v>2005</v>
+      </c>
       <c r="F96" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>140</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E97"/>
       <c r="F97" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E98"/>
       <c r="F98"/>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>2002</v>
+        <v>1984</v>
       </c>
       <c r="E99">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="F99"/>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E100"/>
-      <c r="F100"/>
+      <c r="F100" t="s">
+        <v>145</v>
+      </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="E101"/>
-      <c r="F101"/>
+      <c r="F101" t="s">
+        <v>85</v>
+      </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>1982</v>
+        <v>2009</v>
       </c>
       <c r="E102">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="F102" t="s">
-        <v>146</v>
+        <v>9</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>9</v>
+        <v>149</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>1998</v>
+        <v>1987</v>
       </c>
       <c r="E104">
-        <v>2005</v>
+        <v>1988</v>
       </c>
       <c r="F104" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>2011</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E105">
+        <v>2010</v>
+      </c>
+      <c r="F105"/>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106"/>
       <c r="D106">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E106"/>
-      <c r="F106"/>
+      <c r="F106" t="s">
+        <v>85</v>
+      </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107"/>
       <c r="D107">
-        <v>1982</v>
+        <v>2010</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108"/>
       <c r="D108">
-        <v>2007</v>
+        <v>1991</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>2005</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E109">
+        <v>2010</v>
+      </c>
+      <c r="F109"/>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>2009</v>
-[...6 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="E110"/>
+      <c r="F110"/>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E111"/>
-      <c r="F111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F111"/>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>159</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112"/>
       <c r="D112">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E112"/>
       <c r="F112"/>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>160</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F113"/>
+        <v>2011</v>
+      </c>
+      <c r="E113"/>
+      <c r="F113" t="s">
+        <v>25</v>
+      </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>161</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>162</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115"/>
       <c r="D115">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>163</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>164</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116"/>
       <c r="D116">
-        <v>1991</v>
+        <v>1998</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>135</v>
+        <v>25</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>165</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117"/>
       <c r="D117">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E117"/>
       <c r="F117"/>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>166</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118"/>
       <c r="D118">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E118"/>
-      <c r="F118"/>
+      <c r="F118" t="s">
+        <v>9</v>
+      </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>167</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119"/>
       <c r="D119">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E119"/>
-      <c r="F119"/>
+      <c r="F119" t="s">
+        <v>85</v>
+      </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>168</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120"/>
       <c r="D120">
-        <v>1992</v>
-[...2 lines deleted...]
-      <c r="F120"/>
+        <v>1997</v>
+      </c>
+      <c r="E120">
+        <v>2002</v>
+      </c>
+      <c r="F120" t="s">
+        <v>29</v>
+      </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>169</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121"/>
       <c r="D121">
         <v>2011</v>
       </c>
       <c r="E121"/>
-      <c r="F121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F121"/>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>170</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122"/>
       <c r="D122">
         <v>2007</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>35</v>
+        <v>145</v>
       </c>
       <c r="G122"/>
+    </row>
+    <row r="123" spans="1:7">
+      <c r="A123" t="s">
+        <v>171</v>
+      </c>
+      <c r="B123" t="s">
+        <v>8</v>
+      </c>
+      <c r="C123"/>
+      <c r="D123">
+        <v>2016</v>
+      </c>
+      <c r="E123"/>
+      <c r="F123" t="s">
+        <v>95</v>
+      </c>
+      <c r="G123"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">