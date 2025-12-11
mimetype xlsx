--- v0 (2025-10-29)
+++ v1 (2025-12-11)
@@ -12,124 +12,142 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Asia" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="307">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>By Art Matters</t>
+  </si>
+  <si>
+    <t>Institución</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Homecrossing: Glass Projects</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Shanghai</t>
+  </si>
+  <si>
+    <t>Exposición</t>
+  </si>
+  <si>
+    <t>Muntadas Blackboard Dialogs [publicación de artista]</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
     <t>Asia Art Archive</t>
   </si>
   <si>
-    <t>Institución</t>
-[...1 lines deleted...]
-  <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>Look See Perceive [Póster]</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
-    <t>Shanghai</t>
-[...1 lines deleted...]
-  <si>
     <t>Born-again Architecture: Muntadas' The Board Room</t>
   </si>
   <si>
     <t>Folleto, Hoja de sala</t>
   </si>
   <si>
     <t>Jerusalén</t>
   </si>
   <si>
     <t>China Academy of Art</t>
   </si>
   <si>
-    <t>China</t>
-[...1 lines deleted...]
-  <si>
     <t>The construction of Fear</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Hangzhou</t>
   </si>
   <si>
     <t>An Atlas of the Difficult World</t>
   </si>
   <si>
-    <t>Exposición</t>
-[...1 lines deleted...]
-  <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>ART021 Shanghai Contemporary Art Fair</t>
   </si>
   <si>
     <t>Biblioteca Miguel de Cervantes Shangai</t>
   </si>
   <si>
     <t>Recalibrar la realidad</t>
   </si>
   <si>
     <t>Evento Presentación en el MUSEUM OF GLASS</t>
   </si>
   <si>
     <t>PPPP Space</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>Ghost in the Nformation</t>
   </si>
   <si>
     <t>Beijing Contemporary 2018 Art Fair</t>
@@ -242,53 +260,50 @@
   <si>
     <t>Muntadas: Projects 1971-2003</t>
   </si>
   <si>
     <t>School of Philosophy Fudan University</t>
   </si>
   <si>
     <t>Fudan Art Institute</t>
   </si>
   <si>
     <t>The Methodology of the Project</t>
   </si>
   <si>
     <t>VANGUARD GALLERY 2023</t>
   </si>
   <si>
     <t>Speaker Series: Antoni Muntadas - Project’s Methodology</t>
   </si>
   <si>
     <t>Interactive Media Arts (IMA) - NYU Shanghai</t>
   </si>
   <si>
     <t>Constructions and Ideas</t>
   </si>
   <si>
-    <t>Proyecto</t>
-[...1 lines deleted...]
-  <si>
     <t>Zhongguo Jiayou</t>
   </si>
   <si>
     <t>Being Far / Being Close</t>
   </si>
   <si>
     <t>Galleria Duemila</t>
   </si>
   <si>
     <t>Manila</t>
   </si>
   <si>
     <t>Porte Aperte</t>
   </si>
   <si>
     <t>Vanguard Onwards</t>
   </si>
   <si>
     <t>The Board Room</t>
   </si>
   <si>
     <t>Historias del mundo real a través del Festival de Cine Documental Europa-Vietnam / Câu chuyện thế giới chân thực qua LHP Tài liệu châu Âu-Việt Nam</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital</t>
@@ -554,50 +569,53 @@
   <si>
     <t>Wang Weiwei</t>
   </si>
   <si>
     <t>On Translation: Warning (Seúl, Total Museum) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>Zhang Lin</t>
   </si>
   <si>
     <t>On Translation: Warning (Seúl) [Póster]</t>
   </si>
   <si>
     <t>On Translation: Warning (Mongol) [Adhesivo]</t>
   </si>
   <si>
     <t>Ulaanbaatar</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Evento]</t>
   </si>
   <si>
     <t>XAFA (Xi'an Academy of Fina Arts - China)</t>
   </si>
   <si>
+    <t>Xi'an</t>
+  </si>
+  <si>
     <t>Manuel Ocampo</t>
   </si>
   <si>
     <t>Vanguard Gallery 2018 [Anuario]</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>Look See Perceive [Listado de obras]</t>
   </si>
   <si>
     <t>Hoja de sala</t>
   </si>
   <si>
     <t>Look See Perceive [Pulseras de acceso]</t>
   </si>
   <si>
     <t>Look See Perceive</t>
   </si>
   <si>
     <t>安东尼·蒙塔达斯谈近期展览及自身创作 [Artículo en artforum.cn]</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
@@ -617,50 +635,53 @@
   <si>
     <t>Lise Li</t>
   </si>
   <si>
     <t>The Khalid Shoman Foundation</t>
   </si>
   <si>
     <t>The Construction of Fear</t>
   </si>
   <si>
     <t>Long March Space</t>
   </si>
   <si>
     <t>A-Lounge</t>
   </si>
   <si>
     <t>Ilan Wizgan</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Shanghai Himalayas Museum</t>
   </si>
   <si>
+    <t>Xuetangx</t>
+  </si>
+  <si>
     <t>Inti Guerrero</t>
   </si>
   <si>
     <t>Maria Victoria T. Herrera</t>
   </si>
   <si>
     <t>Ciudad de Quezon</t>
   </si>
   <si>
     <t>Public Lecture Series 2019: Muntadas, The Project Methodology</t>
   </si>
   <si>
     <t>On Translation: Warning [Yokohama, Japan: 2015]</t>
   </si>
   <si>
     <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ [INVITACIÓN]</t>
   </si>
   <si>
     <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ [FLYER]</t>
   </si>
   <si>
     <t>On Translation: Warning (Seúl, Art Sonje) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>Ateneo Art Gallery, Manila University</t>
@@ -677,303 +698,312 @@
   <si>
     <t>National Museum of Contemporary Art [Korea]</t>
   </si>
   <si>
     <t>The Israel Museum</t>
   </si>
   <si>
     <t>Self - Educations. In Frames of "Qui Vive?" IV International Young Art Festival. September 6 - October 1, 2006.</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
     <t>Vanguard Gallery</t>
   </si>
   <si>
     <t>Dossier de prensa - Asian Protocols, Beijing</t>
   </si>
   <si>
     <t>Dossier de Prensa</t>
   </si>
   <si>
     <t>On Translation: 米兔 (mǐ tù) [me too]</t>
   </si>
   <si>
+    <t>Zaryadye Park</t>
+  </si>
+  <si>
     <t>Ball in Art</t>
   </si>
   <si>
     <t>The best exhibitions in Beijing this September</t>
   </si>
   <si>
     <t>Muntadas. Asian Protocols (Beijing) [Folleto]</t>
   </si>
   <si>
-    <t>Folleto</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas. Asian Protocols (Beijing) [Catálogo]</t>
   </si>
   <si>
     <t>Muntadas. Asian Protocols [China]</t>
   </si>
   <si>
     <t>What are your concerns?</t>
   </si>
   <si>
     <t>On Translation: Fortune Cookies</t>
   </si>
   <si>
-    <t>design without Design. Total Museum of Contemporary Art.</t>
+    <t>design without Design. Total Museum of Contemporary Art</t>
   </si>
   <si>
     <t>Gyeonggi-do</t>
   </si>
   <si>
+    <t>Total Museum of Contemporary Art</t>
+  </si>
+  <si>
     <t>Tortilla de Patatas</t>
   </si>
   <si>
-    <t>design without Design. Total Museum of Contemporary Art</t>
-[...1 lines deleted...]
-  <si>
     <t>Moscow Art Magazine 50 nº3</t>
   </si>
   <si>
     <t>공간 (space)</t>
   </si>
   <si>
     <t>Corea del Sur</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
-    <t>Barcelona</t>
+    <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
-    <t>On Translation: Warning/ 警告 (Japonés)</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
+    <t>Tokyo Wonder Site Residency. Open Studio 2015-2016. 18/7/2015</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Póster]</t>
+  </si>
+  <si>
+    <t>Melancholy in Progress- 2012 The 3rd Taiwan internatinal Video Art Exhibition</t>
+  </si>
+  <si>
+    <t>Muntadas: Spaces, Sites, Situations</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Muntadas Video Works</t>
+  </si>
+  <si>
+    <t>Nostalgia is an Extended Feedback</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
+  </si>
+  <si>
+    <t>Charla, Invitación, Programa de evento</t>
+  </si>
+  <si>
+    <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
+  </si>
+  <si>
+    <t>Muntadas Video Works [Opúsculo]</t>
+  </si>
+  <si>
+    <t>Muntadas: Asian Protocols</t>
+  </si>
+  <si>
+    <t>Art China 7 September 2017</t>
+  </si>
+  <si>
     <t>Round-table transcripts. Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
   </si>
   <si>
-    <t>Muntadas: Asian Protocols</t>
+    <t>404 object not found</t>
   </si>
   <si>
     <t>Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
   </si>
   <si>
-    <t>404 object not found</t>
+    <t>Tomorrow</t>
+  </si>
+  <si>
+    <t>World Art 2017/3</t>
+  </si>
+  <si>
+    <t>Shijiazhuang</t>
+  </si>
+  <si>
+    <t>Connecting Worlds</t>
+  </si>
+  <si>
+    <t>La sombra del habla. Colección MACBA</t>
+  </si>
+  <si>
+    <t>ON GLOBAL ART PRACTICE Catalog</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Article. A journal of contemporary art. August 2012 issue #13</t>
+  </si>
+  <si>
+    <t>Muntadas: Working in progress</t>
   </si>
   <si>
     <t>Taipei Biennal. Great Theatre of the World.</t>
   </si>
   <si>
-    <t>Connecting Worlds</t>
-[...26 lines deleted...]
-    <t>Article. A journal of contemporary art. August 2012 issue #13</t>
+    <t>Article. A journal of contemporary art. September 2014 issue #38</t>
+  </si>
+  <si>
+    <t>Project and Protocols. A Lecture by Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Projects and Protocols. Muntadas. July 28 Tuesday 2015</t>
+  </si>
+  <si>
+    <t>Muntadas [Asian Protocols]</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum (japonés)</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Horiko</t>
+  </si>
+  <si>
+    <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ</t>
+  </si>
+  <si>
+    <t>Dialogues on Public Space. Total Museum Press. MIT</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
+  </si>
+  <si>
+    <t>Charla, Flyer</t>
   </si>
   <si>
     <t>Melancholy in Progress- 2012 The 3rd Taiwan International Video Art Exhibition. Symposium and essays.</t>
   </si>
   <si>
-    <t>Art China 7 September 2017</t>
-[...67 lines deleted...]
-  <si>
     <t>Daria Pyrkina</t>
   </si>
   <si>
+    <t>Between the Frames: The Forum</t>
+  </si>
+  <si>
+    <t>Nostalgia is an extended Feedback</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Japan</t>
+  </si>
+  <si>
     <t>España: Nuevas Culturas Urbanas</t>
   </si>
   <si>
-    <t>Melancholy in Progress- 2012 The 3rd Taiwan internatinal Video Art Exhibition.Symposium and essays.</t>
-[...2 lines deleted...]
-    <t>Between the Frames: The Forum</t>
+    <t>Melancholy in Progress- 2012 The 3rd Taiwan internatinal Video Art Exhibition.Symposium and essays</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Korea</t>
   </si>
   <si>
     <t>Gwangju Biennale</t>
   </si>
   <si>
     <t>Gwangju</t>
   </si>
   <si>
-    <t>Asian Protocols: Korea</t>
-[...8 lines deleted...]
-    <t>On Translation: Pille, 2006-2014</t>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>On Translation: On View</t>
+  </si>
+  <si>
+    <t>Japón</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Fragments</t>
+  </si>
+  <si>
+    <t>On Translation: Pille</t>
   </si>
   <si>
     <t>China, Seúl, Japón</t>
   </si>
   <si>
+    <t>The Last Ten Minutes II</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
     <t>On Translation: Go Round</t>
   </si>
   <si>
-    <t>The Last Ten Minutes II</t>
-[...2 lines deleted...]
-    <t>Kassel</t>
+    <t>On Translation: Abroad</t>
+  </si>
+  <si>
+    <t>On Translation: Listening</t>
   </si>
   <si>
     <t>On Translation: Stand By: Moscow</t>
   </si>
   <si>
-    <t>Arte ⇄ Vida</t>
-[...2 lines deleted...]
-    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+    <t>Blackboard Dialog: Redefining Asian Protocols</t>
+  </si>
+  <si>
+    <t>Tokio, Seúl, Beijing</t>
   </si>
   <si>
     <t>Double Exposure: TK-SL</t>
   </si>
   <si>
-    <t>On Translation: On View</t>
-[...5 lines deleted...]
-    <t>On Translation: Abroad</t>
+    <t>Asian Protocols: Cartographies</t>
   </si>
   <si>
     <t>On Translation: Two Spaces</t>
   </si>
   <si>
-    <t>Asian Protocols: Cartographies</t>
-[...7 lines deleted...]
-  <si>
     <t>National Centre for Contemporary Arts</t>
+  </si>
+  <si>
+    <t>OCAT Shanghai</t>
+  </si>
+  <si>
+    <t>Yokohama Portside Gallery</t>
   </si>
   <si>
     <t>3331 Arts Chiyoda</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1276,51 +1306,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G257"/>
+  <dimension ref="A1:G267"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="212" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="113" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1350,4243 +1380,4401 @@
       <c r="E2"/>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
         <v>14</v>
       </c>
-      <c r="B4" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="C7"/>
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
         <v>23</v>
       </c>
-      <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B20" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B22" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B23" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B24" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="B25" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B26" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B27" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B28" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>46</v>
       </c>
       <c r="B29" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B30" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B31" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B32" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>52</v>
       </c>
       <c r="B33" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B34" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B35" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B36" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B37" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B38" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B40" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>62</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B42" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B43" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B46" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="C46"/>
+        <v>11</v>
+      </c>
+      <c r="C46" t="s">
+        <v>21</v>
+      </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B47" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="C47"/>
+        <v>11</v>
+      </c>
+      <c r="C47" t="s">
+        <v>67</v>
+      </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B48" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="C48"/>
+        <v>11</v>
+      </c>
+      <c r="C48" t="s">
+        <v>72</v>
+      </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B49" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>25</v>
+        <v>74</v>
       </c>
       <c r="B50" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B51" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B52" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B53" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="B54" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B55" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C55"/>
+        <v>11</v>
+      </c>
+      <c r="C55" t="s">
+        <v>67</v>
+      </c>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B56" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>81</v>
       </c>
       <c r="B58" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>82</v>
       </c>
       <c r="B59" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>83</v>
       </c>
       <c r="B60" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>84</v>
       </c>
       <c r="B61" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B62" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B63" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B64" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B65" t="s">
         <v>11</v>
       </c>
       <c r="C65" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B66" t="s">
         <v>11</v>
       </c>
       <c r="C66" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>94</v>
       </c>
       <c r="B67" t="s">
         <v>11</v>
       </c>
       <c r="C67" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
+        <v>95</v>
+      </c>
+      <c r="B68" t="s">
+        <v>11</v>
+      </c>
+      <c r="C68" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B69" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C69"/>
+        <v>11</v>
+      </c>
+      <c r="C69" t="s">
+        <v>90</v>
+      </c>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B70" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="C70"/>
+        <v>11</v>
+      </c>
+      <c r="C70" t="s">
+        <v>90</v>
+      </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B71" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="C71"/>
+        <v>11</v>
+      </c>
+      <c r="C71" t="s">
+        <v>90</v>
+      </c>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
+        <v>101</v>
+      </c>
+      <c r="B72" t="s">
+        <v>11</v>
+      </c>
+      <c r="C72" t="s">
         <v>102</v>
       </c>
-      <c r="B72" t="s">
-[...2 lines deleted...]
-      <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>103</v>
       </c>
       <c r="B73" t="s">
-        <v>104</v>
+        <v>16</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>80</v>
+        <v>104</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>105</v>
       </c>
       <c r="B74" t="s">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>106</v>
       </c>
       <c r="B75" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
+        <v>108</v>
+      </c>
+      <c r="B77" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>110</v>
       </c>
       <c r="B78" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>47</v>
+        <v>85</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>111</v>
       </c>
       <c r="B79" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="C79"/>
+        <v>11</v>
+      </c>
+      <c r="C79" t="s">
+        <v>112</v>
+      </c>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B81" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B82" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B84" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B85" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="B86" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B87" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B88" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="C88"/>
+        <v>11</v>
+      </c>
+      <c r="C88" t="s">
+        <v>90</v>
+      </c>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B89" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>121</v>
+        <v>95</v>
       </c>
       <c r="B90" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C90"/>
+      <c r="D90"/>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B91" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B92" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C92"/>
+      <c r="D92"/>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>90</v>
+        <v>125</v>
       </c>
       <c r="B93" t="s">
         <v>11</v>
       </c>
       <c r="C93" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D93"/>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B94" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="D94"/>
+        <v>11</v>
+      </c>
+      <c r="C94" t="s">
+        <v>90</v>
+      </c>
+      <c r="D94">
+        <v>2022</v>
+      </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B95" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B96" t="s">
         <v>11</v>
       </c>
       <c r="C96" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="D96">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>128</v>
+        <v>95</v>
       </c>
       <c r="B97" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="D97"/>
+        <v>11</v>
+      </c>
+      <c r="C97" t="s">
+        <v>129</v>
+      </c>
+      <c r="D97">
+        <v>2022</v>
+      </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B98" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B99" t="s">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="C99"/>
-      <c r="D99">
-[...1 lines deleted...]
-      </c>
+      <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B100" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C100"/>
+        <v>11</v>
+      </c>
+      <c r="C100" t="s">
+        <v>67</v>
+      </c>
       <c r="D100">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="E100">
         <v>2021</v>
       </c>
+      <c r="E100"/>
       <c r="F100" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B101" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C101"/>
-      <c r="D101">
-[...1 lines deleted...]
-      </c>
+      <c r="D101"/>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B102" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B103" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C103"/>
       <c r="D103">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>43</v>
+        <v>85</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>136</v>
       </c>
       <c r="B104" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>1975</v>
-[...1 lines deleted...]
-      <c r="E104"/>
+        <v>2019</v>
+      </c>
+      <c r="E104">
+        <v>2021</v>
+      </c>
       <c r="F104" t="s">
-        <v>16</v>
+        <v>85</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>137</v>
       </c>
       <c r="B105" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C105"/>
-      <c r="D105"/>
+      <c r="D105">
+        <v>2021</v>
+      </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>138</v>
       </c>
       <c r="B106" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C106"/>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>139</v>
       </c>
       <c r="B107" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C107"/>
+        <v>11</v>
+      </c>
+      <c r="C107" t="s">
+        <v>140</v>
+      </c>
       <c r="D107">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="E107"/>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B108" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C108"/>
-      <c r="D108"/>
+      <c r="D108">
+        <v>1975</v>
+      </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>142</v>
       </c>
       <c r="B109" t="s">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="C109"/>
-      <c r="D109">
-[...1 lines deleted...]
-      </c>
+      <c r="D109"/>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B110" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C110"/>
+      <c r="D110"/>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B111" t="s">
-        <v>104</v>
+        <v>16</v>
       </c>
       <c r="C111"/>
-      <c r="D111"/>
-      <c r="E111"/>
+      <c r="D111">
+        <v>2019</v>
+      </c>
+      <c r="E111">
+        <v>2021</v>
+      </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B112" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="C112"/>
       <c r="D112"/>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B113" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C113"/>
-      <c r="D113"/>
+      <c r="D113">
+        <v>2004</v>
+      </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>148</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>149</v>
       </c>
       <c r="B114" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="D114"/>
+        <v>11</v>
+      </c>
+      <c r="C114" t="s">
+        <v>150</v>
+      </c>
+      <c r="D114">
+        <v>2019</v>
+      </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B115" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C115"/>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B116" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C116"/>
       <c r="D116"/>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117"/>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B118" t="s">
-        <v>104</v>
+        <v>8</v>
       </c>
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B119" t="s">
-        <v>8</v>
+        <v>109</v>
       </c>
       <c r="C119"/>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B120" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C120"/>
       <c r="D120"/>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121"/>
       <c r="D121"/>
       <c r="E121"/>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B122" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="C122"/>
       <c r="D122"/>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123"/>
       <c r="D123"/>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B124" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C124"/>
+      <c r="D124"/>
       <c r="E124"/>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B125" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C125"/>
+      <c r="D125"/>
       <c r="E125"/>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B126" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C126"/>
       <c r="D126"/>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B127" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C127"/>
+      <c r="D127"/>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B128" t="s">
         <v>11</v>
       </c>
       <c r="C128" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="D128">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>164</v>
+        <v>13</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>165</v>
       </c>
       <c r="B129" t="s">
         <v>11</v>
       </c>
       <c r="C129" t="s">
-        <v>135</v>
+        <v>90</v>
       </c>
       <c r="D129">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B130" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C130"/>
+      <c r="D130"/>
       <c r="E130"/>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B131" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="D131"/>
+        <v>11</v>
+      </c>
+      <c r="C131" t="s">
+        <v>140</v>
+      </c>
+      <c r="D131">
+        <v>2014</v>
+      </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B132" t="s">
         <v>11</v>
       </c>
       <c r="C132" t="s">
-        <v>171</v>
+        <v>140</v>
       </c>
       <c r="D132">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>18</v>
+        <v>169</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B133" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="D133"/>
+        <v>11</v>
+      </c>
+      <c r="C133" t="s">
+        <v>140</v>
+      </c>
+      <c r="D133">
+        <v>2011</v>
+      </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>13</v>
+        <v>171</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
+        <v>172</v>
+      </c>
+      <c r="B134" t="s">
+        <v>11</v>
+      </c>
+      <c r="C134" t="s">
         <v>173</v>
       </c>
-      <c r="B134" t="s">
-[...2 lines deleted...]
-      <c r="C134"/>
       <c r="D134">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="E134"/>
       <c r="F134" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>174</v>
       </c>
       <c r="B135" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="C135"/>
       <c r="D135"/>
       <c r="E135"/>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>175</v>
       </c>
       <c r="B136" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C136"/>
+        <v>11</v>
+      </c>
+      <c r="C136" t="s">
+        <v>176</v>
+      </c>
       <c r="D136">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="E136"/>
       <c r="F136" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B137" t="s">
-        <v>76</v>
+        <v>109</v>
       </c>
       <c r="C137"/>
-      <c r="D137">
-[...4 lines deleted...]
-      </c>
+      <c r="D137"/>
+      <c r="E137"/>
       <c r="F137" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>178</v>
       </c>
       <c r="B138" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C138"/>
-      <c r="D138"/>
-      <c r="E138"/>
+      <c r="D138">
+        <v>1999</v>
+      </c>
+      <c r="E138">
+        <v>2006</v>
+      </c>
       <c r="F138" t="s">
-        <v>177</v>
+        <v>56</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>179</v>
       </c>
       <c r="B139" t="s">
-        <v>8</v>
+        <v>109</v>
       </c>
       <c r="C139"/>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>180</v>
       </c>
       <c r="B140" t="s">
-        <v>104</v>
+        <v>16</v>
       </c>
       <c r="C140"/>
-      <c r="D140"/>
-      <c r="E140"/>
+      <c r="D140">
+        <v>1999</v>
+      </c>
+      <c r="E140">
+        <v>2007</v>
+      </c>
       <c r="F140" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>181</v>
       </c>
       <c r="B141" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C141" t="s">
+        <v>16</v>
+      </c>
+      <c r="C141"/>
+      <c r="D141">
+        <v>1999</v>
+      </c>
+      <c r="E141">
+        <v>2016</v>
+      </c>
+      <c r="F141" t="s">
         <v>182</v>
-      </c>
-[...5 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>183</v>
       </c>
       <c r="B142" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="C142"/>
+      <c r="D142"/>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B143" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C143"/>
+      <c r="D143"/>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>185</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>186</v>
       </c>
       <c r="B144" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C144"/>
+      <c r="D144"/>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>187</v>
       </c>
       <c r="B145" t="s">
         <v>11</v>
       </c>
       <c r="C145" t="s">
         <v>188</v>
       </c>
       <c r="D145">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
         <v>13</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>189</v>
       </c>
       <c r="B146" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="D146"/>
+        <v>11</v>
+      </c>
+      <c r="C146" t="s">
+        <v>190</v>
+      </c>
+      <c r="D146">
+        <v>2019</v>
+      </c>
       <c r="E146"/>
       <c r="F146" t="s">
         <v>13</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B147" t="s">
         <v>11</v>
       </c>
       <c r="C147" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="D147">
         <v>2019</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
         <v>13</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B148" t="s">
         <v>11</v>
       </c>
       <c r="C148" t="s">
-        <v>192</v>
+        <v>129</v>
       </c>
       <c r="D148">
         <v>2019</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
         <v>13</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="B149" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="D149"/>
+        <v>11</v>
+      </c>
+      <c r="C149" t="s">
+        <v>194</v>
+      </c>
+      <c r="D149">
+        <v>2019</v>
+      </c>
       <c r="E149"/>
       <c r="F149" t="s">
         <v>13</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B150" t="s">
-        <v>104</v>
+        <v>8</v>
       </c>
       <c r="C150"/>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150" t="s">
         <v>13</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B151" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="D151"/>
+        <v>11</v>
+      </c>
+      <c r="C151" t="s">
+        <v>21</v>
+      </c>
+      <c r="D151">
+        <v>2019</v>
+      </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>164</v>
+        <v>13</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B152" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="D152"/>
+        <v>11</v>
+      </c>
+      <c r="C152" t="s">
+        <v>198</v>
+      </c>
+      <c r="D152">
+        <v>2019</v>
+      </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>164</v>
+        <v>13</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B153" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C153"/>
       <c r="D153"/>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B154" t="s">
-        <v>8</v>
+        <v>109</v>
       </c>
       <c r="C154"/>
       <c r="D154"/>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B155" t="s">
-        <v>104</v>
+        <v>8</v>
       </c>
       <c r="C155"/>
       <c r="D155"/>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>199</v>
+        <v>169</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B156" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C156"/>
       <c r="D156"/>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>13</v>
+        <v>169</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B157" t="s">
-        <v>104</v>
+        <v>8</v>
       </c>
       <c r="C157"/>
       <c r="D157"/>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B158" t="s">
-        <v>104</v>
+        <v>8</v>
       </c>
       <c r="C158"/>
       <c r="D158"/>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>203</v>
+        <v>56</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>204</v>
       </c>
       <c r="B159" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="C159"/>
       <c r="D159"/>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>80</v>
+        <v>205</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B160" t="s">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="C160"/>
-      <c r="D160">
-[...4 lines deleted...]
-      </c>
+      <c r="D160"/>
+      <c r="E160"/>
       <c r="F160" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B161" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C161"/>
+      <c r="D161"/>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>166</v>
+        <v>30</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B162" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C162"/>
+      <c r="D162"/>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>166</v>
+        <v>85</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B163" t="s">
-        <v>76</v>
+        <v>109</v>
       </c>
       <c r="C163"/>
-      <c r="D163">
-[...4 lines deleted...]
-      </c>
+      <c r="D163"/>
+      <c r="E163"/>
       <c r="F163" t="s">
-        <v>50</v>
+        <v>210</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B164" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C164"/>
       <c r="D164"/>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>203</v>
+        <v>85</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B165" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C165"/>
       <c r="D165">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="E165"/>
+        <v>1999</v>
+      </c>
+      <c r="E165">
+        <v>2015</v>
+      </c>
       <c r="F165" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B166" t="s">
         <v>11</v>
       </c>
       <c r="C166" t="s">
-        <v>124</v>
+        <v>198</v>
       </c>
       <c r="D166">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>171</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B167" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="D167"/>
+        <v>11</v>
+      </c>
+      <c r="C167" t="s">
+        <v>150</v>
+      </c>
+      <c r="D167">
+        <v>2011</v>
+      </c>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>13</v>
+        <v>171</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B168" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="C168"/>
-      <c r="D168"/>
-      <c r="E168"/>
+      <c r="D168">
+        <v>1999</v>
+      </c>
+      <c r="E168">
+        <v>2007</v>
+      </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169"/>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>50</v>
+        <v>210</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B170" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="D170"/>
+        <v>11</v>
+      </c>
+      <c r="C170" t="s">
+        <v>188</v>
+      </c>
+      <c r="D170">
+        <v>2018</v>
+      </c>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B171" t="s">
         <v>11</v>
       </c>
       <c r="C171" t="s">
-        <v>216</v>
+        <v>129</v>
       </c>
       <c r="D171">
-        <v>2006</v>
+        <v>2019</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172"/>
       <c r="D172"/>
       <c r="E172"/>
       <c r="F172" t="s">
         <v>13</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>218</v>
       </c>
       <c r="B173" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C173"/>
+      <c r="D173"/>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
         <v>220</v>
       </c>
       <c r="B174" t="s">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="C174"/>
-      <c r="D174">
-[...1 lines deleted...]
-      </c>
+      <c r="D174"/>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>221</v>
       </c>
       <c r="B175" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C175"/>
       <c r="D175"/>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>166</v>
+        <v>24</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>222</v>
       </c>
       <c r="B176" t="s">
         <v>11</v>
       </c>
       <c r="C176" t="s">
-        <v>188</v>
+        <v>223</v>
       </c>
       <c r="D176">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B177" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C177"/>
+      <c r="D177"/>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>225</v>
       </c>
       <c r="B178" t="s">
         <v>11</v>
       </c>
       <c r="C178" t="s">
-        <v>124</v>
+        <v>226</v>
       </c>
       <c r="D178">
         <v>2018</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B179" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="C179"/>
-      <c r="D179"/>
+      <c r="D179">
+        <v>2018</v>
+      </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B180" t="s">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="C180"/>
-      <c r="D180">
-[...1 lines deleted...]
-      </c>
+      <c r="D180"/>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B181" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C181"/>
-      <c r="D181">
-[...1 lines deleted...]
-      </c>
+      <c r="D181"/>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B182" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="D182"/>
+        <v>11</v>
+      </c>
+      <c r="C182" t="s">
+        <v>194</v>
+      </c>
+      <c r="D182">
+        <v>2018</v>
+      </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>230</v>
+        <v>30</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>231</v>
       </c>
       <c r="B183" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C183"/>
+        <v>11</v>
+      </c>
+      <c r="C183" t="s">
+        <v>12</v>
+      </c>
       <c r="D183">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>230</v>
+        <v>30</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
         <v>232</v>
       </c>
       <c r="B184" t="s">
         <v>11</v>
       </c>
       <c r="C184" t="s">
-        <v>61</v>
+        <v>129</v>
       </c>
       <c r="D184">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>230</v>
+        <v>30</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>233</v>
       </c>
       <c r="B185" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C185"/>
+      <c r="D185"/>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>166</v>
+        <v>30</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>234</v>
       </c>
       <c r="B186" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="C186"/>
       <c r="D186">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>235</v>
+        <v>30</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B187" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="C187"/>
       <c r="D187">
         <v>2018</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>237</v>
+        <v>30</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B188" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C188"/>
-      <c r="D188">
-[...4 lines deleted...]
-      </c>
+      <c r="D188"/>
+      <c r="E188"/>
       <c r="F188" t="s">
-        <v>30</v>
+        <v>237</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B189" t="s">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="C189"/>
-      <c r="D189">
-[...4 lines deleted...]
-      </c>
+      <c r="D189"/>
+      <c r="E189"/>
       <c r="F189" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B190" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="C190"/>
       <c r="D190">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="E190"/>
       <c r="F190" t="s">
         <v>237</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="B191" t="s">
         <v>11</v>
       </c>
       <c r="C191" t="s">
-        <v>124</v>
+        <v>67</v>
       </c>
       <c r="D191">
         <v>2016</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>43</v>
+        <v>237</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B192" t="s">
         <v>11</v>
       </c>
       <c r="C192" t="s">
-        <v>124</v>
+        <v>176</v>
       </c>
       <c r="D192">
-        <v>2014</v>
+        <v>2003</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>50</v>
+        <v>171</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B193" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C193"/>
       <c r="D193">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>43</v>
+        <v>242</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B194" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C194"/>
       <c r="D194">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B195" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C195"/>
       <c r="D195">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="E195"/>
+        <v>1999</v>
+      </c>
+      <c r="E195">
+        <v>2015</v>
+      </c>
       <c r="F195" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B196" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C196"/>
       <c r="D196">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="E196"/>
+        <v>1999</v>
+      </c>
+      <c r="E196">
+        <v>2013</v>
+      </c>
       <c r="F196" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B197" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C197"/>
       <c r="D197">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E197"/>
+        <v>1999</v>
+      </c>
+      <c r="E197">
+        <v>2011</v>
+      </c>
       <c r="F197" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B198" t="s">
         <v>11</v>
       </c>
       <c r="C198" t="s">
-        <v>61</v>
+        <v>248</v>
       </c>
       <c r="D198">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
+        <v>249</v>
+      </c>
+      <c r="B199" t="s">
+        <v>11</v>
+      </c>
+      <c r="C199" t="s">
         <v>248</v>
       </c>
-      <c r="B199" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D199">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B200" t="s">
         <v>11</v>
       </c>
       <c r="C200" t="s">
-        <v>250</v>
+        <v>67</v>
       </c>
       <c r="D200">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
         <v>251</v>
       </c>
       <c r="B201" t="s">
         <v>11</v>
       </c>
       <c r="C201" t="s">
-        <v>61</v>
+        <v>252</v>
       </c>
       <c r="D201">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B202" t="s">
         <v>11</v>
       </c>
       <c r="C202" t="s">
-        <v>61</v>
+        <v>129</v>
       </c>
       <c r="D202">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B203" t="s">
         <v>11</v>
       </c>
       <c r="C203" t="s">
-        <v>124</v>
+        <v>67</v>
       </c>
       <c r="D203">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>13</v>
+        <v>237</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>42</v>
+        <v>255</v>
       </c>
       <c r="B204" t="s">
         <v>11</v>
       </c>
       <c r="C204" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D204">
         <v>2016</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>43</v>
+        <v>182</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B205" t="s">
         <v>11</v>
       </c>
       <c r="C205" t="s">
-        <v>171</v>
+        <v>23</v>
       </c>
       <c r="D205">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B206" t="s">
         <v>11</v>
       </c>
       <c r="C206" t="s">
-        <v>61</v>
+        <v>129</v>
       </c>
       <c r="D206">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E206"/>
       <c r="F206" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B207" t="s">
         <v>11</v>
       </c>
       <c r="C207" t="s">
-        <v>171</v>
+        <v>129</v>
       </c>
       <c r="D207">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B208" t="s">
         <v>11</v>
       </c>
       <c r="C208" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D208">
         <v>2017</v>
       </c>
       <c r="E208"/>
       <c r="F208" t="s">
-        <v>259</v>
+        <v>13</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B209" t="s">
         <v>11</v>
       </c>
       <c r="C209" t="s">
-        <v>254</v>
+        <v>129</v>
       </c>
       <c r="D209">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B210" t="s">
         <v>11</v>
       </c>
       <c r="C210" t="s">
-        <v>124</v>
+        <v>67</v>
       </c>
       <c r="D210">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
-        <v>166</v>
+        <v>56</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="B211" t="s">
         <v>11</v>
       </c>
       <c r="C211" t="s">
-        <v>171</v>
+        <v>21</v>
       </c>
       <c r="D211">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E211"/>
       <c r="F211" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="B212" t="s">
         <v>11</v>
       </c>
       <c r="C212" t="s">
-        <v>61</v>
+        <v>129</v>
       </c>
       <c r="D212">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="B213" t="s">
         <v>11</v>
       </c>
       <c r="C213" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="D213">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B214" t="s">
         <v>11</v>
       </c>
       <c r="C214" t="s">
-        <v>264</v>
+        <v>176</v>
       </c>
       <c r="D214">
-        <v>1997</v>
+        <v>2017</v>
       </c>
       <c r="E214"/>
       <c r="F214" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B215" t="s">
         <v>11</v>
       </c>
       <c r="C215" t="s">
-        <v>267</v>
+        <v>67</v>
       </c>
       <c r="D215">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>177</v>
+        <v>49</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="B216" t="s">
         <v>11</v>
       </c>
       <c r="C216" t="s">
-        <v>254</v>
+        <v>67</v>
       </c>
       <c r="D216">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B217" t="s">
         <v>11</v>
       </c>
       <c r="C217" t="s">
-        <v>224</v>
+        <v>270</v>
       </c>
       <c r="D217">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B218" t="s">
         <v>11</v>
       </c>
       <c r="C218" t="s">
-        <v>254</v>
+        <v>176</v>
       </c>
       <c r="D218">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B219" t="s">
         <v>11</v>
       </c>
       <c r="C219" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="D219">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>177</v>
+        <v>30</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B220" t="s">
         <v>11</v>
       </c>
       <c r="C220" t="s">
-        <v>254</v>
+        <v>67</v>
       </c>
       <c r="D220">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>272</v>
+        <v>48</v>
       </c>
       <c r="B221" t="s">
         <v>11</v>
       </c>
       <c r="C221" t="s">
-        <v>273</v>
+        <v>248</v>
       </c>
       <c r="D221">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>274</v>
       </c>
       <c r="B222" t="s">
         <v>11</v>
       </c>
       <c r="C222" t="s">
-        <v>254</v>
+        <v>176</v>
       </c>
       <c r="D222">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>275</v>
       </c>
       <c r="B223" t="s">
         <v>11</v>
       </c>
       <c r="C223" t="s">
-        <v>276</v>
+        <v>248</v>
       </c>
       <c r="D223">
         <v>2016</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>177</v>
+        <v>30</v>
       </c>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B224" t="s">
         <v>11</v>
       </c>
       <c r="C224" t="s">
-        <v>273</v>
+        <v>67</v>
       </c>
       <c r="D224">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E224"/>
       <c r="F224" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="B225" t="s">
         <v>11</v>
       </c>
       <c r="C225" t="s">
-        <v>61</v>
+        <v>248</v>
       </c>
       <c r="D225">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E225"/>
       <c r="F225" t="s">
-        <v>230</v>
+        <v>49</v>
       </c>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B226" t="s">
         <v>11</v>
       </c>
       <c r="C226" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D226">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E226"/>
       <c r="F226" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B227" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="D227"/>
+        <v>11</v>
+      </c>
+      <c r="C227" t="s">
+        <v>279</v>
+      </c>
+      <c r="D227">
+        <v>1997</v>
+      </c>
       <c r="E227"/>
       <c r="F227" t="s">
-        <v>166</v>
+        <v>280</v>
       </c>
       <c r="G227"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="B228" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="D228"/>
+        <v>11</v>
+      </c>
+      <c r="C228" t="s">
+        <v>67</v>
+      </c>
+      <c r="D228">
+        <v>2014</v>
+      </c>
       <c r="E228"/>
       <c r="F228" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>251</v>
+        <v>276</v>
       </c>
       <c r="B229" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="D229"/>
+        <v>11</v>
+      </c>
+      <c r="C229" t="s">
+        <v>248</v>
+      </c>
+      <c r="D229">
+        <v>2015</v>
+      </c>
       <c r="E229"/>
       <c r="F229" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B230" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="D230"/>
+        <v>11</v>
+      </c>
+      <c r="C230" t="s">
+        <v>129</v>
+      </c>
+      <c r="D230">
+        <v>2011</v>
+      </c>
       <c r="E230"/>
       <c r="F230" t="s">
-        <v>57</v>
+        <v>171</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
+        <v>282</v>
+      </c>
+      <c r="B231" t="s">
+        <v>11</v>
+      </c>
+      <c r="C231" t="s">
         <v>252</v>
       </c>
-      <c r="B231" t="s">
-[...3 lines deleted...]
-      <c r="D231"/>
+      <c r="D231">
+        <v>2011</v>
+      </c>
       <c r="E231"/>
       <c r="F231" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>248</v>
+        <v>283</v>
       </c>
       <c r="B232" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="D232"/>
+        <v>11</v>
+      </c>
+      <c r="C232" t="s">
+        <v>284</v>
+      </c>
+      <c r="D232">
+        <v>2016</v>
+      </c>
       <c r="E232"/>
       <c r="F232" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>261</v>
+        <v>285</v>
       </c>
       <c r="B233" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="D233"/>
+        <v>11</v>
+      </c>
+      <c r="C233" t="s">
+        <v>67</v>
+      </c>
+      <c r="D233">
+        <v>2014</v>
+      </c>
       <c r="E233"/>
       <c r="F233" t="s">
-        <v>166</v>
+        <v>63</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B234" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C234"/>
       <c r="D234"/>
       <c r="E234"/>
       <c r="F234" t="s">
-        <v>47</v>
+        <v>171</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="B235" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C235"/>
       <c r="D235"/>
       <c r="E235"/>
       <c r="F235" t="s">
-        <v>285</v>
+        <v>56</v>
       </c>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>286</v>
+        <v>253</v>
       </c>
       <c r="B236" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C236"/>
       <c r="D236"/>
       <c r="E236"/>
       <c r="F236" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>287</v>
       </c>
       <c r="B237" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C237"/>
       <c r="D237"/>
       <c r="E237"/>
       <c r="F237" t="s">
-        <v>230</v>
+        <v>53</v>
       </c>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
         <v>288</v>
       </c>
       <c r="B238" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C238"/>
       <c r="D238"/>
       <c r="E238"/>
       <c r="F238" t="s">
-        <v>43</v>
+        <v>237</v>
       </c>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>244</v>
+        <v>289</v>
       </c>
       <c r="B239" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C239"/>
       <c r="D239"/>
       <c r="E239"/>
       <c r="F239" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>245</v>
+        <v>264</v>
       </c>
       <c r="B240" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C240"/>
       <c r="D240"/>
       <c r="E240"/>
       <c r="F240" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>246</v>
+        <v>267</v>
       </c>
       <c r="B241" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C241"/>
       <c r="D241"/>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="B242" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C242"/>
       <c r="D242"/>
       <c r="E242"/>
       <c r="F242" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>252</v>
+        <v>290</v>
       </c>
       <c r="B243" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C243"/>
       <c r="D243"/>
       <c r="E243"/>
       <c r="F243" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="B244" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C244"/>
-      <c r="D244">
-[...4 lines deleted...]
-      </c>
+      <c r="D244"/>
+      <c r="E244"/>
       <c r="F244" t="s">
-        <v>290</v>
+        <v>63</v>
       </c>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>291</v>
+        <v>250</v>
       </c>
       <c r="B245" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C245"/>
-      <c r="D245">
-[...1 lines deleted...]
-      </c>
+      <c r="D245"/>
       <c r="E245"/>
       <c r="F245" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B246" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C246"/>
-      <c r="D246">
-[...1 lines deleted...]
-      </c>
+      <c r="D246"/>
       <c r="E246"/>
       <c r="F246" t="s">
-        <v>293</v>
+        <v>63</v>
       </c>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>294</v>
+        <v>250</v>
       </c>
       <c r="B247" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C247"/>
-      <c r="D247">
-[...1 lines deleted...]
-      </c>
+      <c r="D247"/>
       <c r="E247"/>
       <c r="F247" t="s">
-        <v>166</v>
+        <v>63</v>
       </c>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>295</v>
+        <v>281</v>
       </c>
       <c r="B248" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C248"/>
-      <c r="D248">
-[...4 lines deleted...]
-      </c>
+      <c r="D248"/>
+      <c r="E248"/>
       <c r="F248" t="s">
-        <v>296</v>
+        <v>171</v>
       </c>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="B249" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C249"/>
-      <c r="D249">
-[...1 lines deleted...]
-      </c>
+      <c r="D249"/>
       <c r="E249"/>
-      <c r="F249"/>
+      <c r="F249" t="s">
+        <v>56</v>
+      </c>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="B250" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C250"/>
-      <c r="D250">
-[...1 lines deleted...]
-      </c>
+      <c r="D250"/>
       <c r="E250"/>
       <c r="F250" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="G250"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="B251" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="C251"/>
       <c r="D251">
-        <v>2016</v>
-[...2 lines deleted...]
-      <c r="F251"/>
+        <v>1973</v>
+      </c>
+      <c r="E251">
+        <v>1975</v>
+      </c>
+      <c r="F251" t="s">
+        <v>296</v>
+      </c>
       <c r="G251"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="B252" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="C252"/>
       <c r="D252">
         <v>2004</v>
       </c>
       <c r="E252"/>
       <c r="F252" t="s">
-        <v>285</v>
+        <v>298</v>
       </c>
       <c r="G252"/>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B253" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="C253"/>
       <c r="D253">
         <v>2014</v>
       </c>
       <c r="E253"/>
       <c r="F253" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G253"/>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B254" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="C254"/>
       <c r="D254">
+        <v>2006</v>
+      </c>
+      <c r="E254">
         <v>2014</v>
       </c>
-      <c r="E254"/>
       <c r="F254" t="s">
-        <v>50</v>
+        <v>301</v>
       </c>
       <c r="G254"/>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B255" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="C255"/>
       <c r="D255">
-        <v>2005</v>
+        <v>1977</v>
       </c>
       <c r="E255"/>
       <c r="F255" t="s">
-        <v>235</v>
+        <v>303</v>
       </c>
       <c r="G255"/>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B256" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C256"/>
-      <c r="D256"/>
+      <c r="D256">
+        <v>2013</v>
+      </c>
       <c r="E256"/>
       <c r="F256" t="s">
-        <v>166</v>
+        <v>9</v>
       </c>
       <c r="G256"/>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B257" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C257"/>
-      <c r="D257"/>
+      <c r="D257">
+        <v>2016</v>
+      </c>
       <c r="E257"/>
       <c r="F257" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G257"/>
+    </row>
+    <row r="258" spans="1:7">
+      <c r="A258" t="s">
+        <v>306</v>
+      </c>
+      <c r="B258" t="s">
+        <v>16</v>
+      </c>
+      <c r="C258"/>
+      <c r="D258">
+        <v>2005</v>
+      </c>
+      <c r="E258"/>
+      <c r="F258" t="s">
+        <v>242</v>
+      </c>
+      <c r="G258"/>
+    </row>
+    <row r="259" spans="1:7">
+      <c r="A259" t="s">
+        <v>307</v>
+      </c>
+      <c r="B259" t="s">
+        <v>16</v>
+      </c>
+      <c r="C259"/>
+      <c r="D259">
+        <v>2011</v>
+      </c>
+      <c r="E259"/>
+      <c r="F259" t="s">
+        <v>171</v>
+      </c>
+      <c r="G259"/>
+    </row>
+    <row r="260" spans="1:7">
+      <c r="A260" t="s">
+        <v>308</v>
+      </c>
+      <c r="B260" t="s">
+        <v>16</v>
+      </c>
+      <c r="C260"/>
+      <c r="D260">
+        <v>2014</v>
+      </c>
+      <c r="E260">
+        <v>2018</v>
+      </c>
+      <c r="F260" t="s">
+        <v>309</v>
+      </c>
+      <c r="G260"/>
+    </row>
+    <row r="261" spans="1:7">
+      <c r="A261" t="s">
+        <v>310</v>
+      </c>
+      <c r="B261" t="s">
+        <v>16</v>
+      </c>
+      <c r="C261"/>
+      <c r="D261">
+        <v>2010</v>
+      </c>
+      <c r="E261"/>
+      <c r="F261"/>
+      <c r="G261"/>
+    </row>
+    <row r="262" spans="1:7">
+      <c r="A262" t="s">
+        <v>311</v>
+      </c>
+      <c r="B262" t="s">
+        <v>16</v>
+      </c>
+      <c r="C262"/>
+      <c r="D262">
+        <v>2014</v>
+      </c>
+      <c r="E262"/>
+      <c r="F262" t="s">
+        <v>56</v>
+      </c>
+      <c r="G262"/>
+    </row>
+    <row r="263" spans="1:7">
+      <c r="A263" t="s">
+        <v>312</v>
+      </c>
+      <c r="B263" t="s">
+        <v>16</v>
+      </c>
+      <c r="C263"/>
+      <c r="D263">
+        <v>2004</v>
+      </c>
+      <c r="E263"/>
+      <c r="F263" t="s">
+        <v>294</v>
+      </c>
+      <c r="G263"/>
+    </row>
+    <row r="264" spans="1:7">
+      <c r="A264" t="s">
+        <v>313</v>
+      </c>
+      <c r="B264" t="s">
+        <v>8</v>
+      </c>
+      <c r="C264"/>
+      <c r="D264"/>
+      <c r="E264"/>
+      <c r="F264" t="s">
+        <v>171</v>
+      </c>
+      <c r="G264"/>
+    </row>
+    <row r="265" spans="1:7">
+      <c r="A265" t="s">
+        <v>314</v>
+      </c>
+      <c r="B265" t="s">
+        <v>8</v>
+      </c>
+      <c r="C265"/>
+      <c r="D265"/>
+      <c r="E265"/>
+      <c r="F265" t="s">
+        <v>13</v>
+      </c>
+      <c r="G265"/>
+    </row>
+    <row r="266" spans="1:7">
+      <c r="A266" t="s">
+        <v>315</v>
+      </c>
+      <c r="B266" t="s">
+        <v>8</v>
+      </c>
+      <c r="C266"/>
+      <c r="D266"/>
+      <c r="E266"/>
+      <c r="F266" t="s">
+        <v>53</v>
+      </c>
+      <c r="G266"/>
+    </row>
+    <row r="267" spans="1:7">
+      <c r="A267" t="s">
+        <v>316</v>
+      </c>
+      <c r="B267" t="s">
+        <v>8</v>
+      </c>
+      <c r="C267"/>
+      <c r="D267"/>
+      <c r="E267"/>
+      <c r="F267" t="s">
+        <v>49</v>
+      </c>
+      <c r="G267"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">