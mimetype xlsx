--- v1 (2025-12-11)
+++ v2 (2026-01-19)
@@ -755,246 +755,246 @@
   <si>
     <t>Tortilla de Patatas</t>
   </si>
   <si>
     <t>Moscow Art Magazine 50 nº3</t>
   </si>
   <si>
     <t>공간 (space)</t>
   </si>
   <si>
     <t>Corea del Sur</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
+    <t>404 object not found</t>
+  </si>
+  <si>
+    <t>Muntadas Video Works</t>
+  </si>
+  <si>
+    <t>Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
+  </si>
+  <si>
+    <t>Tomorrow</t>
+  </si>
+  <si>
+    <t>World Art 2017/3</t>
+  </si>
+  <si>
+    <t>Shijiazhuang</t>
+  </si>
+  <si>
+    <t>Connecting Worlds</t>
+  </si>
+  <si>
+    <t>La sombra del habla. Colección MACBA</t>
+  </si>
+  <si>
+    <t>ON GLOBAL ART PRACTICE Catalog</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Article. A journal of contemporary art. August 2012 issue #13</t>
+  </si>
+  <si>
+    <t>Muntadas: Working in progress</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
+    <t>Taipei Biennal. Great Theatre of the World.</t>
+  </si>
+  <si>
+    <t>Article. A journal of contemporary art. September 2014 issue #38</t>
+  </si>
+  <si>
+    <t>Project and Protocols. A Lecture by Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Projects and Protocols. Muntadas. July 28 Tuesday 2015</t>
+  </si>
+  <si>
+    <t>Muntadas [Asian Protocols]</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum (japonés)</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Horiko</t>
+  </si>
+  <si>
+    <t>Melancholy in Progress- 2012 The 3rd Taiwan internatinal Video Art Exhibition</t>
+  </si>
+  <si>
+    <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ</t>
+  </si>
+  <si>
+    <t>Dialogues on Public Space. Total Museum Press. MIT</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
+  </si>
+  <si>
+    <t>Charla, Flyer</t>
+  </si>
+  <si>
+    <t>Melancholy in Progress- 2012 The 3rd Taiwan International Video Art Exhibition. Symposium and essays.</t>
+  </si>
+  <si>
     <t>Tokyo Wonder Site Residency. Open Studio 2015-2016. 18/7/2015</t>
   </si>
   <si>
-    <t>Charla</t>
-[...1 lines deleted...]
-  <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Póster]</t>
   </si>
   <si>
-    <t>Melancholy in Progress- 2012 The 3rd Taiwan internatinal Video Art Exhibition</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas: Spaces, Sites, Situations</t>
   </si>
   <si>
-    <t>Taller</t>
-[...4 lines deleted...]
-  <si>
     <t>Nostalgia is an Extended Feedback</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
   </si>
   <si>
     <t>Charla, Invitación, Programa de evento</t>
   </si>
   <si>
     <t>Asian Protocols. Protocolos asiáticos. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea [Folleto]</t>
   </si>
   <si>
     <t>Muntadas Video Works [Opúsculo]</t>
   </si>
   <si>
     <t>Muntadas: Asian Protocols</t>
   </si>
   <si>
     <t>Art China 7 September 2017</t>
   </si>
   <si>
     <t>Round-table transcripts. Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
   </si>
   <si>
-    <t>404 object not found</t>
-[...70 lines deleted...]
-  <si>
     <t>Daria Pyrkina</t>
   </si>
   <si>
+    <t>Melancholy in Progress- 2012 The 3rd Taiwan internatinal Video Art Exhibition.Symposium and essays</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Korea</t>
+  </si>
+  <si>
+    <t>Gwangju Biennale</t>
+  </si>
+  <si>
+    <t>Gwangju</t>
+  </si>
+  <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Nostalgia is an extended Feedback</t>
   </si>
   <si>
     <t>Asian Protocols: Japan</t>
   </si>
   <si>
     <t>España: Nuevas Culturas Urbanas</t>
   </si>
   <si>
-    <t>Melancholy in Progress- 2012 The 3rd Taiwan internatinal Video Art Exhibition.Symposium and essays</t>
-[...8 lines deleted...]
-    <t>Gwangju</t>
+    <t>Asian Protocols: Fragments</t>
+  </si>
+  <si>
+    <t>On Translation: Pille</t>
+  </si>
+  <si>
+    <t>China, Seúl, Japón</t>
+  </si>
+  <si>
+    <t>The Last Ten Minutes II</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
+    <t>On Translation: Go Round</t>
+  </si>
+  <si>
+    <t>On Translation: Abroad</t>
+  </si>
+  <si>
+    <t>On Translation: Listening</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By: Moscow</t>
+  </si>
+  <si>
+    <t>Blackboard Dialog: Redefining Asian Protocols</t>
+  </si>
+  <si>
+    <t>Tokio, Seúl, Beijing</t>
+  </si>
+  <si>
+    <t>Double Exposure: TK-SL</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Cartographies</t>
+  </si>
+  <si>
+    <t>On Translation: Two Spaces</t>
   </si>
   <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
   <si>
     <t>On Translation: On View</t>
   </si>
   <si>
     <t>Japón</t>
-  </si>
-[...40 lines deleted...]
-    <t>On Translation: Two Spaces</t>
   </si>
   <si>
     <t>National Centre for Contemporary Arts</t>
   </si>
   <si>
     <t>OCAT Shanghai</t>
   </si>
   <si>
     <t>Yokohama Portside Gallery</t>
   </si>
   <si>
     <t>3331 Arts Chiyoda</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4516,1203 +4516,1203 @@
         <v>246</v>
       </c>
       <c r="B197" t="s">
         <v>16</v>
       </c>
       <c r="C197"/>
       <c r="D197">
         <v>1999</v>
       </c>
       <c r="E197">
         <v>2011</v>
       </c>
       <c r="F197" t="s">
         <v>17</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>247</v>
       </c>
       <c r="B198" t="s">
         <v>11</v>
       </c>
       <c r="C198" t="s">
-        <v>248</v>
+        <v>67</v>
       </c>
       <c r="D198">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B199" t="s">
         <v>11</v>
       </c>
       <c r="C199" t="s">
-        <v>248</v>
+        <v>21</v>
       </c>
       <c r="D199">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>182</v>
+        <v>13</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B200" t="s">
         <v>11</v>
       </c>
       <c r="C200" t="s">
-        <v>67</v>
+        <v>129</v>
       </c>
       <c r="D200">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B201" t="s">
         <v>11</v>
       </c>
       <c r="C201" t="s">
-        <v>252</v>
+        <v>67</v>
       </c>
       <c r="D201">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B202" t="s">
         <v>11</v>
       </c>
       <c r="C202" t="s">
-        <v>129</v>
+        <v>176</v>
       </c>
       <c r="D202">
         <v>2017</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>13</v>
+        <v>252</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B203" t="s">
         <v>11</v>
       </c>
       <c r="C203" t="s">
         <v>67</v>
       </c>
       <c r="D203">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>237</v>
+        <v>49</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B204" t="s">
         <v>11</v>
       </c>
       <c r="C204" t="s">
-        <v>256</v>
+        <v>67</v>
       </c>
       <c r="D204">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>182</v>
+        <v>56</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B205" t="s">
         <v>11</v>
       </c>
       <c r="C205" t="s">
-        <v>23</v>
+        <v>256</v>
       </c>
       <c r="D205">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
         <v>49</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B206" t="s">
         <v>11</v>
       </c>
       <c r="C206" t="s">
-        <v>129</v>
+        <v>176</v>
       </c>
       <c r="D206">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E206"/>
       <c r="F206" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
+        <v>258</v>
+      </c>
+      <c r="B207" t="s">
+        <v>11</v>
+      </c>
+      <c r="C207" t="s">
         <v>259</v>
       </c>
-      <c r="B207" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D207">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
         <v>260</v>
       </c>
       <c r="B208" t="s">
         <v>11</v>
       </c>
       <c r="C208" t="s">
-        <v>176</v>
+        <v>67</v>
       </c>
       <c r="D208">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E208"/>
       <c r="F208" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>261</v>
+        <v>48</v>
       </c>
       <c r="B209" t="s">
         <v>11</v>
       </c>
       <c r="C209" t="s">
-        <v>129</v>
+        <v>259</v>
       </c>
       <c r="D209">
         <v>2016</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
         <v>49</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B210" t="s">
         <v>11</v>
       </c>
       <c r="C210" t="s">
-        <v>67</v>
+        <v>176</v>
       </c>
       <c r="D210">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
         <v>56</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="B211" t="s">
         <v>11</v>
       </c>
       <c r="C211" t="s">
-        <v>21</v>
+        <v>259</v>
       </c>
       <c r="D211">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E211"/>
       <c r="F211" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B212" t="s">
         <v>11</v>
       </c>
       <c r="C212" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="D212">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B213" t="s">
         <v>11</v>
       </c>
       <c r="C213" t="s">
-        <v>67</v>
+        <v>259</v>
       </c>
       <c r="D213">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B214" t="s">
         <v>11</v>
       </c>
       <c r="C214" t="s">
-        <v>176</v>
+        <v>12</v>
       </c>
       <c r="D214">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E214"/>
       <c r="F214" t="s">
-        <v>266</v>
+        <v>56</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B215" t="s">
         <v>11</v>
       </c>
       <c r="C215" t="s">
-        <v>67</v>
+        <v>266</v>
       </c>
       <c r="D215">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>49</v>
+        <v>267</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>268</v>
       </c>
       <c r="B216" t="s">
         <v>11</v>
       </c>
       <c r="C216" t="s">
         <v>67</v>
       </c>
       <c r="D216">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="B217" t="s">
         <v>11</v>
       </c>
       <c r="C217" t="s">
-        <v>270</v>
+        <v>259</v>
       </c>
       <c r="D217">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
         <v>49</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B218" t="s">
         <v>11</v>
       </c>
       <c r="C218" t="s">
-        <v>176</v>
+        <v>129</v>
       </c>
       <c r="D218">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>56</v>
+        <v>171</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B219" t="s">
         <v>11</v>
       </c>
       <c r="C219" t="s">
-        <v>248</v>
+        <v>271</v>
       </c>
       <c r="D219">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
+        <v>272</v>
+      </c>
+      <c r="B220" t="s">
+        <v>11</v>
+      </c>
+      <c r="C220" t="s">
         <v>273</v>
       </c>
-      <c r="B220" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D220">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>63</v>
+        <v>182</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>48</v>
+        <v>274</v>
       </c>
       <c r="B221" t="s">
         <v>11</v>
       </c>
       <c r="C221" t="s">
-        <v>248</v>
+        <v>67</v>
       </c>
       <c r="D221">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B222" t="s">
         <v>11</v>
       </c>
       <c r="C222" t="s">
-        <v>176</v>
+        <v>259</v>
       </c>
       <c r="D222">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B223" t="s">
         <v>11</v>
       </c>
       <c r="C223" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="D223">
         <v>2016</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>30</v>
+        <v>182</v>
       </c>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="B224" t="s">
         <v>11</v>
       </c>
       <c r="C224" t="s">
         <v>67</v>
       </c>
       <c r="D224">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="E224"/>
       <c r="F224" t="s">
         <v>63</v>
       </c>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B225" t="s">
         <v>11</v>
       </c>
       <c r="C225" t="s">
-        <v>248</v>
+        <v>271</v>
       </c>
       <c r="D225">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="E225"/>
       <c r="F225" t="s">
         <v>49</v>
       </c>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>277</v>
+        <v>248</v>
       </c>
       <c r="B226" t="s">
         <v>11</v>
       </c>
       <c r="C226" t="s">
-        <v>12</v>
+        <v>129</v>
       </c>
       <c r="D226">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E226"/>
       <c r="F226" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
         <v>278</v>
       </c>
       <c r="B227" t="s">
         <v>11</v>
       </c>
       <c r="C227" t="s">
-        <v>279</v>
+        <v>67</v>
       </c>
       <c r="D227">
-        <v>1997</v>
+        <v>2013</v>
       </c>
       <c r="E227"/>
       <c r="F227" t="s">
-        <v>280</v>
+        <v>237</v>
       </c>
       <c r="G227"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>250</v>
+        <v>279</v>
       </c>
       <c r="B228" t="s">
         <v>11</v>
       </c>
       <c r="C228" t="s">
-        <v>67</v>
+        <v>280</v>
       </c>
       <c r="D228">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E228"/>
       <c r="F228" t="s">
-        <v>63</v>
+        <v>182</v>
       </c>
       <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="B229" t="s">
         <v>11</v>
       </c>
       <c r="C229" t="s">
-        <v>248</v>
+        <v>23</v>
       </c>
       <c r="D229">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E229"/>
       <c r="F229" t="s">
         <v>49</v>
       </c>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B230" t="s">
         <v>11</v>
       </c>
       <c r="C230" t="s">
         <v>129</v>
       </c>
       <c r="D230">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E230"/>
       <c r="F230" t="s">
-        <v>171</v>
+        <v>13</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B231" t="s">
         <v>11</v>
       </c>
       <c r="C231" t="s">
-        <v>252</v>
+        <v>129</v>
       </c>
       <c r="D231">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E231"/>
       <c r="F231" t="s">
         <v>56</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B232" t="s">
         <v>11</v>
       </c>
       <c r="C232" t="s">
-        <v>284</v>
+        <v>176</v>
       </c>
       <c r="D232">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E232"/>
       <c r="F232" t="s">
-        <v>182</v>
+        <v>13</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>285</v>
       </c>
       <c r="B233" t="s">
         <v>11</v>
       </c>
       <c r="C233" t="s">
-        <v>67</v>
+        <v>129</v>
       </c>
       <c r="D233">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E233"/>
       <c r="F233" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>286</v>
       </c>
       <c r="B234" t="s">
         <v>109</v>
       </c>
       <c r="C234"/>
       <c r="D234"/>
       <c r="E234"/>
       <c r="F234" t="s">
         <v>171</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="B235" t="s">
         <v>14</v>
       </c>
       <c r="C235"/>
       <c r="D235"/>
       <c r="E235"/>
       <c r="F235" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>253</v>
+        <v>287</v>
       </c>
       <c r="B236" t="s">
         <v>14</v>
       </c>
       <c r="C236"/>
       <c r="D236"/>
       <c r="E236"/>
       <c r="F236" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>287</v>
+        <v>268</v>
       </c>
       <c r="B237" t="s">
         <v>14</v>
       </c>
       <c r="C237"/>
       <c r="D237"/>
       <c r="E237"/>
       <c r="F237" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>288</v>
+        <v>269</v>
       </c>
       <c r="B238" t="s">
         <v>14</v>
       </c>
       <c r="C238"/>
       <c r="D238"/>
       <c r="E238"/>
       <c r="F238" t="s">
-        <v>237</v>
+        <v>171</v>
       </c>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B239" t="s">
         <v>14</v>
       </c>
       <c r="C239"/>
       <c r="D239"/>
       <c r="E239"/>
       <c r="F239" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>264</v>
+        <v>289</v>
       </c>
       <c r="B240" t="s">
         <v>14</v>
       </c>
       <c r="C240"/>
       <c r="D240"/>
       <c r="E240"/>
       <c r="F240" t="s">
-        <v>56</v>
+        <v>290</v>
       </c>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>267</v>
+        <v>247</v>
       </c>
       <c r="B241" t="s">
         <v>14</v>
       </c>
       <c r="C241"/>
       <c r="D241"/>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>268</v>
+        <v>248</v>
       </c>
       <c r="B242" t="s">
         <v>14</v>
       </c>
       <c r="C242"/>
       <c r="D242"/>
       <c r="E242"/>
       <c r="F242" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B243" t="s">
         <v>14</v>
       </c>
       <c r="C243"/>
       <c r="D243"/>
       <c r="E243"/>
       <c r="F243" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>273</v>
+        <v>292</v>
       </c>
       <c r="B244" t="s">
         <v>14</v>
       </c>
       <c r="C244"/>
       <c r="D244"/>
       <c r="E244"/>
       <c r="F244" t="s">
-        <v>63</v>
+        <v>237</v>
       </c>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>250</v>
+        <v>293</v>
       </c>
       <c r="B245" t="s">
         <v>14</v>
       </c>
       <c r="C245"/>
       <c r="D245"/>
       <c r="E245"/>
       <c r="F245" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>291</v>
+        <v>250</v>
       </c>
       <c r="B246" t="s">
         <v>14</v>
       </c>
       <c r="C246"/>
       <c r="D246"/>
       <c r="E246"/>
       <c r="F246" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B247" t="s">
         <v>14</v>
       </c>
       <c r="C247"/>
       <c r="D247"/>
       <c r="E247"/>
       <c r="F247" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>281</v>
+        <v>254</v>
       </c>
       <c r="B248" t="s">
         <v>14</v>
       </c>
       <c r="C248"/>
       <c r="D248"/>
       <c r="E248"/>
       <c r="F248" t="s">
-        <v>171</v>
+        <v>56</v>
       </c>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B249" t="s">
         <v>14</v>
       </c>
       <c r="C249"/>
       <c r="D249"/>
       <c r="E249"/>
       <c r="F249" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>293</v>
+        <v>260</v>
       </c>
       <c r="B250" t="s">
         <v>14</v>
       </c>
       <c r="C250"/>
       <c r="D250"/>
       <c r="E250"/>
       <c r="F250" t="s">
-        <v>294</v>
+        <v>63</v>
       </c>
       <c r="G250"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
         <v>295</v>
       </c>
       <c r="B251" t="s">
         <v>16</v>
       </c>
       <c r="C251"/>
       <c r="D251">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="E251"/>
       <c r="F251" t="s">
-        <v>296</v>
+        <v>56</v>
       </c>
       <c r="G251"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B252" t="s">
         <v>16</v>
       </c>
       <c r="C252"/>
       <c r="D252">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E252"/>
+        <v>2006</v>
+      </c>
+      <c r="E252">
+        <v>2014</v>
+      </c>
       <c r="F252" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="G252"/>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B253" t="s">
         <v>16</v>
       </c>
       <c r="C253"/>
       <c r="D253">
-        <v>2014</v>
+        <v>1977</v>
       </c>
       <c r="E253"/>
       <c r="F253" t="s">
-        <v>56</v>
+        <v>299</v>
       </c>
       <c r="G253"/>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
         <v>300</v>
       </c>
       <c r="B254" t="s">
         <v>16</v>
       </c>
       <c r="C254"/>
       <c r="D254">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="E254"/>
       <c r="F254" t="s">
-        <v>301</v>
+        <v>9</v>
       </c>
       <c r="G254"/>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B255" t="s">
         <v>16</v>
       </c>
       <c r="C255"/>
       <c r="D255">
-        <v>1977</v>
+        <v>2016</v>
       </c>
       <c r="E255"/>
       <c r="F255" t="s">
-        <v>303</v>
+        <v>49</v>
       </c>
       <c r="G255"/>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B256" t="s">
         <v>16</v>
       </c>
       <c r="C256"/>
       <c r="D256">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="E256"/>
       <c r="F256" t="s">
-        <v>9</v>
+        <v>242</v>
       </c>
       <c r="G256"/>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B257" t="s">
         <v>16</v>
       </c>
       <c r="C257"/>
       <c r="D257">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E257"/>
       <c r="F257" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="G257"/>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B258" t="s">
         <v>16</v>
       </c>
       <c r="C258"/>
       <c r="D258">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E258"/>
+        <v>2014</v>
+      </c>
+      <c r="E258">
+        <v>2018</v>
+      </c>
       <c r="F258" t="s">
-        <v>242</v>
+        <v>305</v>
       </c>
       <c r="G258"/>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B259" t="s">
         <v>16</v>
       </c>
       <c r="C259"/>
       <c r="D259">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E259"/>
-      <c r="F259" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F259"/>
       <c r="G259"/>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B260" t="s">
         <v>16</v>
       </c>
       <c r="C260"/>
       <c r="D260">
         <v>2014</v>
       </c>
-      <c r="E260">
-[...1 lines deleted...]
-      </c>
+      <c r="E260"/>
       <c r="F260" t="s">
-        <v>309</v>
+        <v>56</v>
       </c>
       <c r="G260"/>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B261" t="s">
         <v>16</v>
       </c>
       <c r="C261"/>
       <c r="D261">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="E261"/>
-      <c r="F261"/>
+      <c r="F261" t="s">
+        <v>290</v>
+      </c>
       <c r="G261"/>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B262" t="s">
         <v>16</v>
       </c>
       <c r="C262"/>
       <c r="D262">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="E262"/>
+        <v>1973</v>
+      </c>
+      <c r="E262">
+        <v>1975</v>
+      </c>
       <c r="F262" t="s">
-        <v>56</v>
+        <v>310</v>
       </c>
       <c r="G262"/>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B263" t="s">
         <v>16</v>
       </c>
       <c r="C263"/>
       <c r="D263">
         <v>2004</v>
       </c>
       <c r="E263"/>
       <c r="F263" t="s">
-        <v>294</v>
+        <v>312</v>
       </c>
       <c r="G263"/>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>313</v>
       </c>
       <c r="B264" t="s">
         <v>8</v>
       </c>
       <c r="C264"/>
       <c r="D264"/>
       <c r="E264"/>
       <c r="F264" t="s">
         <v>171</v>
       </c>
       <c r="G264"/>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>314</v>
       </c>
       <c r="B265" t="s">
         <v>8</v>
       </c>