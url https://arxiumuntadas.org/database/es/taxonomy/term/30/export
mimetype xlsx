--- v0 (2025-10-09)
+++ v1 (2026-01-09)
@@ -56,75 +56,75 @@
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Escalera táctil</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Vargen [Arte ⇄ Vida]</t>
   </si>
   <si>
     <t>Estocolmo</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Experiencia 5 (Comunicación táctil)</t>
+  </si>
+  <si>
+    <t>Escala subsensorial</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Tactile Box</t>
+  </si>
+  <si>
+    <t>Proyecto: 4 elementos</t>
+  </si>
+  <si>
+    <t>Sevilla, Valencia</t>
+  </si>
+  <si>
     <t>Formes al Carrer</t>
-  </si>
-[...22 lines deleted...]
-    <t>Sevilla, Valencia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -524,142 +524,142 @@
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4">
         <v>2018</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
         <v>1972</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>1975</v>
+      </c>
+      <c r="E7">
+        <v>1976</v>
+      </c>
       <c r="F7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E8"/>
       <c r="F8" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
         <v>1973</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>