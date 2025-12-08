--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -221,57 +221,57 @@
   <si>
     <t>Pénélope attend Ulysse</t>
   </si>
   <si>
     <t>Review Antoni Muntadas</t>
   </si>
   <si>
     <t>La colección, el arte sonoro, Muntadas y Palermo, en la temporada del Macba</t>
   </si>
   <si>
     <t>Origen.es: preguntes en veu baixa sobre com s'ha escrit la història del net.art a l'Estat espanyol</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>Miedo y globalización</t>
   </si>
   <si>
     <t>Hoja de sala</t>
   </si>
   <si>
     <t>Granada</t>
   </si>
   <si>
+    <t>La ville qui fait des signes</t>
+  </si>
+  <si>
     <t>Cómo aprender a amar la bomba y dejar de preocuparse por ella</t>
   </si>
   <si>
     <t>Guadalajara</t>
-  </si>
-[...1 lines deleted...]
-    <t>La ville qui fait des signes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1140,66 +1140,66 @@
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>67</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>68</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>69</v>
       </c>
       <c r="B34" t="s">
         <v>17</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B35" t="s">
         <v>17</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>71</v>
       </c>
       <c r="G35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>