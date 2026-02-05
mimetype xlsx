--- v0 (2025-10-09)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Colonialismo" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Discovered [Re View, 1992]</t>
   </si>
   <si>
@@ -93,50 +93,53 @@
     <t>Antoni Muntadas: “Supe que me dedicaría al arte cuando dejé de pintar”</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Muntadas, el Galeón de Manila y las malas hierbas</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Del pozo inaugura en el CAAC la exposición de Muntadas sobre el Galeón de Manila y las colonias [Nota de prensa]</t>
   </si>
   <si>
     <t>Dossier de Prensa</t>
   </si>
   <si>
     <t>Muntadas: Ejercicios sobre memorias pasadas y presentes</t>
   </si>
   <si>
     <t>Hoja de sala</t>
   </si>
   <si>
     <t>Muntadas: Ejercicios sobre memorias pasadas y presentes / Exercises on Past and Present Memories</t>
+  </si>
+  <si>
+    <t>Sevilla, Sevilla</t>
   </si>
   <si>
     <t>Portable monument to anonymous emigrant filipino workers</t>
   </si>
   <si>
     <t>Malas hierbas</t>
   </si>
   <si>
     <t>Exercises on Past and Present Memories</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -458,51 +461,51 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="18" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -638,93 +641,93 @@
         <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2022</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
         <v>2019</v>
       </c>
       <c r="E11">
         <v>2021</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
         <v>2021</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>