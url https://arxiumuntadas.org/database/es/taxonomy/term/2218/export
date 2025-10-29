--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -44,72 +44,72 @@
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Lugar Público</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
+    <t>Pou/Ull</t>
+  </si>
+  <si>
+    <t>España</t>
+  </si>
+  <si>
+    <t>On Translation: I Giardini</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By I</t>
+  </si>
+  <si>
     <t>On Translation: Stand By II</t>
   </si>
   <si>
     <t>On Translation: Stand By [Buenos Aires]</t>
   </si>
   <si>
     <t>Buenos Aires</t>
-  </si>
-[...13 lines deleted...]
-    <t>On Translation: Stand By I</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -473,121 +473,121 @@
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3">
-        <v>2006</v>
+        <v>1993</v>
       </c>
       <c r="E3"/>
-      <c r="F3"/>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
-        <v>1993</v>
+        <v>2005</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E6"/>
-      <c r="F6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F6"/>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>