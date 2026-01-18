--- v1 (2025-10-29)
+++ v2 (2026-01-18)
@@ -44,72 +44,72 @@
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Lugar Público</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
+    <t>On Translation: Stand By I</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By II</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By [Buenos Aires]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
     <t>Pou/Ull</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>On Translation: I Giardini</t>
-  </si>
-[...13 lines deleted...]
-    <t>Buenos Aires</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -473,121 +473,121 @@
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3">
-        <v>1993</v>
+        <v>2005</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E4"/>
-      <c r="F4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F4"/>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
-        <v>2006</v>
+        <v>1993</v>
       </c>
       <c r="E6"/>
-      <c r="F6"/>
+      <c r="F6" t="s">
+        <v>16</v>
+      </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>