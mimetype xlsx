--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -83,75 +83,75 @@
   <si>
     <t>Guadiana: The Edition, 2018</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
     <t>Gestes II</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Complicado [Puzzle]</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
+    <t>Contexto</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>On Translation: Paper BP/MVDR</t>
+  </si>
+  <si>
+    <t>Fear, Panic, Terror</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Prohibido Prohibir</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
     <t>On Translation: The Adapter</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
-  </si>
-[...19 lines deleted...]
-    <t>Ciudad Real</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -670,119 +670,119 @@
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
         <v>2012</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>24</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1991</v>
+        <v>2009</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>29</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>30</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>31</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>