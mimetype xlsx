--- v1 (2026-01-12)
+++ v2 (2026-02-01)
@@ -83,75 +83,75 @@
   <si>
     <t>Guadiana: The Edition, 2018</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
     <t>Gestes II</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Complicado [Puzzle]</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
+    <t>Prohibido Prohibir</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
+    <t>On Translation: The Adapter</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
     <t>Contexto</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>On Translation: Paper BP/MVDR</t>
   </si>
   <si>
     <t>Fear, Panic, Terror</t>
   </si>
   <si>
     <t>Bruselas</t>
-  </si>
-[...10 lines deleted...]
-    <t>Nueva York (NY)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -670,119 +670,119 @@
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
         <v>2012</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1991</v>
+        <v>2015</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>24</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>2009</v>
+        <v>2000</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2010</v>
+        <v>1991</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>30</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>31</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>