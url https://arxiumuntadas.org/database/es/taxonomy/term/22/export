--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -146,50 +146,134 @@
   <si>
     <t>What are your concerns?</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>공간 (space)</t>
   </si>
   <si>
     <t>Corea del Sur</t>
   </si>
   <si>
     <t>Finisterre</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
+    <t>Media Ecology Ads</t>
+  </si>
+  <si>
+    <t>In Girum Revisited</t>
+  </si>
+  <si>
+    <t>S.M.E.P.</t>
+  </si>
+  <si>
+    <t>On Translation: Lloc</t>
+  </si>
+  <si>
+    <t>Rambla 24H</t>
+  </si>
+  <si>
+    <t>Between the Frames [monocanal]</t>
+  </si>
+  <si>
+    <t>On Translation: The Games</t>
+  </si>
+  <si>
+    <t>Atlanta (GA)</t>
+  </si>
+  <si>
+    <t>Proyecto. Colegio Arquitectos</t>
+  </si>
+  <si>
+    <t>On Translation: Two Spaces</t>
+  </si>
+  <si>
+    <t>Gwangju</t>
+  </si>
+  <si>
+    <t>Credits</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>On Translation: The Monuments</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
+    <t>Mercados, Calles, Estaciones</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions</t>
+  </si>
+  <si>
+    <t>Media Hostage S.S.S.</t>
+  </si>
+  <si>
+    <t>2 Pulsos / 2 Latidos</t>
+  </si>
+  <si>
+    <t>Espacio (Acción-Interacción)</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
+  </si>
+  <si>
+    <t>This is Not an Advertisement</t>
+  </si>
+  <si>
+    <t>On Translation: The Interview</t>
+  </si>
+  <si>
+    <t>Alabama</t>
+  </si>
+  <si>
+    <t>Actions</t>
+  </si>
+  <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
+    <t>Slogans</t>
+  </si>
+  <si>
     <t>Himne dels Himnes</t>
   </si>
   <si>
     <t>Transfer</t>
   </si>
   <si>
     <t>On Translation: Go Round</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Video is Television?</t>
   </si>
   <si>
     <t>On Translation: El Aplauso</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>Between the Lines</t>
   </si>
   <si>
     <t>On Translation: Himnes</t>
@@ -212,150 +296,66 @@
   <si>
     <t>TVE: Primer Intento</t>
   </si>
   <si>
     <t>On Translation: Listening</t>
   </si>
   <si>
     <t>Bars</t>
   </si>
   <si>
     <t>Syracuse (NY)</t>
   </si>
   <si>
     <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
   </si>
   <si>
     <t>Estambul</t>
   </si>
   <si>
     <t>Media Stadium</t>
   </si>
   <si>
     <t>On Translation: Fear / Miedo</t>
   </si>
   <si>
-    <t>Estados Unidos de América</t>
-[...1 lines deleted...]
-  <si>
     <t>Watching the Press / Reading Television</t>
   </si>
   <si>
     <t>Dérive Veneziane</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Marseille: Mythes et Stéréotypes</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
     <t>On Translation: Miedo / Jauf</t>
-  </si>
-[...79 lines deleted...]
-    <t>Slogans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1143,755 +1143,755 @@
       <c r="A26" t="s">
         <v>42</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>44</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>1982</v>
+      </c>
+      <c r="E27"/>
       <c r="F27" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>1975</v>
+        <v>2017</v>
       </c>
       <c r="E28"/>
-      <c r="F28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>46</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>2013</v>
+        <v>1996</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="E30"/>
-      <c r="F30"/>
+      <c r="F30" t="s">
+        <v>19</v>
+      </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1999</v>
+        <v>1981</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1979</v>
-[...1 lines deleted...]
-      <c r="E32"/>
+        <v>1983</v>
+      </c>
+      <c r="E32">
+        <v>1993</v>
+      </c>
       <c r="F32"/>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1987</v>
+        <v>1971</v>
       </c>
       <c r="E34"/>
-      <c r="F34"/>
+      <c r="F34" t="s">
+        <v>19</v>
+      </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
         <v>2004</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1977</v>
+        <v>1984</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>57</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>2006</v>
-[...2 lines deleted...]
-      <c r="F37"/>
+        <v>1998</v>
+      </c>
+      <c r="E37">
+        <v>1999</v>
+      </c>
+      <c r="F37" t="s">
+        <v>58</v>
+      </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1989</v>
-[...1 lines deleted...]
-      <c r="E38"/>
+        <v>1973</v>
+      </c>
+      <c r="E38">
+        <v>1974</v>
+      </c>
       <c r="F38"/>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1977</v>
+        <v>1985</v>
       </c>
       <c r="E40"/>
-      <c r="F40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F40"/>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>62</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>2010</v>
+        <v>1972</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1992</v>
-[...4 lines deleted...]
-      <c r="F42"/>
+        <v>1971</v>
+      </c>
+      <c r="E42"/>
+      <c r="F42" t="s">
+        <v>64</v>
+      </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>65</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>2005</v>
-[...4 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E43">
+        <v>2011</v>
+      </c>
+      <c r="F43"/>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E46"/>
       <c r="F46" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E47"/>
-      <c r="F47"/>
+      <c r="F47" t="s">
+        <v>64</v>
+      </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1982</v>
+        <v>1987</v>
       </c>
       <c r="E48"/>
-      <c r="F48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F48"/>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>2017</v>
-[...2 lines deleted...]
-      <c r="F49"/>
+        <v>1996</v>
+      </c>
+      <c r="E49">
+        <v>2008</v>
+      </c>
+      <c r="F49" t="s">
+        <v>19</v>
+      </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1996</v>
+        <v>1975</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1981</v>
+        <v>1989</v>
       </c>
       <c r="E52"/>
-      <c r="F52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1983</v>
-[...4 lines deleted...]
-      <c r="F53"/>
+        <v>1999</v>
+      </c>
+      <c r="E53"/>
+      <c r="F53" t="s">
+        <v>78</v>
+      </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>79</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1996</v>
+        <v>1979</v>
       </c>
       <c r="E54"/>
-      <c r="F54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F54"/>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1971</v>
+        <v>2016</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>19</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2004</v>
+        <v>1987</v>
       </c>
       <c r="E56"/>
-      <c r="F56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1984</v>
+        <v>2004</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>1977</v>
+      </c>
+      <c r="E58"/>
       <c r="F58" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="E59"/>
       <c r="F59"/>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>2009</v>
+        <v>1989</v>
       </c>
       <c r="E60"/>
-      <c r="F60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F60"/>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1985</v>
+        <v>2005</v>
       </c>
       <c r="E61"/>
-      <c r="F61"/>
+      <c r="F61" t="s">
+        <v>39</v>
+      </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>9</v>
+        <v>89</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1971</v>
+        <v>2010</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1971</v>
+        <v>1992</v>
       </c>
       <c r="E64">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="F64"/>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1985</v>
+        <v>2005</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>2002</v>
+        <v>1981</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>1972</v>
+        <v>2015</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>9</v>
+        <v>96</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E68"/>
+        <v>1992</v>
+      </c>
+      <c r="E68">
+        <v>1995</v>
+      </c>
       <c r="F68" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>99</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>1987</v>
+        <v>2007</v>
       </c>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>