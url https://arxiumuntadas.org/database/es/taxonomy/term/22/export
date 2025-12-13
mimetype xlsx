--- v1 (2025-11-23)
+++ v2 (2025-12-13)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
-    <t>Political Advertisement 1952-2024</t>
+    <t>Political Advertisement XI 1952-2024</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Hiriaren Esku-Hartzeak / Intervenciones Urbanas / Urban Interventions</t>
   </si>
   <si>
     <t>San Sebastián</t>
   </si>
   <si>
     <t>Between the Frames: The Forum (Barcelona)</t>
   </si>
   <si>
     <t>Columbus (OH)</t>
   </si>
   <si>
     <t>Entre Miedos</t>
   </si>
   <si>
     <t>Pamplona, Bilbao, Barcelona</t>
   </si>
@@ -146,216 +146,216 @@
   <si>
     <t>What are your concerns?</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>공간 (space)</t>
   </si>
   <si>
     <t>Corea del Sur</t>
   </si>
   <si>
     <t>Finisterre</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
+    <t>Actions</t>
+  </si>
+  <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Slogans</t>
+  </si>
+  <si>
+    <t>Himne dels Himnes</t>
+  </si>
+  <si>
+    <t>Transfer</t>
+  </si>
+  <si>
+    <t>On Translation: Go Round</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Video is Television?</t>
+  </si>
+  <si>
+    <t>On Translation: El Aplauso</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
+    <t>Between the Lines</t>
+  </si>
+  <si>
+    <t>On Translation: Himnes</t>
+  </si>
+  <si>
+    <t>Cross - Cultural Television</t>
+  </si>
+  <si>
+    <t>On Translation: On View</t>
+  </si>
+  <si>
+    <t>Japón</t>
+  </si>
+  <si>
+    <t>Copito de nieve (Snowflake)</t>
+  </si>
+  <si>
+    <t>Stuttgart (for H.H.)</t>
+  </si>
+  <si>
+    <t>TVE: Primer Intento</t>
+  </si>
+  <si>
+    <t>On Translation: Listening</t>
+  </si>
+  <si>
+    <t>Bars</t>
+  </si>
+  <si>
+    <t>Syracuse (NY)</t>
+  </si>
+  <si>
+    <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
+  </si>
+  <si>
+    <t>Estambul</t>
+  </si>
+  <si>
+    <t>Media Stadium</t>
+  </si>
+  <si>
+    <t>On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>Watching the Press / Reading Television</t>
+  </si>
+  <si>
+    <t>Dérive Veneziane</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Marseille: Mythes et Stéréotypes</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
+    <t>On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
     <t>Media Ecology Ads</t>
   </si>
   <si>
     <t>In Girum Revisited</t>
   </si>
   <si>
     <t>S.M.E.P.</t>
   </si>
   <si>
     <t>On Translation: Lloc</t>
   </si>
   <si>
     <t>Rambla 24H</t>
   </si>
   <si>
     <t>Between the Frames [monocanal]</t>
   </si>
   <si>
     <t>On Translation: The Games</t>
   </si>
   <si>
     <t>Atlanta (GA)</t>
   </si>
   <si>
+    <t>On Translation: Two Spaces</t>
+  </si>
+  <si>
+    <t>Gwangju</t>
+  </si>
+  <si>
     <t>Proyecto. Colegio Arquitectos</t>
   </si>
   <si>
-    <t>On Translation: Two Spaces</t>
-[...4 lines deleted...]
-  <si>
     <t>Credits</t>
   </si>
   <si>
-    <t>Estados Unidos de América</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: The Monuments</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
+    <t>On Translation: Celebracions</t>
+  </si>
+  <si>
     <t>Mercados, Calles, Estaciones</t>
   </si>
   <si>
-    <t>On Translation: Celebracions</t>
-[...1 lines deleted...]
-  <si>
     <t>Media Hostage S.S.S.</t>
   </si>
   <si>
     <t>2 Pulsos / 2 Latidos</t>
   </si>
   <si>
+    <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
+  </si>
+  <si>
     <t>Espacio (Acción-Interacción)</t>
   </si>
   <si>
-    <t>Madrid</t>
-[...4 lines deleted...]
-  <si>
     <t>This is Not an Advertisement</t>
   </si>
   <si>
     <t>On Translation: The Interview</t>
   </si>
   <si>
     <t>Alabama</t>
-  </si>
-[...91 lines deleted...]
-    <t>On Translation: Miedo / Jauf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1143,758 +1143,758 @@
       <c r="A26" t="s">
         <v>42</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>44</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
-        <v>1982</v>
+        <v>1972</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E28"/>
-      <c r="F28"/>
+      <c r="F28" t="s">
+        <v>46</v>
+      </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1996</v>
+        <v>1987</v>
       </c>
       <c r="E29"/>
-      <c r="F29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F29"/>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30">
+        <v>1996</v>
+      </c>
+      <c r="E30">
         <v>2008</v>
       </c>
-      <c r="E30"/>
       <c r="F30" t="s">
         <v>19</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1983</v>
-[...4 lines deleted...]
-      <c r="F32"/>
+        <v>2013</v>
+      </c>
+      <c r="E32"/>
+      <c r="F32" t="s">
+        <v>51</v>
+      </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1996</v>
+        <v>1989</v>
       </c>
       <c r="E33"/>
-      <c r="F33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1971</v>
+        <v>1999</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>2004</v>
+        <v>1979</v>
       </c>
       <c r="E35"/>
-      <c r="F35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F35"/>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1984</v>
+        <v>2016</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>57</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1998</v>
-[...6 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="E37"/>
+      <c r="F37"/>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1973</v>
-[...4 lines deleted...]
-      <c r="F38"/>
+        <v>2004</v>
+      </c>
+      <c r="E38"/>
+      <c r="F38" t="s">
+        <v>59</v>
+      </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>60</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>2009</v>
+        <v>1977</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>19</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>61</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1985</v>
+        <v>2006</v>
       </c>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>62</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1972</v>
+        <v>1989</v>
       </c>
       <c r="E41"/>
-      <c r="F41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F41"/>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>63</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1971</v>
+        <v>2005</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F43"/>
+        <v>1977</v>
+      </c>
+      <c r="E43"/>
+      <c r="F43" t="s">
+        <v>65</v>
+      </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1985</v>
+        <v>2010</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>2002</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E45">
+        <v>2004</v>
+      </c>
+      <c r="F45"/>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>69</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1972</v>
+        <v>2005</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>2011</v>
+        <v>1981</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1987</v>
+        <v>2015</v>
       </c>
       <c r="E48"/>
-      <c r="F48"/>
+      <c r="F48" t="s">
+        <v>73</v>
+      </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E49">
-        <v>2008</v>
+        <v>1995</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="E50"/>
-      <c r="F50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F50"/>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2013</v>
+        <v>1982</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1989</v>
+        <v>2017</v>
       </c>
       <c r="E52"/>
       <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1979</v>
+        <v>2008</v>
       </c>
       <c r="E54"/>
-      <c r="F54"/>
+      <c r="F54" t="s">
+        <v>19</v>
+      </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2016</v>
+        <v>1981</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>19</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1987</v>
-[...1 lines deleted...]
-      <c r="E56"/>
+        <v>1983</v>
+      </c>
+      <c r="E56">
+        <v>1993</v>
+      </c>
       <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2004</v>
+        <v>1996</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1977</v>
+        <v>2004</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>19</v>
+        <v>86</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>2006</v>
+        <v>1971</v>
       </c>
       <c r="E59"/>
-      <c r="F59"/>
+      <c r="F59" t="s">
+        <v>19</v>
+      </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1989</v>
+        <v>1984</v>
       </c>
       <c r="E60"/>
-      <c r="F60"/>
+      <c r="F60" t="s">
+        <v>70</v>
+      </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E61"/>
+        <v>1998</v>
+      </c>
+      <c r="E61">
+        <v>1999</v>
+      </c>
       <c r="F61" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>2010</v>
-[...4 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E63">
+        <v>1974</v>
+      </c>
+      <c r="F63"/>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>1985</v>
+      </c>
+      <c r="E64"/>
       <c r="F64"/>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>2005</v>
+        <v>1972</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>1981</v>
-[...4 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E66">
+        <v>2011</v>
+      </c>
+      <c r="F66"/>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>2015</v>
+        <v>1971</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>96</v>
+        <v>46</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>97</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>1985</v>
+      </c>
+      <c r="E68"/>
       <c r="F68" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E69"/>
-      <c r="F69"/>
+      <c r="F69" t="s">
+        <v>99</v>
+      </c>
       <c r="G69"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>