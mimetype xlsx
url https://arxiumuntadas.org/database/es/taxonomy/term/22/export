--- v2 (2025-12-13)
+++ v3 (2026-01-02)
@@ -146,59 +146,131 @@
   <si>
     <t>What are your concerns?</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>공간 (space)</t>
   </si>
   <si>
     <t>Corea del Sur</t>
   </si>
   <si>
     <t>Finisterre</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
+    <t>Media Ecology Ads</t>
+  </si>
+  <si>
+    <t>In Girum Revisited</t>
+  </si>
+  <si>
+    <t>S.M.E.P.</t>
+  </si>
+  <si>
+    <t>On Translation: Lloc</t>
+  </si>
+  <si>
+    <t>Rambla 24H</t>
+  </si>
+  <si>
+    <t>Between the Frames [monocanal]</t>
+  </si>
+  <si>
+    <t>On Translation: The Games</t>
+  </si>
+  <si>
+    <t>Atlanta (GA)</t>
+  </si>
+  <si>
+    <t>Proyecto. Colegio Arquitectos</t>
+  </si>
+  <si>
+    <t>On Translation: Two Spaces</t>
+  </si>
+  <si>
+    <t>Gwangju</t>
+  </si>
+  <si>
+    <t>Credits</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>On Translation: The Monuments</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
+    <t>Mercados, Calles, Estaciones</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions</t>
+  </si>
+  <si>
+    <t>Media Hostage S.S.S.</t>
+  </si>
+  <si>
+    <t>2 Pulsos / 2 Latidos</t>
+  </si>
+  <si>
+    <t>Espacio (Acción-Interacción)</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
+  </si>
+  <si>
+    <t>This is Not an Advertisement</t>
+  </si>
+  <si>
+    <t>On Translation: The Interview</t>
+  </si>
+  <si>
+    <t>Alabama</t>
+  </si>
+  <si>
     <t>Actions</t>
   </si>
   <si>
     <t>Situación 2011</t>
   </si>
   <si>
-    <t>Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>Slogans</t>
   </si>
   <si>
     <t>Himne dels Himnes</t>
   </si>
   <si>
     <t>Transfer</t>
   </si>
   <si>
     <t>On Translation: Go Round</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Video is Television?</t>
   </si>
   <si>
     <t>On Translation: El Aplauso</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>Between the Lines</t>
@@ -224,138 +296,66 @@
   <si>
     <t>TVE: Primer Intento</t>
   </si>
   <si>
     <t>On Translation: Listening</t>
   </si>
   <si>
     <t>Bars</t>
   </si>
   <si>
     <t>Syracuse (NY)</t>
   </si>
   <si>
     <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
   </si>
   <si>
     <t>Estambul</t>
   </si>
   <si>
     <t>Media Stadium</t>
   </si>
   <si>
     <t>On Translation: Fear / Miedo</t>
   </si>
   <si>
-    <t>Estados Unidos de América</t>
-[...1 lines deleted...]
-  <si>
     <t>Watching the Press / Reading Television</t>
   </si>
   <si>
     <t>Dérive Veneziane</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Marseille: Mythes et Stéréotypes</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
     <t>On Translation: Miedo / Jauf</t>
-  </si>
-[...67 lines deleted...]
-    <t>Alabama</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1143,758 +1143,758 @@
       <c r="A26" t="s">
         <v>42</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>44</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
-        <v>1972</v>
+        <v>1982</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E28"/>
-      <c r="F28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1987</v>
+        <v>1996</v>
       </c>
       <c r="E29"/>
-      <c r="F29"/>
+      <c r="F29" t="s">
+        <v>19</v>
+      </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1996</v>
-[...1 lines deleted...]
-      <c r="E30">
         <v>2008</v>
       </c>
+      <c r="E30"/>
       <c r="F30" t="s">
         <v>19</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>2013</v>
-[...4 lines deleted...]
-      </c>
+        <v>1983</v>
+      </c>
+      <c r="E32">
+        <v>1993</v>
+      </c>
+      <c r="F32"/>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="E33"/>
-      <c r="F33"/>
+      <c r="F33" t="s">
+        <v>51</v>
+      </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1999</v>
+        <v>1971</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1979</v>
+        <v>2004</v>
       </c>
       <c r="E35"/>
-      <c r="F35"/>
+      <c r="F35" t="s">
+        <v>54</v>
+      </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>2016</v>
+        <v>1984</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>57</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1987</v>
-[...2 lines deleted...]
-      <c r="F37"/>
+        <v>1998</v>
+      </c>
+      <c r="E37">
+        <v>1999</v>
+      </c>
+      <c r="F37" t="s">
+        <v>58</v>
+      </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>2004</v>
-[...4 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E38">
+        <v>1974</v>
+      </c>
+      <c r="F38"/>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>60</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>19</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>61</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>2006</v>
+        <v>1985</v>
       </c>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>62</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1989</v>
+        <v>1972</v>
       </c>
       <c r="E41"/>
-      <c r="F41"/>
+      <c r="F41" t="s">
+        <v>9</v>
+      </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>63</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>2005</v>
+        <v>1971</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1977</v>
-[...4 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E43">
+        <v>2011</v>
+      </c>
+      <c r="F43"/>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>2010</v>
+        <v>1985</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1992</v>
-[...4 lines deleted...]
-      <c r="F45"/>
+        <v>2002</v>
+      </c>
+      <c r="E45"/>
+      <c r="F45" t="s">
+        <v>68</v>
+      </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>69</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>2005</v>
+        <v>1972</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1981</v>
+        <v>2011</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>2015</v>
+        <v>1987</v>
       </c>
       <c r="E48"/>
-      <c r="F48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F48"/>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E49">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="F49" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>2007</v>
+        <v>1975</v>
       </c>
       <c r="E50"/>
-      <c r="F50"/>
+      <c r="F50" t="s">
+        <v>9</v>
+      </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1982</v>
+        <v>2013</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>2017</v>
+        <v>1989</v>
       </c>
       <c r="E52"/>
       <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2008</v>
+        <v>1979</v>
       </c>
       <c r="E54"/>
-      <c r="F54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F54"/>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1981</v>
+        <v>2016</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>19</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1983</v>
-[...3 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>2004</v>
+        <v>1977</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1971</v>
+        <v>2006</v>
       </c>
       <c r="E59"/>
-      <c r="F59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F59"/>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="E60"/>
-      <c r="F60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F60"/>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E61"/>
       <c r="F61" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2009</v>
+        <v>1977</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>19</v>
+        <v>89</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1973</v>
-[...4 lines deleted...]
-      <c r="F63"/>
+        <v>2010</v>
+      </c>
+      <c r="E63"/>
+      <c r="F63" t="s">
+        <v>91</v>
+      </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1985</v>
-[...1 lines deleted...]
-      <c r="E64"/>
+        <v>1992</v>
+      </c>
+      <c r="E64">
+        <v>2004</v>
+      </c>
       <c r="F64"/>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1972</v>
+        <v>2005</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F66"/>
+        <v>1981</v>
+      </c>
+      <c r="E66"/>
+      <c r="F66" t="s">
+        <v>9</v>
+      </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>1971</v>
+        <v>2015</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>46</v>
+        <v>96</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>97</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>1985</v>
-[...1 lines deleted...]
-      <c r="E68"/>
+        <v>1992</v>
+      </c>
+      <c r="E68">
+        <v>1995</v>
+      </c>
       <c r="F68" t="s">
-        <v>9</v>
+        <v>98</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E69"/>
-      <c r="F69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F69"/>
       <c r="G69"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>