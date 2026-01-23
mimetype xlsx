--- v3 (2026-01-02)
+++ v4 (2026-01-23)
@@ -146,216 +146,216 @@
   <si>
     <t>What are your concerns?</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>공간 (space)</t>
   </si>
   <si>
     <t>Corea del Sur</t>
   </si>
   <si>
     <t>Finisterre</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
+    <t>This is Not an Advertisement</t>
+  </si>
+  <si>
+    <t>On Translation: The Interview</t>
+  </si>
+  <si>
+    <t>Alabama</t>
+  </si>
+  <si>
+    <t>Actions</t>
+  </si>
+  <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Slogans</t>
+  </si>
+  <si>
+    <t>Himne dels Himnes</t>
+  </si>
+  <si>
+    <t>Transfer</t>
+  </si>
+  <si>
+    <t>On Translation: Go Round</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Video is Television?</t>
+  </si>
+  <si>
+    <t>On Translation: El Aplauso</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
+    <t>Between the Lines</t>
+  </si>
+  <si>
+    <t>On Translation: Himnes</t>
+  </si>
+  <si>
+    <t>Cross - Cultural Television</t>
+  </si>
+  <si>
+    <t>On Translation: On View</t>
+  </si>
+  <si>
+    <t>Japón</t>
+  </si>
+  <si>
+    <t>Copito de nieve (Snowflake)</t>
+  </si>
+  <si>
+    <t>Stuttgart (for H.H.)</t>
+  </si>
+  <si>
+    <t>TVE: Primer Intento</t>
+  </si>
+  <si>
+    <t>On Translation: Listening</t>
+  </si>
+  <si>
+    <t>Bars</t>
+  </si>
+  <si>
+    <t>Syracuse (NY)</t>
+  </si>
+  <si>
+    <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
+  </si>
+  <si>
+    <t>Estambul</t>
+  </si>
+  <si>
+    <t>Media Stadium</t>
+  </si>
+  <si>
+    <t>On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>Watching the Press / Reading Television</t>
+  </si>
+  <si>
+    <t>Dérive Veneziane</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Marseille: Mythes et Stéréotypes</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
+    <t>On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
     <t>Media Ecology Ads</t>
   </si>
   <si>
     <t>In Girum Revisited</t>
   </si>
   <si>
     <t>S.M.E.P.</t>
   </si>
   <si>
     <t>On Translation: Lloc</t>
   </si>
   <si>
     <t>Rambla 24H</t>
   </si>
   <si>
     <t>Between the Frames [monocanal]</t>
   </si>
   <si>
     <t>On Translation: The Games</t>
   </si>
   <si>
     <t>Atlanta (GA)</t>
   </si>
   <si>
     <t>Proyecto. Colegio Arquitectos</t>
   </si>
   <si>
     <t>On Translation: Two Spaces</t>
   </si>
   <si>
     <t>Gwangju</t>
   </si>
   <si>
     <t>Credits</t>
   </si>
   <si>
-    <t>Estados Unidos de América</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: The Monuments</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>Mercados, Calles, Estaciones</t>
   </si>
   <si>
     <t>On Translation: Celebracions</t>
   </si>
   <si>
     <t>Media Hostage S.S.S.</t>
   </si>
   <si>
     <t>2 Pulsos / 2 Latidos</t>
   </si>
   <si>
     <t>Espacio (Acción-Interacción)</t>
   </si>
   <si>
-    <t>Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
-  </si>
-[...100 lines deleted...]
-    <t>On Translation: Miedo / Jauf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1143,757 +1143,757 @@
       <c r="A26" t="s">
         <v>42</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>44</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E28"/>
-      <c r="F28"/>
+      <c r="F28" t="s">
+        <v>46</v>
+      </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1996</v>
+        <v>1972</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1981</v>
+        <v>1987</v>
       </c>
       <c r="E31"/>
-      <c r="F31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F31"/>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1983</v>
+        <v>1996</v>
       </c>
       <c r="E32">
-        <v>1993</v>
-[...1 lines deleted...]
-      <c r="F32"/>
+        <v>2008</v>
+      </c>
+      <c r="F32" t="s">
+        <v>19</v>
+      </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1996</v>
+        <v>1975</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1971</v>
+        <v>2013</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>2004</v>
+        <v>1989</v>
       </c>
       <c r="E35"/>
-      <c r="F35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F35"/>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1984</v>
+        <v>1999</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1998</v>
-[...6 lines deleted...]
-      </c>
+        <v>1979</v>
+      </c>
+      <c r="E37"/>
+      <c r="F37"/>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>59</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1973</v>
-[...4 lines deleted...]
-      <c r="F38"/>
+        <v>2016</v>
+      </c>
+      <c r="E38"/>
+      <c r="F38" t="s">
+        <v>19</v>
+      </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>60</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>2009</v>
+        <v>1987</v>
       </c>
       <c r="E39"/>
-      <c r="F39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F39"/>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>61</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1985</v>
+        <v>2004</v>
       </c>
       <c r="E40"/>
-      <c r="F40"/>
+      <c r="F40" t="s">
+        <v>62</v>
+      </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1971</v>
+        <v>2006</v>
       </c>
       <c r="E42"/>
-      <c r="F42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F42"/>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>65</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1971</v>
-[...3 lines deleted...]
-      </c>
+        <v>1989</v>
+      </c>
+      <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1985</v>
+        <v>2005</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>67</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>2002</v>
+        <v>1977</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>68</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>69</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1972</v>
+        <v>2010</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>2011</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E47">
+        <v>2004</v>
+      </c>
+      <c r="F47"/>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1987</v>
+        <v>2005</v>
       </c>
       <c r="E48"/>
-      <c r="F48"/>
+      <c r="F48" t="s">
+        <v>73</v>
+      </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>1981</v>
+      </c>
+      <c r="E49"/>
       <c r="F49" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1975</v>
+        <v>2015</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="E51"/>
+        <v>1992</v>
+      </c>
+      <c r="E51">
+        <v>1995</v>
+      </c>
       <c r="F51" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1989</v>
+        <v>2007</v>
       </c>
       <c r="E52"/>
       <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1999</v>
+        <v>1982</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1979</v>
+        <v>2017</v>
       </c>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>19</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1987</v>
+        <v>2008</v>
       </c>
       <c r="E56"/>
-      <c r="F56"/>
+      <c r="F56" t="s">
+        <v>19</v>
+      </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2004</v>
+        <v>1981</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>83</v>
+        <v>19</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1977</v>
-[...4 lines deleted...]
-      </c>
+        <v>1983</v>
+      </c>
+      <c r="E58">
+        <v>1993</v>
+      </c>
+      <c r="F58"/>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E59"/>
-      <c r="F59"/>
+      <c r="F59" t="s">
+        <v>87</v>
+      </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1989</v>
+        <v>1971</v>
       </c>
       <c r="E60"/>
-      <c r="F60"/>
+      <c r="F60" t="s">
+        <v>19</v>
+      </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>1977</v>
+        <v>1984</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E63"/>
+        <v>1998</v>
+      </c>
+      <c r="E63">
+        <v>1999</v>
+      </c>
       <c r="F63" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1992</v>
+        <v>1973</v>
       </c>
       <c r="E64">
-        <v>2004</v>
+        <v>1974</v>
       </c>
       <c r="F64"/>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="E66"/>
-      <c r="F66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F66"/>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>2015</v>
+        <v>1972</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E68"/>
       <c r="F68" t="s">
-        <v>98</v>
+        <v>49</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>99</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E69"/>
+        <v>1971</v>
+      </c>
+      <c r="E69">
+        <v>2011</v>
+      </c>
       <c r="F69"/>
       <c r="G69"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>