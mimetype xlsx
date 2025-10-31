--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -269,59 +269,59 @@
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Political Advertisement VII 2008 [Póster]</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse / Alsacien) [Postal]</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse / Francés) [Postal]</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Viamão)</t>
   </si>
   <si>
     <t>Viamao</t>
   </si>
   <si>
+    <t>Dérive Veneziane: The Edition</t>
+  </si>
+  <si>
     <t>Dérive Veneziane: The Edition [con vídeo]</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
-    <t>Dérive Veneziane: The Edition</t>
-[...1 lines deleted...]
-  <si>
     <t>Finisterre: The Edition, 2018</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana: The Edition, 2018</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
@@ -350,50 +350,83 @@
   <si>
     <t>Liubliana</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Nessuno Come Noi</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>Puntuacions</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
+    <t>Portraits</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
+    <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Tout va Bien</t>
+  </si>
+  <si>
+    <t>Lille</t>
+  </si>
+  <si>
+    <t>On Translation: Abroad</t>
+  </si>
+  <si>
+    <t>On Translation: The Bank</t>
+  </si>
+  <si>
+    <t>This is Not an Advertisement [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Estamos condenados...</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Projectes / Propostes. Proyectos / Propuestas. Projects / Proposals</t>
+  </si>
+  <si>
     <t>Brasil… Tudo bem, Tudo bom!</t>
   </si>
   <si>
     <t>The Limousine Project [Wallpaper]</t>
   </si>
   <si>
     <t>Dealings</t>
   </si>
   <si>
     <t>On Translation: Warning (Inglés) [Stuttgart]</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
     <t>España va bien</t>
   </si>
   <si>
     <t>Arte ⇄ Vida [Wallpaper]</t>
   </si>
   <si>
     <t>Fet a Barcelona / Made in NY</t>
   </si>
   <si>
     <t>Homenaje a Picasso</t>
@@ -428,53 +461,50 @@
   <si>
     <t>Colombia is Doing Well</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Lo hecho en México…</t>
   </si>
   <si>
     <t>México</t>
   </si>
   <si>
     <t>Informació d'Art Concepte 1973 a Banyoles</t>
   </si>
   <si>
     <t>Banyoles</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
   </si>
   <si>
     <t>Tout est politique</t>
   </si>
   <si>
-    <t>Lille</t>
-[...1 lines deleted...]
-  <si>
     <t>Projecte / Proyecto / Project</t>
   </si>
   <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico "El País"</t>
   </si>
   <si>
     <t>6 mai 94</t>
   </si>
   <si>
     <t>Melitón-Cadaqués</t>
   </si>
   <si>
     <t>Sierre</t>
   </si>
   <si>
     <t>Selling the Future</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
@@ -501,80 +531,50 @@
     <t>haute CULTURE I-II [Wallpaper]</t>
   </si>
   <si>
     <t>On Translation: La imatge</t>
   </si>
   <si>
     <t>Fear, Panic, Terror</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico “Le Monde”</t>
   </si>
   <si>
     <t>On Translation: The Audience [Wallpaper]</t>
   </si>
   <si>
     <t>Atenção</t>
   </si>
   <si>
     <t>¡DICHO Y HECHO!</t>
   </si>
   <si>
     <t>Caracas</t>
-  </si>
-[...28 lines deleted...]
-    <t>Projectes / Propostes. Proyectos / Propuestas. Projects / Proposals</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1806,68 +1806,68 @@
       <c r="C52"/>
       <c r="D52">
         <v>1999</v>
       </c>
       <c r="E52">
         <v>2015</v>
       </c>
       <c r="F52" t="s">
         <v>84</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>85</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
         <v>2015</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>86</v>
+        <v>9</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
         <v>2015</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>9</v>
+        <v>87</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>88</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
         <v>2018</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>89</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>90</v>
       </c>
       <c r="B56" t="s">
@@ -1876,51 +1876,51 @@
       <c r="C56"/>
       <c r="D56">
         <v>2018</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>91</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
         <v>1999</v>
       </c>
       <c r="E57">
         <v>2005</v>
       </c>
       <c r="F57" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>92</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
         <v>1999</v>
       </c>
       <c r="E58">
         <v>2017</v>
       </c>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>93</v>
@@ -2054,51 +2054,51 @@
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
         <v>2014</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>106</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>107</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
         <v>2014</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>108</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
         <v>2018</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>106</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>109</v>
       </c>
       <c r="B69" t="s">
@@ -2118,780 +2118,780 @@
       <c r="A70" t="s">
         <v>110</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
         <v>2012</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>111</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>112</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
         <v>2011</v>
       </c>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
         <v>2003</v>
       </c>
       <c r="E73"/>
-      <c r="F73"/>
+      <c r="F73" t="s">
+        <v>116</v>
+      </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1999</v>
-[...6 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="E74"/>
+      <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1999</v>
-[...1 lines deleted...]
-      <c r="E75"/>
+        <v>1997</v>
+      </c>
+      <c r="E75">
+        <v>2002</v>
+      </c>
       <c r="F75" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
         <v>2011</v>
       </c>
       <c r="E76"/>
       <c r="F76"/>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1977</v>
+        <v>2002</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>9</v>
+        <v>121</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
         <v>1971</v>
       </c>
-      <c r="E78"/>
+      <c r="E78">
+        <v>2017</v>
+      </c>
       <c r="F78" t="s">
         <v>9</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2017</v>
+        <v>1999</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>9</v>
+        <v>106</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="E81"/>
-      <c r="F81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F81"/>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1991</v>
-[...1 lines deleted...]
-      <c r="E82"/>
+        <v>1999</v>
+      </c>
+      <c r="E82">
+        <v>2006</v>
+      </c>
       <c r="F82" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>1972</v>
+        <v>1999</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>127</v>
+        <v>44</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>1974</v>
+        <v>2011</v>
       </c>
       <c r="E84"/>
-      <c r="F84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F84"/>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>130</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>1999</v>
+        <v>1977</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>131</v>
+        <v>9</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>2004</v>
+        <v>1971</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>1973</v>
+        <v>2017</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>135</v>
+        <v>9</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>1984</v>
+        <v>1999</v>
       </c>
       <c r="E88">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="F88"/>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>2007</v>
+        <v>1991</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>9</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E91"/>
       <c r="F91" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F92"/>
+        <v>1974</v>
+      </c>
+      <c r="E92"/>
+      <c r="F92" t="s">
+        <v>140</v>
+      </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="E93"/>
-      <c r="F93"/>
+      <c r="F93" t="s">
+        <v>142</v>
+      </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
         <v>2004</v>
       </c>
-      <c r="E94">
-[...1 lines deleted...]
-      </c>
+      <c r="E94"/>
       <c r="F94" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E95"/>
       <c r="F95" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>2011</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E96">
+        <v>2010</v>
+      </c>
+      <c r="F96"/>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>150</v>
+        <v>116</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>152</v>
+        <v>9</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
+        <v>1973</v>
+      </c>
+      <c r="E99">
         <v>1975</v>
       </c>
-      <c r="E99"/>
       <c r="F99" t="s">
-        <v>9</v>
+        <v>151</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E100"/>
+        <v>1984</v>
+      </c>
+      <c r="E100">
+        <v>2010</v>
+      </c>
       <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="E101"/>
-      <c r="F101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E102"/>
+        <v>2004</v>
+      </c>
+      <c r="E102">
+        <v>2005</v>
+      </c>
       <c r="F102" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>1984</v>
+        <v>1982</v>
       </c>
       <c r="E103">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="F103"/>
+        <v>2006</v>
+      </c>
+      <c r="F103" t="s">
+        <v>157</v>
+      </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104"/>
       <c r="D104">
         <v>2011</v>
       </c>
       <c r="E104"/>
-      <c r="F104"/>
+      <c r="F104" t="s">
+        <v>44</v>
+      </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>111</v>
+        <v>160</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>161</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106"/>
       <c r="D106">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>162</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>163</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107"/>
       <c r="D107">
-        <v>1995</v>
+        <v>1975</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>164</v>
+        <v>9</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108"/>
       <c r="D108">
         <v>2011</v>
       </c>
       <c r="E108"/>
       <c r="F108"/>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>138</v>
+        <v>9</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E110"/>
-      <c r="F110"/>
+      <c r="F110" t="s">
+        <v>167</v>
+      </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>168</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>1997</v>
+        <v>1984</v>
       </c>
       <c r="E111">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="F111"/>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>169</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112"/>
       <c r="D112">
         <v>2011</v>
       </c>
       <c r="E112"/>
       <c r="F112"/>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>170</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113"/>
       <c r="D113">
         <v>2002</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>171</v>
+        <v>111</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>1971</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="E114"/>
       <c r="F114" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="G114"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>