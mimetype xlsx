--- v1 (2025-10-31)
+++ v2 (2025-11-27)
@@ -269,59 +269,59 @@
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Political Advertisement VII 2008 [Póster]</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse / Alsacien) [Postal]</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse / Francés) [Postal]</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Viamão)</t>
   </si>
   <si>
     <t>Viamao</t>
   </si>
   <si>
+    <t>Dérive Veneziane: The Edition [con vídeo]</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
     <t>Dérive Veneziane: The Edition</t>
   </si>
   <si>
-    <t>Dérive Veneziane: The Edition [con vídeo]</t>
-[...4 lines deleted...]
-  <si>
     <t>Finisterre: The Edition, 2018</t>
   </si>
   <si>
     <t>La Coruña</t>
   </si>
   <si>
     <t>Guadiana: The Edition, 2018</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
@@ -350,231 +350,231 @@
   <si>
     <t>Liubliana</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Nessuno Come Noi</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>Puntuacions</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
+    <t>Fet a Barcelona / Made in NY</t>
+  </si>
+  <si>
+    <t>Homenaje a Picasso</t>
+  </si>
+  <si>
+    <t>Palabras, Palabras…</t>
+  </si>
+  <si>
+    <t>Meeting</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Francia</t>
+  </si>
+  <si>
+    <t>CEE Print</t>
+  </si>
+  <si>
+    <t>Experiencia Parcel Post</t>
+  </si>
+  <si>
+    <t>Nottingham</t>
+  </si>
+  <si>
+    <t>Homenaje a Allende - CAYC [Arte ⇆ Vida]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Colombia is Doing Well</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>Lo hecho en México…</t>
+  </si>
+  <si>
+    <t>México</t>
+  </si>
+  <si>
+    <t>Informació d'Art Concepte 1973 a Banyoles</t>
+  </si>
+  <si>
+    <t>Banyoles</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
+  </si>
+  <si>
+    <t>Tout est politique</t>
+  </si>
+  <si>
+    <t>Lille</t>
+  </si>
+  <si>
+    <t>Projecte / Proyecto / Project</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "El País"</t>
+  </si>
+  <si>
+    <t>6 mai 94</t>
+  </si>
+  <si>
+    <t>Melitón-Cadaqués</t>
+  </si>
+  <si>
+    <t>Sierre</t>
+  </si>
+  <si>
+    <t>Selling the Future</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Media Eyes [Wallpaper]</t>
+  </si>
+  <si>
+    <t>On Translation: The Bookstore</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>We are Fantastic</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Emissió / Recepció [Postales]</t>
+  </si>
+  <si>
+    <t>haute CULTURE I-II [Wallpaper]</t>
+  </si>
+  <si>
+    <t>On Translation: La imatge</t>
+  </si>
+  <si>
+    <t>Fear, Panic, Terror</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico “Le Monde”</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Atenção</t>
+  </si>
+  <si>
+    <t>¡DICHO Y HECHO!</t>
+  </si>
+  <si>
+    <t>Caracas</t>
+  </si>
+  <si>
     <t>Portraits</t>
   </si>
   <si>
     <t>San Sebastián</t>
   </si>
   <si>
     <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
   </si>
   <si>
     <t>Tout va Bien</t>
   </si>
   <si>
-    <t>Lille</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: Abroad</t>
   </si>
   <si>
     <t>On Translation: The Bank</t>
   </si>
   <si>
     <t>This is Not an Advertisement [Wallpaper]</t>
   </si>
   <si>
     <t>Estamos condenados...</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Projectes / Propostes. Proyectos / Propuestas. Projects / Proposals</t>
   </si>
   <si>
     <t>Brasil… Tudo bem, Tudo bom!</t>
   </si>
   <si>
     <t>The Limousine Project [Wallpaper]</t>
   </si>
   <si>
     <t>Dealings</t>
   </si>
   <si>
     <t>On Translation: Warning (Inglés) [Stuttgart]</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
     <t>España va bien</t>
   </si>
   <si>
     <t>Arte ⇄ Vida [Wallpaper]</t>
-  </si>
-[...127 lines deleted...]
-    <t>Caracas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1806,68 +1806,68 @@
       <c r="C52"/>
       <c r="D52">
         <v>1999</v>
       </c>
       <c r="E52">
         <v>2015</v>
       </c>
       <c r="F52" t="s">
         <v>84</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>85</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
         <v>2015</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
         <v>2015</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>87</v>
+        <v>9</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>88</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
         <v>2018</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>89</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>90</v>
       </c>
       <c r="B56" t="s">
@@ -1876,51 +1876,51 @@
       <c r="C56"/>
       <c r="D56">
         <v>2018</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>91</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
         <v>1999</v>
       </c>
       <c r="E57">
         <v>2005</v>
       </c>
       <c r="F57" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>92</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
         <v>1999</v>
       </c>
       <c r="E58">
         <v>2017</v>
       </c>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>93</v>
@@ -2054,51 +2054,51 @@
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
         <v>2014</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>106</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>107</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
         <v>2014</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>108</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
         <v>2018</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>106</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>109</v>
       </c>
       <c r="B69" t="s">
@@ -2118,781 +2118,781 @@
       <c r="A70" t="s">
         <v>110</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
         <v>2012</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>111</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>112</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1995</v>
+        <v>1977</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>113</v>
+        <v>9</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>2011</v>
+        <v>1971</v>
       </c>
       <c r="E72"/>
-      <c r="F72"/>
+      <c r="F72" t="s">
+        <v>9</v>
+      </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>116</v>
+        <v>9</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="E74"/>
+        <v>1999</v>
+      </c>
+      <c r="E74">
+        <v>2000</v>
+      </c>
       <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E75"/>
       <c r="F75" t="s">
-        <v>25</v>
+        <v>117</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>2011</v>
+        <v>1991</v>
       </c>
       <c r="E76"/>
-      <c r="F76"/>
+      <c r="F76" t="s">
+        <v>9</v>
+      </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2002</v>
+        <v>1972</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1971</v>
-[...3 lines deleted...]
-      </c>
+        <v>1974</v>
+      </c>
+      <c r="E78"/>
       <c r="F78" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>123</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
         <v>1999</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="E80"/>
-      <c r="F80"/>
+      <c r="F80" t="s">
+        <v>126</v>
+      </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2003</v>
+        <v>1973</v>
       </c>
       <c r="E81"/>
-      <c r="F81"/>
+      <c r="F81" t="s">
+        <v>128</v>
+      </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1999</v>
+        <v>1984</v>
       </c>
       <c r="E82">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="F82"/>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>44</v>
+        <v>131</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E84"/>
-      <c r="F84"/>
+      <c r="F84" t="s">
+        <v>9</v>
+      </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>1977</v>
-[...1 lines deleted...]
-      <c r="E85"/>
+        <v>1973</v>
+      </c>
+      <c r="E85">
+        <v>1975</v>
+      </c>
       <c r="F85" t="s">
-        <v>9</v>
+        <v>134</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>1971</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E86">
+        <v>2010</v>
+      </c>
+      <c r="F86"/>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>2017</v>
+        <v>1994</v>
       </c>
       <c r="E87"/>
-      <c r="F87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F87"/>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="E88">
-        <v>2000</v>
-[...1 lines deleted...]
-      <c r="F88"/>
+        <v>2005</v>
+      </c>
+      <c r="F88" t="s">
+        <v>138</v>
+      </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E89"/>
+        <v>1982</v>
+      </c>
+      <c r="E89">
+        <v>2006</v>
+      </c>
       <c r="F89" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>1991</v>
+        <v>2011</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>1972</v>
+        <v>2001</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
-        <v>1974</v>
+        <v>2005</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
-        <v>1999</v>
+        <v>1975</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>142</v>
+        <v>9</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="E94"/>
-      <c r="F94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F94"/>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>1973</v>
+        <v>2002</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>146</v>
+        <v>9</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="E96">
         <v>2010</v>
       </c>
-      <c r="F96"/>
+      <c r="E96"/>
+      <c r="F96" t="s">
+        <v>150</v>
+      </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>1998</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E97">
+        <v>2010</v>
+      </c>
+      <c r="F97"/>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E98"/>
-      <c r="F98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F98"/>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="E99"/>
       <c r="F99" t="s">
-        <v>151</v>
+        <v>111</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F100"/>
+        <v>2013</v>
+      </c>
+      <c r="E100"/>
+      <c r="F100" t="s">
+        <v>155</v>
+      </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="E101"/>
-      <c r="F101"/>
+      <c r="F101" t="s">
+        <v>157</v>
+      </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>2004</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E102"/>
+      <c r="F102"/>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="E103"/>
       <c r="F103" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E104"/>
-      <c r="F104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F104"/>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="E105"/>
+        <v>1997</v>
+      </c>
+      <c r="E105">
+        <v>2002</v>
+      </c>
       <c r="F105" t="s">
-        <v>160</v>
+        <v>25</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106"/>
       <c r="D106">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E106"/>
-      <c r="F106" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F106"/>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>163</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107"/>
       <c r="D107">
-        <v>1975</v>
+        <v>2002</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>9</v>
+        <v>164</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108"/>
       <c r="D108">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F108"/>
+        <v>1971</v>
+      </c>
+      <c r="E108">
+        <v>2017</v>
+      </c>
+      <c r="F108" t="s">
+        <v>9</v>
+      </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>9</v>
+        <v>106</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E110"/>
-      <c r="F110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F110"/>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>168</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="E111"/>
       <c r="F111"/>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>169</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112"/>
       <c r="D112">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F112"/>
+        <v>1999</v>
+      </c>
+      <c r="E112">
+        <v>2006</v>
+      </c>
+      <c r="F112" t="s">
+        <v>170</v>
+      </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E114"/>
-      <c r="F114" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F114"/>
       <c r="G114"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>