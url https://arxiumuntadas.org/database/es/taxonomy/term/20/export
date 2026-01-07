--- v2 (2025-11-27)
+++ v3 (2026-01-07)
@@ -350,50 +350,80 @@
   <si>
     <t>Liubliana</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Nessuno Come Noi</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>Puntuacions</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
+    <t>Estamos condenados...</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Projectes / Propostes. Proyectos / Propuestas. Projects / Proposals</t>
+  </si>
+  <si>
+    <t>Brasil… Tudo bem, Tudo bom!</t>
+  </si>
+  <si>
+    <t>The Limousine Project [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Dealings</t>
+  </si>
+  <si>
+    <t>On Translation: Warning (Inglés) [Stuttgart]</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>España va bien</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida [Wallpaper]</t>
+  </si>
+  <si>
     <t>Fet a Barcelona / Made in NY</t>
   </si>
   <si>
     <t>Homenaje a Picasso</t>
   </si>
   <si>
     <t>Palabras, Palabras…</t>
   </si>
   <si>
     <t>Meeting</t>
   </si>
   <si>
     <t>On Translation: Die Stadt [Wallpaper]</t>
   </si>
   <si>
     <t>Graz, Barcelona, Francia</t>
   </si>
   <si>
     <t>CEE Print</t>
   </si>
   <si>
     <t>Experiencia Parcel Post</t>
   </si>
   <si>
     <t>Nottingham</t>
@@ -501,80 +531,50 @@
     <t>¡DICHO Y HECHO!</t>
   </si>
   <si>
     <t>Caracas</t>
   </si>
   <si>
     <t>Portraits</t>
   </si>
   <si>
     <t>San Sebastián</t>
   </si>
   <si>
     <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
   </si>
   <si>
     <t>Tout va Bien</t>
   </si>
   <si>
     <t>On Translation: Abroad</t>
   </si>
   <si>
     <t>On Translation: The Bank</t>
   </si>
   <si>
     <t>This is Not an Advertisement [Wallpaper]</t>
-  </si>
-[...28 lines deleted...]
-    <t>Arte ⇄ Vida [Wallpaper]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2118,765 +2118,767 @@
       <c r="A70" t="s">
         <v>110</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
         <v>2012</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>111</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>112</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1977</v>
+        <v>2002</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>9</v>
+        <v>113</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
         <v>1971</v>
       </c>
-      <c r="E72"/>
+      <c r="E72">
+        <v>2017</v>
+      </c>
       <c r="F72" t="s">
         <v>9</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>2017</v>
+        <v>1999</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>9</v>
+        <v>106</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="E75"/>
-      <c r="F75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F75"/>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>118</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1991</v>
-[...1 lines deleted...]
-      <c r="E76"/>
+        <v>1999</v>
+      </c>
+      <c r="E76">
+        <v>2006</v>
+      </c>
       <c r="F76" t="s">
-        <v>9</v>
+        <v>119</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1972</v>
+        <v>1999</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>120</v>
+        <v>44</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>121</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1974</v>
+        <v>2011</v>
       </c>
       <c r="E78"/>
-      <c r="F78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F78"/>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1999</v>
+        <v>1977</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>124</v>
+        <v>9</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>2004</v>
+        <v>1971</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>126</v>
+        <v>9</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>1973</v>
+        <v>2017</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>128</v>
+        <v>9</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1984</v>
+        <v>1999</v>
       </c>
       <c r="E82">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="F82"/>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2007</v>
+        <v>1991</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>9</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E85"/>
       <c r="F85" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F86"/>
+        <v>1974</v>
+      </c>
+      <c r="E86"/>
+      <c r="F86" t="s">
+        <v>132</v>
+      </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="E87"/>
-      <c r="F87"/>
+      <c r="F87" t="s">
+        <v>134</v>
+      </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
         <v>2004</v>
       </c>
-      <c r="E88">
-[...1 lines deleted...]
-      </c>
+      <c r="E88"/>
       <c r="F88" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E89"/>
       <c r="F89" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>2011</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E90">
+        <v>2010</v>
+      </c>
+      <c r="F90"/>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>145</v>
+        <v>9</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
+        <v>1973</v>
+      </c>
+      <c r="E93">
         <v>1975</v>
       </c>
-      <c r="E93"/>
       <c r="F93" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E94"/>
+        <v>1984</v>
+      </c>
+      <c r="E94">
+        <v>2010</v>
+      </c>
       <c r="F94"/>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="E95"/>
-      <c r="F95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F95"/>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E96"/>
+        <v>2004</v>
+      </c>
+      <c r="E96">
+        <v>2005</v>
+      </c>
       <c r="F96" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>1984</v>
+        <v>1982</v>
       </c>
       <c r="E97">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="F97"/>
+        <v>2006</v>
+      </c>
+      <c r="F97" t="s">
+        <v>150</v>
+      </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
         <v>2011</v>
       </c>
       <c r="E98"/>
-      <c r="F98"/>
+      <c r="F98" t="s">
+        <v>44</v>
+      </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>111</v>
+        <v>153</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>154</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
         <v>155</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>156</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>1995</v>
+        <v>1975</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>157</v>
+        <v>9</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102"/>
       <c r="D102">
         <v>2011</v>
       </c>
       <c r="E102"/>
       <c r="F102"/>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>131</v>
+        <v>9</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E104"/>
-      <c r="F104"/>
+      <c r="F104" t="s">
+        <v>160</v>
+      </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>161</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>1997</v>
+        <v>1984</v>
       </c>
       <c r="E105">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="F105"/>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>162</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106"/>
       <c r="D106">
         <v>2011</v>
       </c>
       <c r="E106"/>
       <c r="F106"/>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>163</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107"/>
       <c r="D107">
         <v>2002</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>164</v>
+        <v>111</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108"/>
       <c r="D108">
-        <v>1971</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="E108"/>
       <c r="F108" t="s">
-        <v>9</v>
+        <v>165</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>166</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>106</v>
+        <v>167</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110"/>
       <c r="D110">
         <v>2011</v>
       </c>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111"/>
       <c r="D111">
         <v>2003</v>
       </c>
       <c r="E111"/>
-      <c r="F111"/>
+      <c r="F111" t="s">
+        <v>141</v>
+      </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112"/>
       <c r="D112">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="E112"/>
       <c r="F112" t="s">
-        <v>170</v>
+        <v>97</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>171</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>1999</v>
-[...1 lines deleted...]
-      <c r="E113"/>
+        <v>1997</v>
+      </c>
+      <c r="E113">
+        <v>2002</v>
+      </c>
       <c r="F113" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>172</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114"/>
       <c r="D114">
         <v>2011</v>
       </c>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>