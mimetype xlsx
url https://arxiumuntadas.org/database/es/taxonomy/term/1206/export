--- v0 (2025-10-09)
+++ v1 (2025-11-20)
@@ -56,57 +56,57 @@
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>The Close-Up series [New Observations 29, Insert]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>The Close-Up series</t>
   </si>
   <si>
     <t>Europa</t>
   </si>
   <si>
     <t>The Close-Up series - "Discourse"</t>
   </si>
   <si>
     <t>The Close-Up series - Time [Tiempo]</t>
   </si>
   <si>
+    <t>The Close-Up series. Tríptico "Quadern-El Pais"</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "El País"</t>
+  </si>
+  <si>
     <t>The Close-Up series. Tríptico “Le Monde”</t>
-  </si>
-[...4 lines deleted...]
-    <t>The Close-Up series. Tríptico "El País"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>