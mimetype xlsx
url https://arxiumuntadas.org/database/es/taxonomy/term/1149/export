--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -137,50 +137,53 @@
   <si>
     <t>Guggenheim Childrens Program</t>
   </si>
   <si>
     <t>Actividades I. René Metras - Vandrés</t>
   </si>
   <si>
     <t>Barcelona, Madrid</t>
   </si>
   <si>
     <t>Antonio Muntadas</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Actividades I</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Antonio Muntadas [Los subsentidos]</t>
   </si>
   <si>
+    <t>Sensorial Way</t>
+  </si>
+  <si>
     <t>Los Subsentidos</t>
   </si>
   <si>
     <t>Escala subsensorial</t>
   </si>
   <si>
     <t>Presión</t>
   </si>
   <si>
     <t>Reconeixement d'un espai</t>
   </si>
   <si>
     <t>Vilanova de la Roca</t>
   </si>
   <si>
     <t>Tactile Box</t>
   </si>
   <si>
     <t>Umformung eines Raumes</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Proyecto: 4 elementos</t>
@@ -219,53 +222,50 @@
     <t>Propuesta Mori's Form</t>
   </si>
   <si>
     <t>Los Angeles (CA)</t>
   </si>
   <si>
     <t>Experiencia 4</t>
   </si>
   <si>
     <t>Informació d'Art Concepte 1973 a Banyoles</t>
   </si>
   <si>
     <t>Experiencia 5 (Comunicación táctil)</t>
   </si>
   <si>
     <t>Arts Awareness II</t>
   </si>
   <si>
     <t>Poema táctil</t>
   </si>
   <si>
     <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
   </si>
   <si>
     <t>Ciudad de México, Prada de Conflent / Prades</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sensorial Way</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -947,397 +947,397 @@
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>29</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>23</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>25</v>
       </c>
       <c r="C21"/>
       <c r="D21">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>42</v>
       </c>
       <c r="B22" t="s">
         <v>25</v>
       </c>
       <c r="C22"/>
       <c r="D22">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>43</v>
       </c>
       <c r="B23" t="s">
         <v>25</v>
       </c>
       <c r="C23"/>
       <c r="D23">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>25</v>
       </c>
       <c r="C24"/>
       <c r="D24">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25"/>
       <c r="D25">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>25</v>
       </c>
       <c r="C26"/>
       <c r="D26">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B27" t="s">
         <v>25</v>
       </c>
       <c r="C27"/>
       <c r="D27">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B28" t="s">
         <v>25</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B29" t="s">
         <v>25</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>54</v>
       </c>
       <c r="B30" t="s">
         <v>25</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B31" t="s">
         <v>25</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>57</v>
       </c>
       <c r="B32" t="s">
         <v>25</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>58</v>
       </c>
       <c r="B33" t="s">
         <v>25</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B34" t="s">
         <v>25</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>25</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>63</v>
       </c>
       <c r="B36" t="s">
         <v>25</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>64</v>
       </c>
       <c r="B37" t="s">
         <v>25</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>65</v>
       </c>
       <c r="B38" t="s">
         <v>25</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>25</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>67</v>
       </c>
       <c r="B40" t="s">
         <v>25</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E40"/>
       <c r="F40" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B41" t="s">
         <v>25</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E41"/>
+        <v>1973</v>
+      </c>
+      <c r="E41">
+        <v>1974</v>
+      </c>
       <c r="F41" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="G41"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>