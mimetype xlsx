--- v1 (2025-10-29)
+++ v2 (2026-01-18)
@@ -137,135 +137,135 @@
   <si>
     <t>Guggenheim Childrens Program</t>
   </si>
   <si>
     <t>Actividades I. René Metras - Vandrés</t>
   </si>
   <si>
     <t>Barcelona, Madrid</t>
   </si>
   <si>
     <t>Antonio Muntadas</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Actividades I</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Antonio Muntadas [Los subsentidos]</t>
   </si>
   <si>
+    <t>Reconocimiento de un cuerpo</t>
+  </si>
+  <si>
+    <t>Nueva York (NY), Barcelona</t>
+  </si>
+  <si>
+    <t>Manipulables</t>
+  </si>
+  <si>
+    <t>Experiencia Parcel Post</t>
+  </si>
+  <si>
+    <t>Nottingham</t>
+  </si>
+  <si>
+    <t>Piano Táctil</t>
+  </si>
+  <si>
+    <t>Sangría - Film - Slides</t>
+  </si>
+  <si>
+    <t>Vacuflex</t>
+  </si>
+  <si>
+    <t>Ibiza</t>
+  </si>
+  <si>
+    <t>Propuesta Mori's Form</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>Experiencia 4</t>
+  </si>
+  <si>
+    <t>Informació d'Art Concepte 1973 a Banyoles</t>
+  </si>
+  <si>
+    <t>Experiencia 5 (Comunicación táctil)</t>
+  </si>
+  <si>
+    <t>Arts Awareness II</t>
+  </si>
+  <si>
+    <t>Poema táctil</t>
+  </si>
+  <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
     <t>Sensorial Way</t>
   </si>
   <si>
     <t>Los Subsentidos</t>
   </si>
   <si>
     <t>Escala subsensorial</t>
   </si>
   <si>
     <t>Presión</t>
   </si>
   <si>
     <t>Reconeixement d'un espai</t>
   </si>
   <si>
     <t>Vilanova de la Roca</t>
   </si>
   <si>
     <t>Tactile Box</t>
   </si>
   <si>
     <t>Umformung eines Raumes</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Proyecto: 4 elementos</t>
   </si>
   <si>
     <t>Sevilla, Valencia</t>
-  </si>
-[...52 lines deleted...]
-    <t>Ciudad de México, Prada de Conflent / Prades</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -951,391 +951,391 @@
       </c>
       <c r="B20" t="s">
         <v>29</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>23</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>25</v>
       </c>
       <c r="C21"/>
       <c r="D21">
         <v>1972</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>25</v>
       </c>
       <c r="C22"/>
       <c r="D22">
         <v>1971</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>25</v>
       </c>
       <c r="C23"/>
       <c r="D23">
         <v>1972</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B24" t="s">
         <v>25</v>
       </c>
       <c r="C24"/>
       <c r="D24">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25"/>
       <c r="D25">
         <v>1972</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B26" t="s">
         <v>25</v>
       </c>
       <c r="C26"/>
       <c r="D26">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B27" t="s">
         <v>25</v>
       </c>
       <c r="C27"/>
       <c r="D27">
         <v>1972</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B28" t="s">
         <v>25</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B29" t="s">
         <v>25</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>54</v>
       </c>
       <c r="B30" t="s">
         <v>25</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>55</v>
       </c>
       <c r="B31" t="s">
         <v>25</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B32" t="s">
         <v>25</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B33" t="s">
         <v>25</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E33"/>
+        <v>1973</v>
+      </c>
+      <c r="E33">
+        <v>1974</v>
+      </c>
       <c r="F33" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>59</v>
       </c>
       <c r="B34" t="s">
         <v>25</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B35" t="s">
         <v>25</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B36" t="s">
         <v>25</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B37" t="s">
         <v>25</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1973</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B38" t="s">
         <v>25</v>
       </c>
       <c r="C38"/>
       <c r="D38">
         <v>1972</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B39" t="s">
         <v>25</v>
       </c>
       <c r="C39"/>
       <c r="D39">
         <v>1973</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B40" t="s">
         <v>25</v>
       </c>
       <c r="C40"/>
       <c r="D40">
         <v>1972</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>68</v>
       </c>
       <c r="B41" t="s">
         <v>25</v>
       </c>
       <c r="C41"/>
       <c r="D41">
         <v>1973</v>
       </c>
-      <c r="E41">
-[...1 lines deleted...]
-      </c>
+      <c r="E41"/>
       <c r="F41" t="s">
         <v>69</v>
       </c>
       <c r="G41"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>