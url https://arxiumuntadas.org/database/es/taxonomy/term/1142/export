--- v0 (2025-10-29)
+++ v1 (2025-11-18)
@@ -122,87 +122,87 @@
   <si>
     <t>Milán</t>
   </si>
   <si>
     <t>Muntadas. Asian Protocols (Beijing) [Catálogo]</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Muntadas. Asian Protocols [China]</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
+  </si>
+  <si>
+    <t>Charla, Invitación, Programa de evento</t>
+  </si>
+  <si>
+    <t>Ulaanbaatar</t>
+  </si>
+  <si>
     <t>Muntadas: Asian Protocols</t>
   </si>
   <si>
     <t>Seúl</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
-    <t>Ulaanbaatar</t>
-[...7 lines deleted...]
-  <si>
     <t>On Translation: Stand By I</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>On Translation: Stand By II</t>
   </si>
   <si>
     <t>On Translation: Stand By: Moscow</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
-    <t>On Translation: Pille, 2006-2014</t>
+    <t>On Translation: Pille</t>
   </si>
   <si>
     <t>China, Seúl, Japón</t>
   </si>
   <si>
     <t>On Translation: Stand By [Buenos Aires]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -784,96 +784,96 @@
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>25</v>
       </c>
       <c r="C15"/>
       <c r="D15">
         <v>2018</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>15</v>
       </c>
       <c r="C16" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="D16">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>15</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D17">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>41</v>
       </c>
       <c r="B18" t="s">
         <v>15</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18">
         <v>2016</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>25</v>
       </c>
       <c r="C19"/>
       <c r="D19">
         <v>2005</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>44</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>45</v>
       </c>
       <c r="B20" t="s">