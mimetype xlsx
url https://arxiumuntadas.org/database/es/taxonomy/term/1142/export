--- v1 (2025-11-18)
+++ v2 (2025-12-08)
@@ -122,93 +122,93 @@
   <si>
     <t>Milán</t>
   </si>
   <si>
     <t>Muntadas. Asian Protocols (Beijing) [Catálogo]</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Muntadas. Asian Protocols [China]</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Asian Protocols: The Edition</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Muntadas: Asian Protocols</t>
+  </si>
+  <si>
+    <t>Seúl</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
+  </si>
+  <si>
+    <t>Charla, Flyer</t>
+  </si>
+  <si>
+    <t>Ulaanbaatar</t>
+  </si>
+  <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
   </si>
   <si>
     <t>Charla, Invitación, Programa de evento</t>
   </si>
   <si>
-    <t>Ulaanbaatar</t>
-[...11 lines deleted...]
-    <t>Charla, Flyer</t>
+    <t>On Translation: Stand By II</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By: Moscow</t>
+  </si>
+  <si>
+    <t>Moscú</t>
+  </si>
+  <si>
+    <t>On Translation: Pille</t>
+  </si>
+  <si>
+    <t>China, Seúl, Japón</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By [Buenos Aires]</t>
   </si>
   <si>
     <t>On Translation: Stand By I</t>
   </si>
   <si>
     <t>Venecia</t>
-  </si>
-[...16 lines deleted...]
-    <t>On Translation: Stand By [Buenos Aires]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -784,181 +784,181 @@
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>25</v>
       </c>
       <c r="C15"/>
       <c r="D15">
         <v>2018</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>15</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="D16">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>15</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D17">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>41</v>
       </c>
       <c r="B18" t="s">
         <v>15</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18">
         <v>2016</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>25</v>
       </c>
       <c r="C19"/>
       <c r="D19">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E19"/>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>25</v>
       </c>
       <c r="C20"/>
       <c r="D20">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E20"/>
-      <c r="F20"/>
+      <c r="F20" t="s">
+        <v>45</v>
+      </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>25</v>
       </c>
       <c r="C21"/>
       <c r="D21">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E21"/>
+        <v>2006</v>
+      </c>
+      <c r="E21">
+        <v>2014</v>
+      </c>
       <c r="F21" t="s">
         <v>47</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>25</v>
       </c>
       <c r="C22"/>
       <c r="D22">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E22"/>
       <c r="F22" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>25</v>
       </c>
       <c r="C23"/>
       <c r="D23">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="G23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>