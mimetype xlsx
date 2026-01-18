--- v2 (2025-12-08)
+++ v3 (2026-01-18)
@@ -143,72 +143,72 @@
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Muntadas: Asian Protocols</t>
   </si>
   <si>
     <t>Seúl</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
     <t>Ulaanbaatar</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Invitación]</t>
   </si>
   <si>
     <t>Charla, Invitación, Programa de evento</t>
   </si>
   <si>
+    <t>On Translation: Stand By I</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
     <t>On Translation: Stand By II</t>
   </si>
   <si>
     <t>On Translation: Stand By: Moscow</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
     <t>On Translation: Pille</t>
   </si>
   <si>
     <t>China, Seúl, Japón</t>
   </si>
   <si>
     <t>On Translation: Stand By [Buenos Aires]</t>
-  </si>
-[...4 lines deleted...]
-    <t>Venecia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -842,123 +842,123 @@
       </c>
       <c r="B18" t="s">
         <v>15</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18">
         <v>2016</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>40</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>25</v>
       </c>
       <c r="C19"/>
       <c r="D19">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E19"/>
-      <c r="F19"/>
+      <c r="F19" t="s">
+        <v>44</v>
+      </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>25</v>
       </c>
       <c r="C20"/>
       <c r="D20">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E20"/>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F20"/>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>25</v>
       </c>
       <c r="C21"/>
       <c r="D21">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E21"/>
       <c r="F21" t="s">
         <v>47</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>25</v>
       </c>
       <c r="C22"/>
       <c r="D22">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E22"/>
+        <v>2006</v>
+      </c>
+      <c r="E22">
+        <v>2014</v>
+      </c>
       <c r="F22" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>25</v>
       </c>
       <c r="C23"/>
       <c r="D23">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="G23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>