--- v0 (2025-10-08)
+++ v1 (2026-01-18)
@@ -101,66 +101,66 @@
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Entrevista a Muntadas (I) [Realizada por Diego Luna]</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Procesos. Cultura y Nuevas Tecnologías</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>El teléfono en la fotografía</t>
   </si>
   <si>
+    <t>Mensaje</t>
+  </si>
+  <si>
+    <t>Olhos de Água</t>
+  </si>
+  <si>
+    <t>Transfer</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
     <t>Polución Audiovisual</t>
   </si>
   <si>
     <t>Pamplona</t>
-  </si>
-[...10 lines deleted...]
-    <t>Nueva York (NY)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -681,85 +681,85 @@
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>27</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>1975</v>
+        <v>1972</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>