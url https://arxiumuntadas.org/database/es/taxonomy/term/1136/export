--- v0 (2025-10-14)
+++ v1 (2025-11-05)
@@ -185,120 +185,120 @@
   <si>
     <t>Graz</t>
   </si>
   <si>
     <t>Negro sobre blanco / blanco sobre negro [Mies y la gata niebla: Ensayos sobre arquitectura y cosmopolítica, Insert]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Walls of air</t>
   </si>
   <si>
     <t>Prison to Prison. 16a Mostra Internazionale de Architettura</t>
   </si>
   <si>
     <t>Architektur / Räume / Gesten II</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
+    <t>Vídeo, el temps I l'espai.</t>
+  </si>
+  <si>
     <t>Part 2 : Contruction/Identities: Pavilions, Art, Architecture</t>
   </si>
   <si>
     <t>Charla, Folleto</t>
   </si>
   <si>
     <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
   </si>
   <si>
-    <t>Vídeo, el temps I l'espai.</t>
-[...1 lines deleted...]
-  <si>
     <t>Vídeo, el temps I l'espai</t>
   </si>
   <si>
     <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>Newcastle</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats.</t>
   </si>
   <si>
+    <t>Double Exposure: Venecia - New York</t>
+  </si>
+  <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
+    <t>Situación 1988</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>Stadia / Furniture / Audience</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>S.M.E.P.</t>
+  </si>
+  <si>
+    <t>On Translation: The Pavilion</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>City Museum?</t>
+  </si>
+  <si>
+    <t>La sala de control (per a la ciutat de Barcelona)</t>
+  </si>
+  <si>
     <t>On Translation: The Audience</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
   <si>
     <t>Double Exposure: TK-SL</t>
-  </si>
-[...31 lines deleted...]
-    <t>La sala de control (per a la ciutat de Barcelona)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1069,96 +1069,96 @@
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>51</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="D27">
-        <v>2012</v>
+        <v>1980</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="D28">
-        <v>1999</v>
+        <v>2012</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="D29">
-        <v>1980</v>
+        <v>1999</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>31</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
@@ -1172,255 +1172,255 @@
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>31</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>43</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>51</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1998</v>
-[...6 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E33"/>
+      <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B34" t="s">
         <v>51</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E34"/>
       <c r="F34" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B35" t="s">
         <v>51</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>2010</v>
+        <v>1988</v>
       </c>
       <c r="E35"/>
-      <c r="F35"/>
+      <c r="F35" t="s">
+        <v>45</v>
+      </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B36" t="s">
         <v>51</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="E36"/>
+        <v>1998</v>
+      </c>
+      <c r="E36">
+        <v>2007</v>
+      </c>
       <c r="F36"/>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B37" t="s">
         <v>51</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>2011</v>
+        <v>1990</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B38" t="s">
         <v>51</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1988</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E38">
+        <v>2007</v>
+      </c>
+      <c r="F38"/>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B39" t="s">
         <v>51</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F39"/>
+        <v>1996</v>
+      </c>
+      <c r="E39"/>
+      <c r="F39" t="s">
+        <v>43</v>
+      </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B40" t="s">
         <v>51</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B41" t="s">
         <v>51</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F41"/>
+        <v>1995</v>
+      </c>
+      <c r="E41"/>
+      <c r="F41" t="s">
+        <v>37</v>
+      </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B42" t="s">
         <v>51</v>
       </c>
       <c r="C42"/>
       <c r="D42">
         <v>1996</v>
       </c>
       <c r="E42"/>
-      <c r="F42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F42"/>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B43" t="s">
         <v>51</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E43"/>
+        <v>1998</v>
+      </c>
+      <c r="E43">
+        <v>2000</v>
+      </c>
       <c r="F43" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B44" t="s">
         <v>51</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E44"/>
+        <v>1999</v>
+      </c>
+      <c r="E44">
+        <v>2004</v>
+      </c>
       <c r="F44" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>80</v>
       </c>
       <c r="B45" t="s">
         <v>51</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>