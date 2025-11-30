--- v1 (2025-11-05)
+++ v2 (2025-11-30)
@@ -209,96 +209,96 @@
   <si>
     <t>Vídeo, el temps I l'espai.</t>
   </si>
   <si>
     <t>Part 2 : Contruction/Identities: Pavilions, Art, Architecture</t>
   </si>
   <si>
     <t>Charla, Folleto</t>
   </si>
   <si>
     <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
   </si>
   <si>
     <t>Vídeo, el temps I l'espai</t>
   </si>
   <si>
     <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>Newcastle</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats.</t>
   </si>
   <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>Stadia / Furniture / Audience</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>S.M.E.P.</t>
+  </si>
+  <si>
+    <t>On Translation: The Pavilion</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>City Museum?</t>
+  </si>
+  <si>
+    <t>La sala de control (per a la ciutat de Barcelona)</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Lille</t>
+  </si>
+  <si>
+    <t>Double Exposure: TK-SL</t>
+  </si>
+  <si>
     <t>Double Exposure: Venecia - New York</t>
   </si>
   <si>
     <t>Situación 2011</t>
   </si>
   <si>
     <t>Situación 1988</t>
-  </si>
-[...37 lines deleted...]
-    <t>Double Exposure: TK-SL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1172,258 +1172,258 @@
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>31</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>43</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>51</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="E33"/>
+        <v>1998</v>
+      </c>
+      <c r="E33">
+        <v>2007</v>
+      </c>
       <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
         <v>51</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>2011</v>
+        <v>1990</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>67</v>
       </c>
       <c r="B35" t="s">
         <v>51</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1988</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E35">
+        <v>2007</v>
+      </c>
+      <c r="F35"/>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>68</v>
       </c>
       <c r="B36" t="s">
         <v>51</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F36"/>
+        <v>1996</v>
+      </c>
+      <c r="E36"/>
+      <c r="F36" t="s">
+        <v>43</v>
+      </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>69</v>
       </c>
       <c r="B37" t="s">
         <v>51</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B38" t="s">
         <v>51</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F38"/>
+        <v>1995</v>
+      </c>
+      <c r="E38"/>
+      <c r="F38" t="s">
+        <v>37</v>
+      </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B39" t="s">
         <v>51</v>
       </c>
       <c r="C39"/>
       <c r="D39">
         <v>1996</v>
       </c>
       <c r="E39"/>
-      <c r="F39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F39"/>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B40" t="s">
         <v>51</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E40"/>
+        <v>1998</v>
+      </c>
+      <c r="E40">
+        <v>2000</v>
+      </c>
       <c r="F40" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B41" t="s">
         <v>51</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E41"/>
+        <v>1999</v>
+      </c>
+      <c r="E41">
+        <v>2004</v>
+      </c>
       <c r="F41" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B42" t="s">
         <v>51</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B43" t="s">
         <v>51</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1998</v>
-[...6 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E43"/>
+      <c r="F43"/>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B44" t="s">
         <v>51</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E44"/>
       <c r="F44" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>80</v>
       </c>
       <c r="B45" t="s">
         <v>51</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>2010</v>
+        <v>1988</v>
       </c>
       <c r="E45"/>
-      <c r="F45"/>
+      <c r="F45" t="s">
+        <v>45</v>
+      </c>
       <c r="G45"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>