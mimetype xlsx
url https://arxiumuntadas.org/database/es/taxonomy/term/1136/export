--- v2 (2025-11-30)
+++ v3 (2025-12-20)
@@ -185,120 +185,120 @@
   <si>
     <t>Graz</t>
   </si>
   <si>
     <t>Negro sobre blanco / blanco sobre negro [Mies y la gata niebla: Ensayos sobre arquitectura y cosmopolítica, Insert]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Walls of air</t>
   </si>
   <si>
     <t>Prison to Prison. 16a Mostra Internazionale de Architettura</t>
   </si>
   <si>
     <t>Architektur / Räume / Gesten II</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
+    <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
+  </si>
+  <si>
     <t>Vídeo, el temps I l'espai.</t>
   </si>
   <si>
     <t>Part 2 : Contruction/Identities: Pavilions, Art, Architecture</t>
   </si>
   <si>
     <t>Charla, Folleto</t>
   </si>
   <si>
-    <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
-[...1 lines deleted...]
-  <si>
     <t>Vídeo, el temps I l'espai</t>
   </si>
   <si>
     <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>Newcastle</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats.</t>
   </si>
   <si>
+    <t>On Translation: Die Stadt</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Lille</t>
+  </si>
+  <si>
+    <t>Double Exposure: TK-SL</t>
+  </si>
+  <si>
+    <t>Double Exposure: Venecia - New York</t>
+  </si>
+  <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
+    <t>Situación 1988</t>
+  </si>
+  <si>
     <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
   <si>
     <t>Stadia / Furniture / Audience</t>
   </si>
   <si>
     <t>Double Exposure: Budapest - Almería</t>
   </si>
   <si>
     <t>S.M.E.P.</t>
   </si>
   <si>
     <t>On Translation: The Pavilion</t>
   </si>
   <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>City Museum?</t>
   </si>
   <si>
     <t>La sala de control (per a la ciutat de Barcelona)</t>
   </si>
   <si>
     <t>On Translation: The Audience</t>
   </si>
   <si>
     <t>Rotterdam</t>
-  </si>
-[...16 lines deleted...]
-    <t>Situación 1988</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1069,96 +1069,96 @@
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>51</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="D27">
-        <v>1980</v>
+        <v>1999</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="D28">
-        <v>2012</v>
+        <v>1980</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="D29">
-        <v>1999</v>
+        <v>2012</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>31</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
@@ -1172,257 +1172,257 @@
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>31</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>43</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>51</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="E33">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="F33"/>
+        <v>2004</v>
+      </c>
+      <c r="F33" t="s">
+        <v>66</v>
+      </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>51</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="E34"/>
-      <c r="F34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F34"/>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B35" t="s">
         <v>51</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E35"/>
       <c r="F35"/>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B36" t="s">
         <v>51</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B37" t="s">
         <v>51</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1995</v>
+        <v>1988</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>71</v>
       </c>
       <c r="B38" t="s">
         <v>51</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1995</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E38">
+        <v>2007</v>
+      </c>
+      <c r="F38"/>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>72</v>
       </c>
       <c r="B39" t="s">
         <v>51</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="E39"/>
-      <c r="F39"/>
+      <c r="F39" t="s">
+        <v>37</v>
+      </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>73</v>
       </c>
       <c r="B40" t="s">
         <v>51</v>
       </c>
       <c r="C40"/>
       <c r="D40">
         <v>1998</v>
       </c>
       <c r="E40">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="F40"/>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B41" t="s">
         <v>51</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1996</v>
+      </c>
+      <c r="E41"/>
       <c r="F41" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B42" t="s">
         <v>51</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="E42"/>
-      <c r="F42"/>
+      <c r="F42" t="s">
+        <v>76</v>
+      </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B43" t="s">
         <v>51</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>2008</v>
+        <v>1995</v>
       </c>
       <c r="E43"/>
-      <c r="F43"/>
+      <c r="F43" t="s">
+        <v>37</v>
+      </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B44" t="s">
         <v>51</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="E44"/>
-      <c r="F44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F44"/>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B45" t="s">
         <v>51</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1988</v>
-[...1 lines deleted...]
-      <c r="E45"/>
+        <v>1998</v>
+      </c>
+      <c r="E45">
+        <v>2000</v>
+      </c>
       <c r="F45" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="G45"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>