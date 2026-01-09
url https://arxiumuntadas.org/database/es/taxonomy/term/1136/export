--- v3 (2025-12-20)
+++ v4 (2026-01-09)
@@ -185,120 +185,120 @@
   <si>
     <t>Graz</t>
   </si>
   <si>
     <t>Negro sobre blanco / blanco sobre negro [Mies y la gata niebla: Ensayos sobre arquitectura y cosmopolítica, Insert]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Walls of air</t>
   </si>
   <si>
     <t>Prison to Prison. 16a Mostra Internazionale de Architettura</t>
   </si>
   <si>
     <t>Architektur / Räume / Gesten II</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
+    <t>Vídeo, el temps I l'espai.</t>
+  </si>
+  <si>
+    <t>Part 2 : Contruction/Identities: Pavilions, Art, Architecture</t>
+  </si>
+  <si>
+    <t>Charla, Folleto</t>
+  </si>
+  <si>
     <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
   </si>
   <si>
-    <t>Vídeo, el temps I l'espai.</t>
-[...7 lines deleted...]
-  <si>
     <t>Vídeo, el temps I l'espai</t>
   </si>
   <si>
     <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>Newcastle</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats.</t>
   </si>
   <si>
+    <t>Situación 1988</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>Stadia / Furniture / Audience</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>S.M.E.P.</t>
+  </si>
+  <si>
+    <t>On Translation: The Pavilion</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>City Museum? [New York, 1995]</t>
+  </si>
+  <si>
+    <t>La sala de control (per a la ciutat de Barcelona)</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
   <si>
     <t>Double Exposure: TK-SL</t>
   </si>
   <si>
     <t>Double Exposure: Venecia - New York</t>
   </si>
   <si>
     <t>Situación 2011</t>
-  </si>
-[...31 lines deleted...]
-    <t>Rotterdam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1069,96 +1069,96 @@
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>51</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D27">
-        <v>1999</v>
+        <v>1980</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>29</v>
+        <v>59</v>
       </c>
       <c r="D28">
-        <v>1980</v>
+        <v>2012</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="D29">
-        <v>2012</v>
+        <v>1999</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>31</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
@@ -1172,257 +1172,257 @@
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>31</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>43</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>51</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1988</v>
+      </c>
+      <c r="E33"/>
       <c r="F33" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B34" t="s">
         <v>51</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E34"/>
+        <v>1998</v>
+      </c>
+      <c r="E34">
+        <v>2007</v>
+      </c>
       <c r="F34"/>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B35" t="s">
         <v>51</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>2008</v>
+        <v>1990</v>
       </c>
       <c r="E35"/>
-      <c r="F35"/>
+      <c r="F35" t="s">
+        <v>37</v>
+      </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B36" t="s">
         <v>51</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>2011</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E36">
+        <v>2007</v>
+      </c>
+      <c r="F36"/>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B37" t="s">
         <v>51</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B38" t="s">
         <v>51</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F38"/>
+        <v>1995</v>
+      </c>
+      <c r="E38"/>
+      <c r="F38" t="s">
+        <v>71</v>
+      </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>72</v>
       </c>
       <c r="B39" t="s">
         <v>51</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>37</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>73</v>
       </c>
       <c r="B40" t="s">
         <v>51</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>1996</v>
+      </c>
+      <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>74</v>
       </c>
       <c r="B41" t="s">
         <v>51</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1996</v>
-[...1 lines deleted...]
-      <c r="E41"/>
+        <v>1998</v>
+      </c>
+      <c r="E41">
+        <v>2000</v>
+      </c>
       <c r="F41" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B42" t="s">
         <v>51</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E42"/>
+        <v>1999</v>
+      </c>
+      <c r="E42">
+        <v>2004</v>
+      </c>
       <c r="F42" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B43" t="s">
         <v>51</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1995</v>
+        <v>2010</v>
       </c>
       <c r="E43"/>
-      <c r="F43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F43"/>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B44" t="s">
         <v>51</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B45" t="s">
         <v>51</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E45"/>
       <c r="F45" t="s">
-        <v>80</v>
+        <v>45</v>
       </c>
       <c r="G45"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>