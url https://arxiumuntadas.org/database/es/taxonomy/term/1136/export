--- v4 (2026-01-09)
+++ v5 (2026-01-30)
@@ -185,120 +185,120 @@
   <si>
     <t>Graz</t>
   </si>
   <si>
     <t>Negro sobre blanco / blanco sobre negro [Mies y la gata niebla: Ensayos sobre arquitectura y cosmopolítica, Insert]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Walls of air</t>
   </si>
   <si>
     <t>Prison to Prison. 16a Mostra Internazionale de Architettura</t>
   </si>
   <si>
     <t>Architektur / Räume / Gesten II</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
+    <t>Part 2 : Contruction/Identities: Pavilions, Art, Architecture</t>
+  </si>
+  <si>
+    <t>Charla, Folleto</t>
+  </si>
+  <si>
+    <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
+  </si>
+  <si>
     <t>Vídeo, el temps I l'espai.</t>
   </si>
   <si>
-    <t>Part 2 : Contruction/Identities: Pavilions, Art, Architecture</t>
-[...7 lines deleted...]
-  <si>
     <t>Vídeo, el temps I l'espai</t>
   </si>
   <si>
     <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>Newcastle</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats.</t>
   </si>
   <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Lille</t>
+  </si>
+  <si>
+    <t>Double Exposure: TK-SL</t>
+  </si>
+  <si>
+    <t>Double Exposure: Venecia - New York</t>
+  </si>
+  <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
     <t>Situación 1988</t>
   </si>
   <si>
     <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
   <si>
     <t>Stadia / Furniture / Audience</t>
   </si>
   <si>
     <t>Double Exposure: Budapest - Almería</t>
   </si>
   <si>
     <t>S.M.E.P.</t>
   </si>
   <si>
     <t>On Translation: The Pavilion</t>
   </si>
   <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>City Museum? [New York, 1995]</t>
   </si>
   <si>
     <t>La sala de control (per a la ciutat de Barcelona)</t>
-  </si>
-[...19 lines deleted...]
-    <t>Situación 2011</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1069,96 +1069,96 @@
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>51</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="D27">
-        <v>1980</v>
+        <v>2012</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="D28">
-        <v>2012</v>
+        <v>1999</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D29">
-        <v>1999</v>
+        <v>1980</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>31</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
@@ -1172,258 +1172,258 @@
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>31</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>43</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>51</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1988</v>
-[...1 lines deleted...]
-      <c r="E33"/>
+        <v>1998</v>
+      </c>
+      <c r="E33">
+        <v>2000</v>
+      </c>
       <c r="F33" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>51</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="E34">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="F34"/>
+        <v>2004</v>
+      </c>
+      <c r="F34" t="s">
+        <v>68</v>
+      </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B35" t="s">
         <v>51</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="E35"/>
-      <c r="F35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F35"/>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B36" t="s">
         <v>51</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B37" t="s">
         <v>51</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B38" t="s">
         <v>51</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1995</v>
+        <v>1988</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B39" t="s">
         <v>51</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1995</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E39">
+        <v>2007</v>
+      </c>
+      <c r="F39"/>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B40" t="s">
         <v>51</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="E40"/>
-      <c r="F40"/>
+      <c r="F40" t="s">
+        <v>37</v>
+      </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B41" t="s">
         <v>51</v>
       </c>
       <c r="C41"/>
       <c r="D41">
         <v>1998</v>
       </c>
       <c r="E41">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="F41"/>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>76</v>
       </c>
       <c r="B42" t="s">
         <v>51</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1996</v>
+      </c>
+      <c r="E42"/>
       <c r="F42" t="s">
-        <v>77</v>
+        <v>43</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B43" t="s">
         <v>51</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="E43"/>
-      <c r="F43"/>
+      <c r="F43" t="s">
+        <v>78</v>
+      </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>79</v>
       </c>
       <c r="B44" t="s">
         <v>51</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>2008</v>
+        <v>1995</v>
       </c>
       <c r="E44"/>
-      <c r="F44"/>
+      <c r="F44" t="s">
+        <v>37</v>
+      </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>80</v>
       </c>
       <c r="B45" t="s">
         <v>51</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="E45"/>
-      <c r="F45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F45"/>
       <c r="G45"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>