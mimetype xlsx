--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -164,75 +164,75 @@
   <si>
     <t>7 portadas</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Antoni Muntadas: Espectáculo/Poder/Mass Media</t>
   </si>
   <si>
     <t>Spectacle / Power / Mass Media [Espectáculo  / Poder / Mass Media]</t>
   </si>
   <si>
     <t>La Imagen de los Mass Media</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Muntadas. WORTE: Die Pressekonferenz</t>
   </si>
   <si>
     <t>Innsbruck</t>
   </si>
   <si>
+    <t>Muntadas: Media Architecture Installations</t>
+  </si>
+  <si>
+    <t>Compilación, Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>El Arte del Video. 20 autores españoles</t>
+  </si>
+  <si>
+    <t>Programa de TV</t>
+  </si>
+  <si>
     <t>Folleto</t>
-  </si>
-[...22 lines deleted...]
-    <t>Programa de TV</t>
   </si>
   <si>
     <t>404 object not found</t>
   </si>
   <si>
     <t>Seúl</t>
   </si>
   <si>
     <t>Polución Audiovisual</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>Media Ecology Ads</t>
   </si>
   <si>
     <t>Media Architecture Installations</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -934,121 +934,121 @@
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>47</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>17</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>49</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D22">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D23">
-        <v>1999</v>
+        <v>1978</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D24">
-        <v>1978</v>
+        <v>1989</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>58</v>
       </c>
       <c r="D25">
-        <v>1989</v>
+        <v>1993</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>59</v>
       </c>
       <c r="B26" t="s">
         <v>17</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" t="s">
         <v>22</v>
       </c>
@@ -1087,51 +1087,51 @@
         <v>22</v>
       </c>
       <c r="C29"/>
       <c r="D29">
         <v>1982</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>22</v>
       </c>
       <c r="C30"/>
       <c r="D30">
         <v>1999</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G30"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>