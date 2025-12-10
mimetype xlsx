--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -74,129 +74,129 @@
   <si>
     <t>La Habana</t>
   </si>
   <si>
     <t>Muntadas: On Translation: El Aplauso, Captures #20.</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Francia</t>
   </si>
   <si>
     <t>New Images from Spain [Guggenheim Museum]</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Román Gubern: La imatge expandida</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
+    <t>6 Exposición audiovisual. Facultad de Bellas Artes / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
+    <t>Mediated Narratives</t>
+  </si>
+  <si>
+    <t>Boston (MA)</t>
+  </si>
+  <si>
+    <t>Images pour la lutte contre le sida</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Les Nouveaux Imaginaires</t>
+  </si>
+  <si>
+    <t>Charleroi</t>
+  </si>
+  <si>
+    <t>El teléfono en la fotografía</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>ARCO'90</t>
+  </si>
+  <si>
+    <t>Els límits del museu</t>
+  </si>
+  <si>
+    <t>Art Concepte. La década de los setenta en Cataluña.</t>
+  </si>
+  <si>
+    <t>ARS 95 Helsinki</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>Art espanyol contemporani.Testimoni.</t>
+  </si>
+  <si>
+    <t>Pollença</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats.</t>
+  </si>
+  <si>
+    <t>Art és just un mot.Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
+  </si>
+  <si>
     <t>Force Sight</t>
   </si>
   <si>
     <t>Neuenstadt am Kocher</t>
   </si>
   <si>
     <t>Stichting Gordon Matta-Clark Een Selectie</t>
   </si>
   <si>
     <t>Turnhout</t>
   </si>
   <si>
     <t>Pour la Suite du Monde.</t>
   </si>
   <si>
     <t>Montréal</t>
   </si>
   <si>
     <t>Les Couleurs de l'Argent</t>
   </si>
   <si>
-    <t>Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>Vídeo Art. Comportament Behavior</t>
-  </si>
-[...52 lines deleted...]
-    <t>Art és just un mot.Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -690,216 +690,216 @@
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>27</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>14</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>14</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>14</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>14</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>42</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>14</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>14</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>14</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>