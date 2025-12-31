--- v1 (2025-12-10)
+++ v2 (2025-12-31)
@@ -74,129 +74,129 @@
   <si>
     <t>La Habana</t>
   </si>
   <si>
     <t>Muntadas: On Translation: El Aplauso, Captures #20.</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Francia</t>
   </si>
   <si>
     <t>New Images from Spain [Guggenheim Museum]</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Román Gubern: La imatge expandida</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
+    <t>Pour la Suite du Monde.</t>
+  </si>
+  <si>
+    <t>Montréal</t>
+  </si>
+  <si>
+    <t>Les Couleurs de l'Argent</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Vídeo Art. Comportament Behavior</t>
+  </si>
+  <si>
     <t>6 Exposición audiovisual. Facultad de Bellas Artes / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
   </si>
   <si>
     <t>Bilbao</t>
   </si>
   <si>
     <t>Mediated Narratives</t>
   </si>
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>Images pour la lutte contre le sida</t>
   </si>
   <si>
-    <t>Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>Les Nouveaux Imaginaires</t>
   </si>
   <si>
     <t>Charleroi</t>
   </si>
   <si>
     <t>El teléfono en la fotografía</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>ARCO'90</t>
   </si>
   <si>
     <t>Els límits del museu</t>
   </si>
   <si>
     <t>Art Concepte. La década de los setenta en Cataluña.</t>
   </si>
   <si>
     <t>ARS 95 Helsinki</t>
   </si>
   <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>Art espanyol contemporani.Testimoni.</t>
   </si>
   <si>
     <t>Pollença</t>
   </si>
   <si>
     <t>Present I futurs. Arquitectura a les ciutats.</t>
   </si>
   <si>
     <t>Art és just un mot.Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
   </si>
   <si>
     <t>Force Sight</t>
   </si>
   <si>
     <t>Neuenstadt am Kocher</t>
   </si>
   <si>
     <t>Stichting Gordon Matta-Clark Een Selectie</t>
   </si>
   <si>
     <t>Turnhout</t>
-  </si>
-[...10 lines deleted...]
-    <t>Vídeo Art. Comportament Behavior</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -660,261 +660,261 @@
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>23</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>14</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>14</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>14</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>40</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>14</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>14</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>14</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>14</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="G23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>