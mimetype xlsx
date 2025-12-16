--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -134,51 +134,51 @@
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Money Money Money</t>
   </si>
   <si>
     <t>Algoritmia. ARTE EN LA ERA DE LA INTELIGENCIA ARTIFICIAL</t>
   </si>
   <si>
     <t>Badajoz</t>
   </si>
   <si>
     <t>Piensa en el tamaño del universo, después lávate los dientes y ve a dormir</t>
   </si>
   <si>
     <t>JAC8 (Jovem Arte Contemporânea)</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Rencontres Internationales Paris/Berlin</t>
   </si>
   <si>
-    <t>Paris</t>
+    <t>Paris, Berlín</t>
   </si>
   <si>
     <t>Muntadas: Bienal de Curitiba 2020</t>
   </si>
   <si>
     <t>Curitiba</t>
   </si>
   <si>
     <t>L’Espai d’Art Contemporani de Castelló (EACC) acoge una exposición ‘Una voz / una imagen’.</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>ORIENTALISMOS</t>
   </si>
   <si>
     <t>Antoni Muntadas sobre el uso de las palabras y los medios de comunicación en ARCO 2020</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>ARCOmadrid 2020 cierra con éxito de ventas</t>
   </si>