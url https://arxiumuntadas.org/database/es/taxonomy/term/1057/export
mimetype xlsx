--- v0 (2025-10-08)
+++ v1 (2026-02-06)
@@ -50,60 +50,60 @@
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Minima Media, Medienbiennale Leipzig</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Leipzig</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
+    <t>Nam June Paik Award 2010</t>
+  </si>
+  <si>
+    <t>Jurado</t>
+  </si>
+  <si>
     <t>talk talk. Das Interview als Künstlerische Praxis [folleto]</t>
   </si>
   <si>
     <t>Folleto</t>
-  </si>
-[...4 lines deleted...]
-    <t>Jurado</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -496,57 +496,57 @@
         <v>9</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4">
         <v>2010</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>9</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D5">
         <v>2010</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6">
         <v>2010</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">