--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -107,57 +107,57 @@
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Joan Jonas and Antoni Muntadas featured in 13th Shanghai Biennale</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital</t>
   </si>
   <si>
     <t>The Board Room. North Hall, Gallery-Massachusetts, College of Art. Boston [Póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Before Projection: Video Sculpture 1974-1995 [Folleto]</t>
   </si>
   <si>
     <t>Henriette Huldisch</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
+    <t>Muntadas: The Board Room</t>
+  </si>
+  <si>
     <t>The Spot: The Rise of Political Advertising on Television</t>
   </si>
   <si>
     <t>Ensayo</t>
-  </si>
-[...1 lines deleted...]
-    <t>Muntadas: The Board Room</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -720,73 +720,73 @@
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="D15">
-        <v>1992</v>
+        <v>1987</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D16">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>