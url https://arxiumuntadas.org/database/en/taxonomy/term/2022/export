--- v0 (2025-10-08)
+++ v1 (2025-12-04)
@@ -53,51 +53,51 @@
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>De que é feita uma coleção? Corpo e matéria</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Coimbra</t>
   </si>
   <si>
     <t>David Santos</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>José Maçãs de Carvalho</t>
   </si>
   <si>
-    <t>Coleção de Arte Contemporânea do Estado [Portugal]</t>
+    <t>Coleção de Arte Contemporânea do Estado (Portugal)</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Centro de Arte Contemporânea de Coimbra</t>
   </si>
   <si>
     <t>De que é feita uma coleção? Fluxo e metamorfose</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>