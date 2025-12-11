--- v0 (2025-10-09)
+++ v1 (2025-12-11)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
-    <t>Political Advertisement 1952-2024</t>
+    <t>Political Advertisement XI 1952-2024</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Political Advertisements (1956-1984) [Insert]</t>
   </si>
   <si>
     <t>Political Advertisement III 1952-1992</t>
   </si>
   <si>
     <t>Political Advertisement VIII 1952-2012</t>
   </si>
   <si>
     <t>Political Advertisement IX 1952-2016</t>
   </si>
   <si>
     <t>Political Advertisement VI 1952-2004</t>
   </si>
   <si>
     <t>Political Advertisement VII 1952-2008</t>
   </si>