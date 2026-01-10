--- v0 (2025-10-09)
+++ v1 (2026-01-10)
@@ -95,63 +95,63 @@
   <si>
     <t>Par I</t>
   </si>
   <si>
     <t>Kvinna</t>
   </si>
   <si>
     <t>Figura + Montaña</t>
   </si>
   <si>
     <t>Story</t>
   </si>
   <si>
     <t>Couple</t>
   </si>
   <si>
     <t>Size 351</t>
   </si>
   <si>
     <t>Size 247</t>
   </si>
   <si>
     <t>Comic-Story</t>
   </si>
   <si>
+    <t>Información</t>
+  </si>
+  <si>
     <t>Homenaje a Monica Vitti</t>
   </si>
   <si>
     <t>A + B</t>
   </si>
   <si>
     <t>Incomunicación</t>
   </si>
   <si>
     <t>Contaminación</t>
-  </si>
-[...1 lines deleted...]
-    <t>Información</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -761,71 +761,71 @@
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>26</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18"/>
       <c r="D18">
         <v>1971</v>
       </c>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>27</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19"/>
       <c r="D19">
-        <v>1964</v>
+        <v>1971</v>
       </c>
       <c r="E19"/>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>28</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20"/>
       <c r="D20">
-        <v>1971</v>
+        <v>1964</v>
       </c>
       <c r="E20"/>
-      <c r="F20"/>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>29</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21"/>
       <c r="D21">
         <v>1971</v>
       </c>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>30</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22"/>