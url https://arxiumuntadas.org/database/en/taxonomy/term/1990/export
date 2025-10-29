--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -179,153 +179,153 @@
   <si>
     <t>Escalera táctil</t>
   </si>
   <si>
     <t>About 405 East 13th Street</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Escrits per a la pell vident</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>JEAN DUPUY à la bonne heure!</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>
   <si>
     <t>Niza</t>
   </si>
   <si>
+    <t>Reconeixement d'un espai</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>About 405 East 13 Street</t>
+  </si>
+  <si>
+    <t>Experiencia 3</t>
+  </si>
+  <si>
+    <t>Umformung eines Raumes</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
+    <t>Tactile Box</t>
+  </si>
+  <si>
+    <t>Columna de Materiales</t>
+  </si>
+  <si>
+    <t>Reconocimiento de un cuerpo</t>
+  </si>
+  <si>
+    <t>Nueva York (NY), Barcelona</t>
+  </si>
+  <si>
+    <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
+  </si>
+  <si>
+    <t>Cámara Subsensorial</t>
+  </si>
+  <si>
+    <t>Experiencia Parcel Post</t>
+  </si>
+  <si>
+    <t>Nottingham</t>
+  </si>
+  <si>
+    <t>Proyecto: 4 elementos</t>
+  </si>
+  <si>
+    <t>Experiencia 4</t>
+  </si>
+  <si>
+    <t>Propuesta Mori's Form</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>Proyecto. Colegio Arquitectos</t>
+  </si>
+  <si>
+    <t>Experiencia 5 (Comunicación táctil)</t>
+  </si>
+  <si>
+    <t>Arts Awareness II</t>
+  </si>
+  <si>
+    <t>Manipulables</t>
+  </si>
+  <si>
+    <t>Poema táctil</t>
+  </si>
+  <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
+    <t>Piano Táctil</t>
+  </si>
+  <si>
+    <t>Estructura táctil móvil</t>
+  </si>
+  <si>
     <t>Los Subsentidos</t>
   </si>
   <si>
     <t>Experiencia 1 A</t>
   </si>
   <si>
-    <t>Vilanova de la Roca</t>
-[...1 lines deleted...]
-  <si>
     <t>Sensorial Way</t>
   </si>
   <si>
     <t>Presión</t>
   </si>
   <si>
     <t>Experiencia 1 B</t>
   </si>
   <si>
     <t>Escala subsensorial</t>
   </si>
   <si>
     <t>Acciones Subsensoriales 1</t>
   </si>
   <si>
     <t>Experiencia 2</t>
-  </si>
-[...76 lines deleted...]
-    <t>Estructura táctil móvil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1170,550 +1170,550 @@
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>53</v>
       </c>
       <c r="D29">
         <v>2008</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>54</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>55</v>
       </c>
       <c r="B30" t="s">
         <v>36</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B31" t="s">
         <v>36</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>58</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>59</v>
       </c>
       <c r="B33" t="s">
         <v>36</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B34" t="s">
         <v>36</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B35" t="s">
         <v>36</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B37" t="s">
         <v>36</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1971</v>
       </c>
-      <c r="E37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E37">
+        <v>2011</v>
+      </c>
+      <c r="F37"/>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B38" t="s">
         <v>36</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B39" t="s">
         <v>36</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B40" t="s">
         <v>36</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B41" t="s">
         <v>36</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B42" t="s">
         <v>36</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B43" t="s">
         <v>36</v>
       </c>
       <c r="C43"/>
       <c r="D43">
         <v>1971</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="B44" t="s">
         <v>36</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B45" t="s">
         <v>36</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F45"/>
+        <v>1972</v>
+      </c>
+      <c r="E45"/>
+      <c r="F45" t="s">
+        <v>18</v>
+      </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B46" t="s">
         <v>36</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>77</v>
       </c>
       <c r="B48" t="s">
         <v>36</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>78</v>
       </c>
       <c r="B49" t="s">
         <v>36</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E49"/>
+        <v>1973</v>
+      </c>
+      <c r="E49">
+        <v>1974</v>
+      </c>
       <c r="F49" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B50" t="s">
         <v>36</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>81</v>
       </c>
       <c r="B51" t="s">
         <v>36</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>18</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>16</v>
+        <v>82</v>
       </c>
       <c r="B52" t="s">
         <v>36</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B53" t="s">
         <v>36</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B54" t="s">
         <v>36</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>24</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B55" t="s">
         <v>36</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B56" t="s">
         <v>36</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B57" t="s">
         <v>36</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E57"/>
       <c r="F57" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>88</v>
       </c>
       <c r="B58" t="s">
         <v>36</v>
       </c>
       <c r="C58"/>
       <c r="D58">
         <v>1971</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>89</v>
       </c>
       <c r="B59" t="s">
         <v>36</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G59"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>