--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -179,56 +179,86 @@
   <si>
     <t>Escalera táctil</t>
   </si>
   <si>
     <t>About 405 East 13th Street</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Escrits per a la pell vident</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>JEAN DUPUY à la bonne heure!</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>
   <si>
     <t>Niza</t>
   </si>
   <si>
+    <t>Piano Táctil</t>
+  </si>
+  <si>
+    <t>Estructura táctil móvil</t>
+  </si>
+  <si>
+    <t>Los Subsentidos</t>
+  </si>
+  <si>
+    <t>Experiencia 1 A</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Sensorial Way</t>
+  </si>
+  <si>
+    <t>Presión</t>
+  </si>
+  <si>
+    <t>Experiencia 1 B</t>
+  </si>
+  <si>
+    <t>Escala subsensorial</t>
+  </si>
+  <si>
+    <t>Acciones Subsensoriales 1</t>
+  </si>
+  <si>
+    <t>Experiencia 2</t>
+  </si>
+  <si>
     <t>Reconeixement d'un espai</t>
   </si>
   <si>
-    <t>Vilanova de la Roca</t>
-[...1 lines deleted...]
-  <si>
     <t>About 405 East 13 Street</t>
   </si>
   <si>
     <t>Experiencia 3</t>
   </si>
   <si>
     <t>Umformung eines Raumes</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Tactile Box</t>
   </si>
   <si>
     <t>Columna de Materiales</t>
   </si>
   <si>
     <t>Reconocimiento de un cuerpo</t>
   </si>
   <si>
     <t>Nueva York (NY), Barcelona</t>
   </si>
   <si>
     <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
@@ -252,80 +282,50 @@
     <t>Propuesta Mori's Form</t>
   </si>
   <si>
     <t>Los Angeles (CA)</t>
   </si>
   <si>
     <t>Proyecto. Colegio Arquitectos</t>
   </si>
   <si>
     <t>Experiencia 5 (Comunicación táctil)</t>
   </si>
   <si>
     <t>Arts Awareness II</t>
   </si>
   <si>
     <t>Manipulables</t>
   </si>
   <si>
     <t>Poema táctil</t>
   </si>
   <si>
     <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
   </si>
   <si>
     <t>Ciudad de México, Prada de Conflent / Prades</t>
-  </si>
-[...28 lines deleted...]
-    <t>Experiencia 2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1170,550 +1170,550 @@
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>53</v>
       </c>
       <c r="D29">
         <v>2008</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>54</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>55</v>
       </c>
       <c r="B30" t="s">
         <v>36</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B31" t="s">
         <v>36</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32"/>
       <c r="D32">
         <v>1971</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B33" t="s">
         <v>36</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B34" t="s">
         <v>36</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>24</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>36</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B37" t="s">
         <v>36</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F37"/>
+        <v>1972</v>
+      </c>
+      <c r="E37"/>
+      <c r="F37" t="s">
+        <v>24</v>
+      </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B38" t="s">
         <v>36</v>
       </c>
       <c r="C38"/>
       <c r="D38">
         <v>1971</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B39" t="s">
         <v>36</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B40" t="s">
         <v>36</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B41" t="s">
         <v>36</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B42" t="s">
         <v>36</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B43" t="s">
         <v>36</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>18</v>
+        <v>70</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="B44" t="s">
         <v>36</v>
       </c>
       <c r="C44"/>
       <c r="D44">
         <v>1973</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B45" t="s">
         <v>36</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B46" t="s">
         <v>36</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47"/>
       <c r="D47">
         <v>1971</v>
       </c>
-      <c r="E47"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E47">
+        <v>2011</v>
+      </c>
+      <c r="F47"/>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B48" t="s">
         <v>36</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B49" t="s">
         <v>36</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E49"/>
       <c r="F49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B50" t="s">
         <v>36</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B51" t="s">
         <v>36</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>18</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B52" t="s">
         <v>36</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>83</v>
       </c>
       <c r="B53" t="s">
         <v>36</v>
       </c>
       <c r="C53"/>
       <c r="D53">
         <v>1971</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="B54" t="s">
         <v>36</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B55" t="s">
         <v>36</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B56" t="s">
         <v>36</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>36</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B58" t="s">
         <v>36</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>36</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E59"/>
+        <v>1973</v>
+      </c>
+      <c r="E59">
+        <v>1974</v>
+      </c>
       <c r="F59" t="s">
-        <v>56</v>
+        <v>89</v>
       </c>
       <c r="G59"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>