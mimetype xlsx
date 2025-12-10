--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -179,153 +179,153 @@
   <si>
     <t>Escalera táctil</t>
   </si>
   <si>
     <t>About 405 East 13th Street</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Escrits per a la pell vident</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>JEAN DUPUY à la bonne heure!</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>
   <si>
     <t>Niza</t>
   </si>
   <si>
+    <t>Acciones Subsensoriales 1</t>
+  </si>
+  <si>
+    <t>Experiencia 2</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Reconeixement d'un espai</t>
+  </si>
+  <si>
+    <t>About 405 East 13 Street</t>
+  </si>
+  <si>
+    <t>Experiencia 3</t>
+  </si>
+  <si>
+    <t>Umformung eines Raumes</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
+    <t>Tactile Box</t>
+  </si>
+  <si>
+    <t>Columna de Materiales</t>
+  </si>
+  <si>
+    <t>Reconocimiento de un cuerpo</t>
+  </si>
+  <si>
+    <t>Nueva York (NY), Barcelona</t>
+  </si>
+  <si>
+    <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
+  </si>
+  <si>
+    <t>Cámara Subsensorial</t>
+  </si>
+  <si>
+    <t>Experiencia Parcel Post</t>
+  </si>
+  <si>
+    <t>Nottingham</t>
+  </si>
+  <si>
+    <t>Proyecto: 4 elementos</t>
+  </si>
+  <si>
+    <t>Experiencia 4</t>
+  </si>
+  <si>
+    <t>Propuesta Mori's Form</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>Proyecto. Colegio Arquitectos</t>
+  </si>
+  <si>
+    <t>Experiencia 5 (Comunicación táctil)</t>
+  </si>
+  <si>
+    <t>Arts Awareness II</t>
+  </si>
+  <si>
+    <t>Manipulables</t>
+  </si>
+  <si>
+    <t>Poema táctil</t>
+  </si>
+  <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
     <t>Piano Táctil</t>
   </si>
   <si>
     <t>Estructura táctil móvil</t>
   </si>
   <si>
     <t>Los Subsentidos</t>
   </si>
   <si>
     <t>Experiencia 1 A</t>
   </si>
   <si>
-    <t>Vilanova de la Roca</t>
-[...1 lines deleted...]
-  <si>
     <t>Sensorial Way</t>
   </si>
   <si>
     <t>Presión</t>
   </si>
   <si>
     <t>Experiencia 1 B</t>
   </si>
   <si>
     <t>Escala subsensorial</t>
-  </si>
-[...76 lines deleted...]
-    <t>Ciudad de México, Prada de Conflent / Prades</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1174,546 +1174,546 @@
       <c r="C29" t="s">
         <v>53</v>
       </c>
       <c r="D29">
         <v>2008</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>54</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>55</v>
       </c>
       <c r="B30" t="s">
         <v>36</v>
       </c>
       <c r="C30"/>
       <c r="D30">
         <v>1971</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>56</v>
       </c>
       <c r="B31" t="s">
         <v>36</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B33" t="s">
         <v>36</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>60</v>
       </c>
       <c r="B34" t="s">
         <v>36</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>36</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B37" t="s">
         <v>36</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B38" t="s">
         <v>36</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B39" t="s">
         <v>36</v>
       </c>
       <c r="C39"/>
       <c r="D39">
         <v>1971</v>
       </c>
-      <c r="E39"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E39">
+        <v>2011</v>
+      </c>
+      <c r="F39"/>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B40" t="s">
         <v>36</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B41" t="s">
         <v>36</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B42" t="s">
         <v>36</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B43" t="s">
         <v>36</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B44" t="s">
         <v>36</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B45" t="s">
         <v>36</v>
       </c>
       <c r="C45"/>
       <c r="D45">
         <v>1971</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="B46" t="s">
         <v>36</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>74</v>
+        <v>40</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F47"/>
+        <v>1972</v>
+      </c>
+      <c r="E47"/>
+      <c r="F47" t="s">
+        <v>18</v>
+      </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B48" t="s">
         <v>36</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B49" t="s">
         <v>36</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>79</v>
       </c>
       <c r="B50" t="s">
         <v>36</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>80</v>
       </c>
       <c r="B51" t="s">
         <v>36</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E51"/>
+        <v>1973</v>
+      </c>
+      <c r="E51">
+        <v>1974</v>
+      </c>
       <c r="F51" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B52" t="s">
         <v>36</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>83</v>
       </c>
       <c r="B53" t="s">
         <v>36</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>18</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="B54" t="s">
         <v>36</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B55" t="s">
         <v>36</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B56" t="s">
         <v>36</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>24</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B57" t="s">
         <v>36</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B58" t="s">
         <v>36</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B59" t="s">
         <v>36</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E59"/>
       <c r="F59" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="G59"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>