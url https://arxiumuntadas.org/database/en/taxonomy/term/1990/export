--- v3 (2025-12-10)
+++ v4 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Subsentidos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>artes</t>
   </si>
   <si>
@@ -179,153 +179,156 @@
   <si>
     <t>Escalera táctil</t>
   </si>
   <si>
     <t>About 405 East 13th Street</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Escrits per a la pell vident</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>JEAN DUPUY à la bonne heure!</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>
   <si>
     <t>Niza</t>
   </si>
   <si>
+    <t>Experiencia 5 (Comunicación táctil)</t>
+  </si>
+  <si>
+    <t>Arts Awareness II</t>
+  </si>
+  <si>
+    <t>Manipulables</t>
+  </si>
+  <si>
+    <t>Poema táctil</t>
+  </si>
+  <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
+    <t>Piano Táctil</t>
+  </si>
+  <si>
+    <t>Estructura táctil móvil</t>
+  </si>
+  <si>
+    <t>Los Subsentidos</t>
+  </si>
+  <si>
+    <t>Experiencia 1 A</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Sensorial Way</t>
+  </si>
+  <si>
+    <t>Presión</t>
+  </si>
+  <si>
+    <t>Experiencia 1 B</t>
+  </si>
+  <si>
+    <t>Escala subsensorial</t>
+  </si>
+  <si>
     <t>Acciones Subsensoriales 1</t>
   </si>
   <si>
     <t>Experiencia 2</t>
   </si>
   <si>
-    <t>Vilanova de la Roca</t>
-[...1 lines deleted...]
-  <si>
     <t>Reconeixement d'un espai</t>
   </si>
   <si>
+    <t>2 Pulsos / 2 Latidos</t>
+  </si>
+  <si>
+    <t>Experiencia 3</t>
+  </si>
+  <si>
+    <t>Umformung eines Raumes</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
     <t>About 405 East 13 Street</t>
   </si>
   <si>
-    <t>Experiencia 3</t>
-[...5 lines deleted...]
-    <t>Kassel</t>
+    <t>Columna de Materiales</t>
+  </si>
+  <si>
+    <t>Reconocimiento de un cuerpo</t>
+  </si>
+  <si>
+    <t>Nueva York (NY), Barcelona</t>
   </si>
   <si>
     <t>Tactile Box</t>
   </si>
   <si>
-    <t>Columna de Materiales</t>
-[...5 lines deleted...]
-    <t>Nueva York (NY), Barcelona</t>
+    <t>Cámara Subsensorial</t>
+  </si>
+  <si>
+    <t>Experiencia Parcel Post</t>
+  </si>
+  <si>
+    <t>Nottingham</t>
   </si>
   <si>
     <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
   </si>
   <si>
-    <t>Cámara Subsensorial</t>
-[...5 lines deleted...]
-    <t>Nottingham</t>
+    <t>Experiencia 4</t>
+  </si>
+  <si>
+    <t>Propuesta Mori's Form</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
   </si>
   <si>
     <t>Proyecto: 4 elementos</t>
   </si>
   <si>
-    <t>Experiencia 4</t>
-[...7 lines deleted...]
-  <si>
     <t>Proyecto. Colegio Arquitectos</t>
-  </si>
-[...40 lines deleted...]
-    <t>Escala subsensorial</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -625,51 +628,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G59"/>
+  <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1170,552 +1173,569 @@
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>53</v>
       </c>
       <c r="D29">
         <v>2008</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>54</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>55</v>
       </c>
       <c r="B30" t="s">
         <v>36</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>56</v>
       </c>
       <c r="B31" t="s">
         <v>36</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B33" t="s">
         <v>36</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B34" t="s">
         <v>36</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E34"/>
+        <v>1973</v>
+      </c>
+      <c r="E34">
+        <v>1974</v>
+      </c>
       <c r="F34" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>36</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B37" t="s">
         <v>36</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1971</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B38" t="s">
         <v>36</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>36</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F39"/>
+        <v>1972</v>
+      </c>
+      <c r="E39"/>
+      <c r="F39" t="s">
+        <v>24</v>
+      </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B40" t="s">
         <v>36</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B41" t="s">
         <v>36</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B42" t="s">
         <v>36</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B43" t="s">
         <v>36</v>
       </c>
       <c r="C43"/>
       <c r="D43">
         <v>1971</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B44" t="s">
         <v>36</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B45" t="s">
         <v>36</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="B46" t="s">
         <v>36</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B48" t="s">
         <v>36</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B49" t="s">
         <v>36</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B50" t="s">
         <v>36</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B51" t="s">
         <v>36</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E51"/>
       <c r="F51" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B52" t="s">
         <v>36</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B53" t="s">
         <v>36</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B54" t="s">
         <v>36</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>85</v>
       </c>
       <c r="B55" t="s">
         <v>36</v>
       </c>
       <c r="C55"/>
       <c r="D55">
         <v>1971</v>
       </c>
-      <c r="E55"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E55">
+        <v>2011</v>
+      </c>
+      <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>86</v>
       </c>
       <c r="B56" t="s">
         <v>36</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>87</v>
       </c>
       <c r="B57" t="s">
         <v>36</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>24</v>
+        <v>88</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B58" t="s">
         <v>36</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B59" t="s">
         <v>36</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G59"/>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" t="s">
+        <v>16</v>
+      </c>
+      <c r="B60" t="s">
+        <v>36</v>
+      </c>
+      <c r="C60"/>
+      <c r="D60">
+        <v>1973</v>
+      </c>
+      <c r="E60"/>
+      <c r="F60" t="s">
+        <v>40</v>
+      </c>
+      <c r="G60"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">