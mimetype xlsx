--- v0 (2025-10-08)
+++ v1 (2026-01-09)
@@ -41,51 +41,51 @@
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>POLITICAL ADVERTISEMENT VIII 1952-2008. Film Screening. Los Angeles Halle/Saale New York Stuttgart Porto [Póster]</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
-    <t>Poster Exposición Individual, Otros materiales de difusión</t>
+    <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>Los Angeles (CA), Nueva York (NY), Halle/Saale, Stuttgart, Porto / Oporto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>