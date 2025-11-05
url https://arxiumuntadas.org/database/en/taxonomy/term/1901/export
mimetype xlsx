--- v0 (2025-10-08)
+++ v1 (2025-11-05)
@@ -131,141 +131,141 @@
   <si>
     <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ [FLYER]</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
     <t>Mauri I Muntadas [Flyer]</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>A Comme Altération</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
+    <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
+    <t>Muntadas, Pamplona-Grazalema, 1975-1980</t>
+  </si>
+  <si>
+    <t>Public Space? Lost and Found</t>
+  </si>
+  <si>
+    <t>Flyer, Invitación</t>
+  </si>
+  <si>
+    <t>ACT Studio. Final Review Spring 2011. May 18, 2011. 9:00 AM – 5:00 PM</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Connect Dis-con-nect. 5 giorni – 5 ospiti</t>
+  </si>
+  <si>
+    <t>Roma</t>
+  </si>
+  <si>
+    <t>What is a computer?</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>I Martedi Critici. Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>The End(s- of the Museum</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
+  </si>
+  <si>
+    <t>Ulaanbaatar</t>
+  </si>
+  <si>
+    <t>LE PONT. Voyage entre aventure et mémoire / A journey between adventure and memory</t>
+  </si>
+  <si>
+    <t>Flyer, Hoja de sala</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
     <t>Espais protegits/espais públics, en: Art públic, universitat pública. VI Mostra d’art públic per a joves creadors [Publicación]</t>
   </si>
   <si>
     <t>Conferencia, Flyer</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>A Republic of Art. French Regional Collections of Contemporary Art</t>
   </si>
   <si>
     <t>Eindhoven</t>
   </si>
   <si>
     <t>Espacios protegidos | espacios públicos</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
     <t>Enésima Intempestiva</t>
   </si>
   <si>
     <t>Muntadas. Entre/Between</t>
   </si>
   <si>
     <t>Political Advertisement IX 1952-2016</t>
   </si>
   <si>
     <t>La Metodología del Proyecto : Caso de estudio: El museo imaginario</t>
   </si>
   <si>
-    <t>Flyer, Taller</t>
-[...1 lines deleted...]
-  <si>
     <t>Political Advertisement IX: 1952-2016</t>
   </si>
   <si>
     <t>Silver Spring (MD)</t>
-  </si>
-[...49 lines deleted...]
-    <t>Marsella</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -912,374 +912,374 @@
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17">
         <v>2014</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18">
-        <v>2003</v>
+        <v>1974</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D20">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D21">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>38</v>
       </c>
       <c r="D22">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23">
-        <v>2016</v>
+        <v>1974</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="D24">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25">
-        <v>2016</v>
+        <v>1995</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="D26">
-        <v>1974</v>
+        <v>2016</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="D27">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D28">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="D29">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="D30">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>9</v>
       </c>
       <c r="D31">
-        <v>1974</v>
+        <v>2016</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>38</v>
       </c>
       <c r="D32">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>9</v>
       </c>
       <c r="D33">
-        <v>1995</v>
+        <v>2016</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D34">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>68</v>
+        <v>9</v>
       </c>
       <c r="D35">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>69</v>
       </c>
       <c r="G35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>