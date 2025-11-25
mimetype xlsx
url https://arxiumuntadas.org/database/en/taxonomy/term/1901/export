--- v1 (2025-11-05)
+++ v2 (2025-11-25)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
-    <t>Muntadas. La construcció de la por.</t>
+    <t>Muntadas. La construcció de la por</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>haute CULTURE II by Muntadas (part II)</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Articulare. A show of works</t>
   </si>
   <si>
     <t>Massachusetts (MA)</t>
   </si>
   <si>
     <t>Muntadas, haute CULTURE Part II</t>
   </si>