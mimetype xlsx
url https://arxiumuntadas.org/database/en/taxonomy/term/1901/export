--- v2 (2025-11-25)
+++ v3 (2025-12-17)
@@ -131,141 +131,141 @@
   <si>
     <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ [FLYER]</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
     <t>Mauri I Muntadas [Flyer]</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>A Comme Altération</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
+    <t>ACT Studio. Final Review Spring 2011. May 18, 2011. 9:00 AM – 5:00 PM</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Connect Dis-con-nect. 5 giorni – 5 ospiti</t>
+  </si>
+  <si>
+    <t>Roma</t>
+  </si>
+  <si>
+    <t>What is a computer?</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>I Martedi Critici. Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>The End(s- of the Museum</t>
+  </si>
+  <si>
+    <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
+  </si>
+  <si>
+    <t>Ulaanbaatar</t>
+  </si>
+  <si>
+    <t>LE PONT. Voyage entre aventure et mémoire / A journey between adventure and memory</t>
+  </si>
+  <si>
+    <t>Flyer, Hoja de sala</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
+    <t>Espais protegits/espais públics, en: Art públic, universitat pública. VI Mostra d’art públic per a joves creadors [Publicación]</t>
+  </si>
+  <si>
+    <t>Conferencia, Flyer</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>A Republic of Art. French Regional Collections of Contemporary Art</t>
+  </si>
+  <si>
+    <t>Eindhoven</t>
+  </si>
+  <si>
+    <t>Espacios protegidos | espacios públicos</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Enésima Intempestiva</t>
+  </si>
+  <si>
+    <t>Muntadas. Entre/Between</t>
+  </si>
+  <si>
+    <t>Political Advertisement IX 1952-2016</t>
+  </si>
+  <si>
+    <t>La Metodología del Proyecto : Caso de estudio: El museo imaginario</t>
+  </si>
+  <si>
+    <t>Political Advertisement IX: 1952-2016</t>
+  </si>
+  <si>
+    <t>Silver Spring (MD)</t>
+  </si>
+  <si>
     <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
   </si>
   <si>
-    <t>Flyer, Taller</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas, Pamplona-Grazalema, 1975-1980</t>
   </si>
   <si>
     <t>Public Space? Lost and Found</t>
   </si>
   <si>
     <t>Flyer, Invitación</t>
-  </si>
-[...76 lines deleted...]
-    <t>Silver Spring (MD)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -912,378 +912,378 @@
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17">
         <v>2014</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18">
-        <v>1974</v>
+        <v>2011</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="D19">
         <v>2017</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="D20">
-        <v>2017</v>
+        <v>1974</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D21">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D22">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="D23">
-        <v>1974</v>
+        <v>2016</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>49</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="D24">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D25">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D26">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
         <v>54</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="D28">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="D29">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="D30">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D31">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D32">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D33">
-        <v>2016</v>
+        <v>1974</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="D34">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>68</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
       <c r="D35">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="G35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>