--- v3 (2025-12-17)
+++ v4 (2026-01-06)
@@ -131,56 +131,83 @@
   <si>
     <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ [FLYER]</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
     <t>Mauri I Muntadas [Flyer]</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>A Comme Altération</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
+    <t>Muntadas. Entre/Between</t>
+  </si>
+  <si>
+    <t>Political Advertisement IX 1952-2016</t>
+  </si>
+  <si>
+    <t>La Metodología del Proyecto : Caso de estudio: El museo imaginario</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
+    <t>Political Advertisement IX: 1952-2016</t>
+  </si>
+  <si>
+    <t>Silver Spring (MD)</t>
+  </si>
+  <si>
+    <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
+  </si>
+  <si>
+    <t>Muntadas, Pamplona-Grazalema, 1975-1980</t>
+  </si>
+  <si>
+    <t>Public Space? Lost and Found</t>
+  </si>
+  <si>
+    <t>Flyer, Invitación</t>
+  </si>
+  <si>
     <t>ACT Studio. Final Review Spring 2011. May 18, 2011. 9:00 AM – 5:00 PM</t>
   </si>
   <si>
-    <t>Flyer, Taller</t>
-[...1 lines deleted...]
-  <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>Connect Dis-con-nect. 5 giorni – 5 ospiti</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>What is a computer?</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
   </si>
   <si>
     <t>I Martedi Critici. Antoni Muntadas</t>
   </si>
   <si>
     <t>The End(s- of the Museum</t>
   </si>
   <si>
     <t>Project Method-ology. Talk &amp; Presentation by ANTONI MUNTADAS [Flyer]</t>
   </si>
   <si>
     <t>Ulaanbaatar</t>
@@ -195,77 +222,50 @@
     <t>Marsella</t>
   </si>
   <si>
     <t>Espais protegits/espais públics, en: Art públic, universitat pública. VI Mostra d’art públic per a joves creadors [Publicación]</t>
   </si>
   <si>
     <t>Conferencia, Flyer</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>A Republic of Art. French Regional Collections of Contemporary Art</t>
   </si>
   <si>
     <t>Eindhoven</t>
   </si>
   <si>
     <t>Espacios protegidos | espacios públicos</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
     <t>Enésima Intempestiva</t>
-  </si>
-[...25 lines deleted...]
-    <t>Flyer, Invitación</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -909,381 +909,381 @@
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17">
         <v>2014</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D18">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D19">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D20">
-        <v>1974</v>
+        <v>2012</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D21">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D22">
-        <v>1995</v>
+        <v>1974</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D23">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D24">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="D25">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="D26">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="D27">
-        <v>2002</v>
+        <v>1974</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="D28">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D29">
-        <v>2014</v>
+        <v>1995</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="D30">
         <v>2016</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="D31">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>9</v>
+        <v>63</v>
       </c>
       <c r="D32">
-        <v>2016</v>
+        <v>2003</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="D33">
-        <v>1974</v>
+        <v>2015</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>9</v>
+        <v>63</v>
       </c>
       <c r="D34">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
       <c r="D35">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="G35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>