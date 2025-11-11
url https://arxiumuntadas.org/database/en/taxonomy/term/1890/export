--- v0 (2025-10-08)
+++ v1 (2025-11-11)
@@ -158,81 +158,81 @@
   <si>
     <t>Political Advertisement VI 1952-2004</t>
   </si>
   <si>
     <t>Political Advertisement VII 1952-2008</t>
   </si>
   <si>
     <t>Political Advertisement II 1952-1988</t>
   </si>
   <si>
     <t>Political Advertisement I 1952-1984</t>
   </si>
   <si>
     <t>Political Advertisement IV 1952-1996</t>
   </si>
   <si>
     <t>Political Advertisement X 1952-2020</t>
   </si>
   <si>
     <t>Castellón de la Plana</t>
   </si>
   <si>
     <t>7 portadas</t>
   </si>
   <si>
+    <t>TV/FEB 27/1 PM</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Portraits</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
+    <t>Acción TV</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>On Translation: El Aplauso</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
     <t>Polución Audiovisual</t>
   </si>
   <si>
     <t>Pamplona</t>
-  </si>
-[...25 lines deleted...]
-    <t>Bogota</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -990,138 +990,138 @@
       </c>
       <c r="B24" t="s">
         <v>28</v>
       </c>
       <c r="C24"/>
       <c r="D24">
         <v>1973</v>
       </c>
       <c r="E24">
         <v>1974</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>48</v>
       </c>
       <c r="B25" t="s">
         <v>28</v>
       </c>
       <c r="C25"/>
       <c r="D25">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>28</v>
       </c>
       <c r="C26"/>
       <c r="D26">
-        <v>1974</v>
-[...1 lines deleted...]
-      <c r="E26"/>
+        <v>1975</v>
+      </c>
+      <c r="E26">
+        <v>1976</v>
+      </c>
       <c r="F26" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>28</v>
       </c>
       <c r="C27"/>
       <c r="D27">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1995</v>
+      </c>
+      <c r="E27"/>
       <c r="F27" t="s">
         <v>52</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>1995</v>
+        <v>1972</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>54</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>55</v>
       </c>
       <c r="B29" t="s">
         <v>28</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1972</v>
+        <v>1999</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>56</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>57</v>
       </c>
       <c r="B30" t="s">
         <v>28</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1999</v>
+        <v>1972</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>58</v>
       </c>
       <c r="G30"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>