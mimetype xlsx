--- v1 (2025-11-11)
+++ v2 (2025-12-04)
@@ -158,81 +158,81 @@
   <si>
     <t>Political Advertisement VI 1952-2004</t>
   </si>
   <si>
     <t>Political Advertisement VII 1952-2008</t>
   </si>
   <si>
     <t>Political Advertisement II 1952-1988</t>
   </si>
   <si>
     <t>Political Advertisement I 1952-1984</t>
   </si>
   <si>
     <t>Political Advertisement IV 1952-1996</t>
   </si>
   <si>
     <t>Political Advertisement X 1952-2020</t>
   </si>
   <si>
     <t>Castellón de la Plana</t>
   </si>
   <si>
     <t>7 portadas</t>
   </si>
   <si>
+    <t>On Translation: El Aplauso</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
+    <t>Polución Audiovisual</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
     <t>TV/FEB 27/1 PM</t>
   </si>
   <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>Portraits</t>
   </si>
   <si>
     <t>San Sebastián</t>
   </si>
   <si>
     <t>Acción TV</t>
   </si>
   <si>
     <t>Vilanova de la Roca</t>
-  </si>
-[...10 lines deleted...]
-    <t>Pamplona</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -990,121 +990,121 @@
       </c>
       <c r="B24" t="s">
         <v>28</v>
       </c>
       <c r="C24"/>
       <c r="D24">
         <v>1973</v>
       </c>
       <c r="E24">
         <v>1974</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>48</v>
       </c>
       <c r="B25" t="s">
         <v>28</v>
       </c>
       <c r="C25"/>
       <c r="D25">
-        <v>1974</v>
+        <v>1999</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B26" t="s">
         <v>28</v>
       </c>
       <c r="C26"/>
       <c r="D26">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E26"/>
       <c r="F26" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B27" t="s">
         <v>28</v>
       </c>
       <c r="C27"/>
       <c r="D27">
-        <v>1995</v>
+        <v>1974</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E28"/>
+        <v>1975</v>
+      </c>
+      <c r="E28">
+        <v>1976</v>
+      </c>
       <c r="F28" t="s">
         <v>54</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>55</v>
       </c>
       <c r="B29" t="s">
         <v>28</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>56</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>57</v>
       </c>
       <c r="B30" t="s">
         <v>28</v>
       </c>
       <c r="C30"/>
       <c r="D30">
         <v>1972</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>58</v>
       </c>
       <c r="G30"/>
     </row>
   </sheetData>